--- v0 (2025-10-18)
+++ v1 (2026-03-17)
@@ -12,133 +12,133 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\PRIVACY\EU Digital Services Act\ZENIMAX\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rvault\legal\PRIVACY\EU Digital Services Act\ZENIMAX\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0B2C76F6-A6DF-4109-B1C4-CD97485AD209}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9CC04DD4-68FE-4105-AE24-BFCE1695A647}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="1000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="25695" yWindow="0" windowWidth="26010" windowHeight="20985" tabRatio="1000" firstSheet="1" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1_report_identification" sheetId="30" r:id="rId1"/>
     <sheet name="2_categories_names" sheetId="38" r:id="rId2"/>
     <sheet name="3_member_states_orders" sheetId="24" r:id="rId3"/>
     <sheet name="4_notices" sheetId="41" r:id="rId4"/>
     <sheet name="5_own_initiative_illegal" sheetId="46" r:id="rId5"/>
     <sheet name="6_own_initiative_TC" sheetId="39" r:id="rId6"/>
     <sheet name="7_appeals_and_recidivism" sheetId="34" r:id="rId7"/>
     <sheet name="8_automated_means" sheetId="40" r:id="rId8"/>
     <sheet name="9_human_resources" sheetId="44" r:id="rId9"/>
     <sheet name="10_AMAR" sheetId="45" r:id="rId10"/>
     <sheet name="11_qualitative" sheetId="43" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2_categories_names'!$A$1:$C$91</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'3_member_states_orders'!$A$1:$M$135</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'4_notices'!$A$1:$M$84</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'5_own_initiative_illegal'!$A$1:$E$84</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'6_own_initiative_TC'!$A$1:$E$84</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'8_automated_means'!$A$1:$K$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'6_own_initiative_TC'!$A$1:$AK$99</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2869" uniqueCount="431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3159" uniqueCount="440">
   <si>
     <t>Applicability</t>
   </si>
   <si>
     <t>Service</t>
   </si>
   <si>
     <t>Indicator</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
+    <t>ZeniMax User Accounts</t>
+  </si>
+  <si>
     <t>Name of the service provider</t>
   </si>
   <si>
     <t>Date of the publication of the report</t>
   </si>
   <si>
     <t>Date of the publication of the latest previous report</t>
   </si>
   <si>
-    <t>n/a</t>
-[...1 lines deleted...]
-  <si>
     <t>Starting date of reporting period</t>
   </si>
   <si>
     <t>Ending date of reporting period</t>
   </si>
   <si>
     <t>Category label</t>
   </si>
   <si>
     <t>Category description</t>
   </si>
   <si>
     <t>Category of illegal content / incompatible with the terms and conditions</t>
   </si>
   <si>
     <t>Contextual information</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>All the entries</t>
   </si>
   <si>
     <t>Category 1</t>
@@ -986,51 +986,51 @@
   <si>
     <t>Median time to give effect to the order to provide information</t>
   </si>
   <si>
     <t>Contextual information on number of orders to act against illegal content received</t>
   </si>
   <si>
     <t>Contextual information on number of specific items of information included in the total number of orders to act against illegal content</t>
   </si>
   <si>
     <t>Contextual information on Median time to inform the authority of the receipt of the order to act against illegal content</t>
   </si>
   <si>
     <t>Contextual information on Median time to give effect to the order to act against illegal content</t>
   </si>
   <si>
     <t>Contextual information on Number of orders to provide information</t>
   </si>
   <si>
     <t>Contextual information on Median time to inform the authority of the receipt of the order to provide information</t>
   </si>
   <si>
     <t>Contextual information on Median time to give effect to the order to provide information</t>
   </si>
   <si>
-    <t>2024-02-17/2024-12-31</t>
+    <t>2025-01-01/2025-12-31</t>
   </si>
   <si>
     <t>Text to detail the "Other" keyword.</t>
   </si>
   <si>
     <t>AT, […], SE</t>
   </si>
   <si>
     <t xml:space="preserve">Number of notices received </t>
   </si>
   <si>
     <t>Number of notices received from Trusted flaggers</t>
   </si>
   <si>
     <t>Number of specific items of information included in the total number of notices</t>
   </si>
   <si>
     <t>Number of specific items of information included in the total number of notices by Trusted Flaggers (Trusted Flagger notices)</t>
   </si>
   <si>
     <t>Median time to take action</t>
   </si>
   <si>
     <t>Median time to take action (Trusted Flagger notices)</t>
   </si>
@@ -1310,103 +1310,130 @@
   <si>
     <t xml:space="preserve">Number of total moderators with sufficient linguistic expertise </t>
   </si>
   <si>
     <t>Only for VLOPs and VLOSEs</t>
   </si>
   <si>
     <t>AMAR</t>
   </si>
   <si>
     <t>Number of average monthly active recipients during the reporting period </t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Summary of the content moderation engaged in at the providers’ own initiative</t>
   </si>
   <si>
     <t>ZeniMax employs a comprehensive content moderation strategy to ensure a safe and respectful environment for its users. The moderation practices include both automated detection and manual processes to detect and manage inappropriate content. Account actions could include a warning, a warning with a suspension, a final warning with a suspension, an account deactivation, and, in extreme cases, terminating the customer from ZeniMax’s services.</t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-32</t>
+  </si>
+  <si>
     <t>Meaningful and comprehensible information regarding content moderation engaged in at the providers' own initiative</t>
   </si>
   <si>
     <t xml:space="preserve">Tools, including automated tools that filter and block user-generated content, are employed to detect and take action on content that is illegal or violates ZeniMax’s Terms of Service. ZeniMax notifies users who report content about the actions taken as a result of their reports. Similarly, users whose accounts are subject to action are notified about the reasons for these actions. </t>
+  </si>
+  <si>
+    <t>2025-01-01/2025-12-33</t>
   </si>
   <si>
     <t>Qualitative description of the automated means</t>
   </si>
   <si>
     <t>ZeniMax relies on automated tools that filter and block user-generated content to identify Safety violations, including violations of ZeniMax’s Terms of Service. These tools are essential to ZeniMax’s content moderation strategy, allowing the company to efficiently detect and manage inappropriate content. These technologies enable ZeniMax to maintain a safe and respectful environment for all ZeniMax users by quickly identifying and addressing violations.
 ZeniMax uses a hash-matching technology that enable ZeniMax to identify and remove illegal content, especially images related to child sexual exploitation and abuse. The tool works by creating unique digital fingerprints of known illegal content, so ZeniMax can quickly and accurately identify and remove it from ZeniMax services.
 ZeniMax uses another tool to detect harmful content like hate speech, harassment, and other abusive behavior. This tool uses smart technology to analyze user-generated content, flagging and categorizing potential violations based on set rules. This helps ZeniMax take action against inappropriate content and keep the community safe and respectful.</t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-34</t>
+  </si>
+  <si>
     <t>Qualitative description of indicators of accuracy and possible rate of error of automated means</t>
   </si>
   <si>
     <t>ZeniMax’s automated tools are equipped with built-in validation and verification mechanisms to ensure data integrity and correctness. These mechanisms check for consistency, completeness, and adherence to predefined rules. The tools generate detailed error logs that provide insights into any issues encountered during processing. By analyzing these logs, ZeniMax can identify patterns and common sources of errors. Additionally, ZeniMax uses performance metrics such as appeal rate and overturn rate, along with a robust quality assurance process, to measure the accuracy of automated tools.</t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-35</t>
+  </si>
+  <si>
     <t>Specification of the precise purposes to apply automated means</t>
   </si>
   <si>
     <t>Using the above technologies and other internal automation processes ZeniMax is able to manage large volumes of content efficiently and effectively.</t>
+  </si>
+  <si>
+    <t>2025-01-01/2025-12-36</t>
   </si>
   <si>
     <t>Safeguards applied to the use of automated means</t>
   </si>
   <si>
     <t>ZeniMax has implemented several safeguards to ensure the responsible use of automated tools in the content moderation process. These safeguards are designed to maintain accuracy, fairness, and transparency while protecting the mental and emotional wellbeing of ZeniMax employees.
 ZeniMax uses a combination of automated tools and human reviewers to ensure that content moderation decisions are fair, accurate, and consistent. Automated tools are used to detect and flag potentially harmful content, but final decisions are reviewed by human moderators to ensure context and nuance are considered.
 ZeniMax also provides extensive training to human reviewers on how to use these automated tools effectively. This training includes understanding the rationale behind ZeniMax policies and how to apply them accurately. ZeniMax also offers ongoing coaching and training as legal obligations evolve, new types of harms emerge, or policies change.</t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-37</t>
+  </si>
+  <si>
     <t>High-level description of the content moderation governance structure</t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-38</t>
+  </si>
+  <si>
     <t>Qualifications of the human resources dedicated to content moderation</t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-39</t>
+  </si>
+  <si>
     <t>Training given to human resources dedicated to content moderation</t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-40</t>
+  </si>
+  <si>
     <t xml:space="preserve">Support given to human resources dedicated to content moderation </t>
   </si>
   <si>
+    <t>2025-01-01/2025-12-41</t>
+  </si>
+  <si>
     <t>Methodology used to compute the number of human resources dedicated to content moderation  </t>
   </si>
   <si>
     <t>ZeniMax Media Inc.</t>
-  </si>
-[...1 lines deleted...]
-    <t>ZeniMax User Accounts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     <numFmt numFmtId="165" formatCode="0.000%"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
@@ -1511,51 +1538,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD0CECE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
@@ -1592,290 +1619,262 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
-      <right/>
-[...11 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="46" fontId="8" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="46" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="46" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="46" fontId="9" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="46" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="46" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="46" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="46" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{AC29AF7C-F353-4FB0-9D90-B340BB56A505}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFF6D8D8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2192,22467 +2191,23027 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E666032B-8B89-4E5B-AB96-C1C87CFA0553}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:D7"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="64" t="s">
+      <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="61" t="s">
-[...6 lines deleted...]
-        <v>5</v>
+      <c r="A2" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="59" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>6</v>
       </c>
       <c r="D2" s="8" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="61" t="s">
-[...8 lines deleted...]
-      <c r="D3" s="56">
+      <c r="A3" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="59" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="54">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="59" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="54">
         <v>45716</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" s="61" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="63" t="s">
+      <c r="A5" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="59" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="D5" s="56">
-        <v>45339</v>
+      <c r="D5" s="54">
+        <v>45658</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="61" t="s">
-[...5 lines deleted...]
-      <c r="C6" s="63" t="s">
+      <c r="A6" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="59" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="D6" s="56">
-        <v>45657</v>
+      <c r="D6" s="54">
+        <v>46022</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C7" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{171F4CDA-4171-4751-912C-2C011651ED25}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:G5"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G18" sqref="G18"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" customWidth="1"/>
     <col min="3" max="3" width="34.85546875" customWidth="1"/>
     <col min="5" max="5" width="49.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="18" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:7" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="15" t="s">
+      <c r="D1" s="16" t="s">
         <v>363</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>291</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>407</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>408</v>
       </c>
       <c r="E2" s="49" t="s">
         <v>409</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="5"/>
     </row>
-    <row r="3" spans="1:7" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>407</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>408</v>
       </c>
       <c r="E3" s="49" t="s">
         <v>409</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>410</v>
       </c>
       <c r="G3" s="7"/>
     </row>
-    <row r="4" spans="1:7" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>407</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>408</v>
       </c>
       <c r="E4" s="49" t="s">
         <v>409</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G4" s="7"/>
     </row>
-    <row r="5" spans="1:7" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>407</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>408</v>
       </c>
       <c r="E5" s="49" t="s">
         <v>409</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>411</v>
       </c>
       <c r="G5" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFBEC42E-67B6-42DF-9A4C-257D6110E5FA}">
   <sheetPr codeName="Sheet11"/>
   <dimension ref="A1:E15"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.28515625" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="27.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="11.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" style="3" customWidth="1"/>
     <col min="4" max="4" width="77.42578125" style="2" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="71.85546875" style="3" customWidth="1"/>
+    <col min="5" max="5" width="72.42578125" style="3" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5" t="s">
+      <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>288</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="7" t="s">
-        <v>430</v>
+      <c r="B2" s="6" t="s">
+        <v>5</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>412</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="7" t="s">
-        <v>430</v>
+      <c r="B3" s="6" t="s">
+        <v>5</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>306</v>
+        <v>414</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="216.75" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="7" t="s">
-        <v>430</v>
+      <c r="B4" s="6" t="s">
+        <v>5</v>
       </c>
       <c r="C4" s="8" t="s">
-        <v>306</v>
+        <v>417</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="102" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="7" t="s">
-        <v>430</v>
+      <c r="B5" s="6" t="s">
+        <v>5</v>
       </c>
       <c r="C5" s="8" t="s">
-        <v>306</v>
+        <v>420</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="7" t="s">
-        <v>430</v>
+      <c r="B6" s="6" t="s">
+        <v>5</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>306</v>
+        <v>423</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="191.25" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>430</v>
+        <v>5</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>306</v>
+        <v>426</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>399</v>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="8" t="s">
-        <v>306</v>
+        <v>429</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="E8" s="7"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>399</v>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="8" t="s">
-        <v>306</v>
+        <v>431</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="E9" s="7"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
         <v>399</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="8" t="s">
-        <v>306</v>
+        <v>433</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="E10" s="7"/>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>399</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="8" t="s">
-        <v>306</v>
+        <v>435</v>
       </c>
       <c r="D11" s="35" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="E11" s="7"/>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>399</v>
       </c>
       <c r="B12" s="6"/>
-      <c r="C12" s="33" t="s">
-        <v>306</v>
+      <c r="C12" s="8" t="s">
+        <v>437</v>
       </c>
       <c r="D12" s="60" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="E12" s="34"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="3"/>
       <c r="D13" s="3"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
       <c r="D14" s="3"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="D15" s="3"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="15" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D3A5BA4-3352-4725-A3E8-657B7DE7F2BF}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D101"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A19" sqref="A19"/>
+      <selection activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16.5703125" style="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="52" max="16384" width="9.140625" style="10"/>
+    <col min="1" max="1" width="16.5703125" style="11" customWidth="1"/>
+    <col min="2" max="2" width="53.42578125" style="11" customWidth="1"/>
+    <col min="3" max="3" width="68.42578125" style="11" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" style="11" customWidth="1"/>
+    <col min="5" max="16" width="13.5703125" style="11" customWidth="1"/>
+    <col min="17" max="51" width="9.140625" style="11" bestFit="1"/>
+    <col min="52" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="14" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="13" t="s">
+    <row r="1" spans="1:4" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="13" t="s">
+      <c r="B1" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="C1" s="13" t="s">
+      <c r="C1" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="D1" s="13" t="s">
+      <c r="D1" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="7"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A3" s="9" t="s">
+      <c r="A3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="40" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="9" t="s">
+      <c r="C3" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="9"/>
+      <c r="D3" s="10"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A4" s="11" t="s">
+      <c r="A4" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="38" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="11" t="s">
+      <c r="C4" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="D4" s="11"/>
+      <c r="D4" s="12"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A5" s="11" t="s">
+      <c r="A5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="38" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="D5" s="11"/>
+      <c r="D5" s="12"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A6" s="11" t="s">
+      <c r="A6" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C6" s="11" t="s">
+      <c r="C6" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D6" s="11"/>
+      <c r="D6" s="12"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A7" s="9" t="s">
+      <c r="A7" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="39" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="29" t="s">
+      <c r="C7" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D7" s="29"/>
+      <c r="D7" s="30"/>
     </row>
     <row r="8" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A8" s="11" t="s">
+      <c r="A8" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="11" t="s">
+      <c r="C8" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="11"/>
+      <c r="D8" s="12"/>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A9" s="11" t="s">
+      <c r="A9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="38" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="11" t="s">
+      <c r="C9" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="11"/>
+      <c r="D9" s="12"/>
     </row>
     <row r="10" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A10" s="11" t="s">
+      <c r="A10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B10" s="38" t="s">
         <v>39</v>
       </c>
-      <c r="C10" s="11" t="s">
+      <c r="C10" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="D10" s="11"/>
+      <c r="D10" s="12"/>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A11" s="11" t="s">
+      <c r="A11" s="12" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="38" t="s">
         <v>42</v>
       </c>
-      <c r="C11" s="11" t="s">
+      <c r="C11" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="D11" s="11"/>
+      <c r="D11" s="12"/>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A12" s="11" t="s">
+      <c r="A12" s="12" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="38" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="11" t="s">
+      <c r="C12" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="D12" s="11"/>
+      <c r="D12" s="12"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A13" s="11" t="s">
+      <c r="A13" s="12" t="s">
         <v>47</v>
       </c>
       <c r="B13" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="C13" s="11" t="s">
+      <c r="C13" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D13" s="11"/>
+      <c r="D13" s="12"/>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A14" s="9" t="s">
+      <c r="A14" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B14" s="40" t="s">
         <v>50</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="C14" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="D14" s="9"/>
+      <c r="D14" s="10"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A15" s="11" t="s">
+      <c r="A15" s="12" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="38" t="s">
         <v>53</v>
       </c>
-      <c r="C15" s="11" t="s">
+      <c r="C15" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="D15" s="11"/>
+      <c r="D15" s="12"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A16" s="11" t="s">
+      <c r="A16" s="12" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="38" t="s">
         <v>56</v>
       </c>
-      <c r="C16" s="11" t="s">
+      <c r="C16" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="D16" s="11"/>
+      <c r="D16" s="12"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A17" s="11" t="s">
+      <c r="A17" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="38" t="s">
         <v>59</v>
       </c>
-      <c r="C17" s="11" t="s">
+      <c r="C17" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="D17" s="11"/>
+      <c r="D17" s="12"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A18" s="11" t="s">
+      <c r="A18" s="12" t="s">
         <v>61</v>
       </c>
       <c r="B18" s="38" t="s">
         <v>62</v>
       </c>
-      <c r="C18" s="11" t="s">
+      <c r="C18" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="D18" s="11"/>
+      <c r="D18" s="12"/>
     </row>
     <row r="19" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A19" s="11" t="s">
+      <c r="A19" s="12" t="s">
         <v>64</v>
       </c>
       <c r="B19" s="38" t="s">
         <v>65</v>
       </c>
-      <c r="C19" s="11" t="s">
+      <c r="C19" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="D19" s="11"/>
+      <c r="D19" s="12"/>
     </row>
     <row r="20" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A20" s="11" t="s">
+      <c r="A20" s="12" t="s">
         <v>67</v>
       </c>
       <c r="B20" s="38" t="s">
         <v>68</v>
       </c>
-      <c r="C20" s="11" t="s">
+      <c r="C20" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="D20" s="11"/>
+      <c r="D20" s="12"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A21" s="11" t="s">
+      <c r="A21" s="12" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="11" t="s">
+      <c r="C21" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D21" s="11"/>
+      <c r="D21" s="12"/>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A22" s="9" t="s">
+      <c r="A22" s="10" t="s">
         <v>71</v>
       </c>
       <c r="B22" s="40" t="s">
         <v>72</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="C22" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="D22" s="9" t="s">
+      <c r="D22" s="10" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A23" s="11" t="s">
+      <c r="A23" s="12" t="s">
         <v>75</v>
       </c>
       <c r="B23" s="38" t="s">
         <v>76</v>
       </c>
-      <c r="C23" s="11" t="s">
+      <c r="C23" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="D23" s="11"/>
+      <c r="D23" s="12"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A24" s="11" t="s">
+      <c r="A24" s="12" t="s">
         <v>78</v>
       </c>
       <c r="B24" s="38" t="s">
         <v>79</v>
       </c>
-      <c r="C24" s="11" t="s">
+      <c r="C24" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="D24" s="11"/>
+      <c r="D24" s="12"/>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A25" s="11" t="s">
+      <c r="A25" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>82</v>
       </c>
-      <c r="C25" s="11" t="s">
+      <c r="C25" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="D25" s="11"/>
+      <c r="D25" s="12"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A26" s="11" t="s">
+      <c r="A26" s="12" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="42" t="s">
         <v>85</v>
       </c>
       <c r="C26" s="37" t="s">
         <v>86</v>
       </c>
-      <c r="D26" s="11"/>
+      <c r="D26" s="12"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A27" s="11" t="s">
+      <c r="A27" s="12" t="s">
         <v>87</v>
       </c>
       <c r="B27" s="43" t="s">
         <v>88</v>
       </c>
-      <c r="C27" s="11" t="s">
+      <c r="C27" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="D27" s="11"/>
+      <c r="D27" s="12"/>
     </row>
     <row r="28" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A28" s="11" t="s">
+      <c r="A28" s="12" t="s">
         <v>90</v>
       </c>
       <c r="B28" s="44" t="s">
         <v>91</v>
       </c>
-      <c r="C28" s="11" t="s">
+      <c r="C28" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="D28" s="11"/>
+      <c r="D28" s="12"/>
     </row>
     <row r="29" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A29" s="11" t="s">
+      <c r="A29" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B29" s="44" t="s">
         <v>94</v>
       </c>
-      <c r="C29" s="11" t="s">
+      <c r="C29" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="D29" s="11"/>
+      <c r="D29" s="12"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A30" s="11" t="s">
+      <c r="A30" s="12" t="s">
         <v>96</v>
       </c>
       <c r="B30" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C30" s="11" t="s">
+      <c r="C30" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D30" s="11"/>
+      <c r="D30" s="12"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A31" s="9" t="s">
+      <c r="A31" s="10" t="s">
         <v>97</v>
       </c>
       <c r="B31" s="40" t="s">
         <v>98</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="C31" s="10" t="s">
         <v>99</v>
       </c>
-      <c r="D31" s="9"/>
+      <c r="D31" s="10"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A32" s="11" t="s">
+      <c r="A32" s="12" t="s">
         <v>100</v>
       </c>
       <c r="B32" s="38" t="s">
         <v>101</v>
       </c>
-      <c r="C32" s="11" t="s">
+      <c r="C32" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="D32" s="11"/>
+      <c r="D32" s="12"/>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="11" t="s">
+      <c r="A33" s="12" t="s">
         <v>103</v>
       </c>
       <c r="B33" s="38" t="s">
         <v>104</v>
       </c>
-      <c r="C33" s="11" t="s">
+      <c r="C33" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="D33" s="11"/>
+      <c r="D33" s="12"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="11" t="s">
+      <c r="A34" s="12" t="s">
         <v>106</v>
       </c>
       <c r="B34" s="38" t="s">
         <v>107</v>
       </c>
-      <c r="C34" s="11" t="s">
+      <c r="C34" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="D34" s="11"/>
+      <c r="D34" s="12"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="11" t="s">
+      <c r="A35" s="12" t="s">
         <v>109</v>
       </c>
       <c r="B35" s="38" t="s">
         <v>110</v>
       </c>
-      <c r="C35" s="11" t="s">
+      <c r="C35" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="D35" s="11"/>
+      <c r="D35" s="12"/>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="11" t="s">
+      <c r="A36" s="12" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C36" s="11" t="s">
+      <c r="C36" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D36" s="11"/>
+      <c r="D36" s="12"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="9" t="s">
+      <c r="A37" s="10" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="40" t="s">
         <v>114</v>
       </c>
-      <c r="C37" s="9" t="s">
+      <c r="C37" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="D37" s="9"/>
+      <c r="D37" s="10"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A38" s="11" t="s">
+      <c r="A38" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="38" t="s">
         <v>117</v>
       </c>
-      <c r="C38" s="11" t="s">
+      <c r="C38" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="D38" s="11"/>
+      <c r="D38" s="12"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A39" s="11" t="s">
+      <c r="A39" s="12" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="38" t="s">
         <v>120</v>
       </c>
-      <c r="C39" s="11" t="s">
+      <c r="C39" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="D39" s="11"/>
+      <c r="D39" s="12"/>
     </row>
     <row r="40" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A40" s="11" t="s">
+      <c r="A40" s="12" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="38" t="s">
         <v>123</v>
       </c>
-      <c r="C40" s="11" t="s">
+      <c r="C40" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="D40" s="11"/>
+      <c r="D40" s="12"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A41" s="11" t="s">
+      <c r="A41" s="12" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C41" s="11" t="s">
+      <c r="C41" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D41" s="11"/>
+      <c r="D41" s="12"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="9" t="s">
+      <c r="A42" s="10" t="s">
         <v>126</v>
       </c>
       <c r="B42" s="40" t="s">
         <v>127</v>
       </c>
-      <c r="C42" s="9" t="s">
+      <c r="C42" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="D42" s="9"/>
+      <c r="D42" s="10"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="11" t="s">
+      <c r="A43" s="12" t="s">
         <v>129</v>
       </c>
       <c r="B43" s="38" t="s">
         <v>130</v>
       </c>
-      <c r="C43" s="11" t="s">
+      <c r="C43" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="D43" s="11"/>
+      <c r="D43" s="12"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="11" t="s">
+      <c r="A44" s="12" t="s">
         <v>132</v>
       </c>
       <c r="B44" s="38" t="s">
         <v>133</v>
       </c>
-      <c r="C44" s="11" t="s">
+      <c r="C44" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="D44" s="11"/>
+      <c r="D44" s="12"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A45" s="11" t="s">
+      <c r="A45" s="12" t="s">
         <v>135</v>
       </c>
       <c r="B45" s="38" t="s">
         <v>136</v>
       </c>
-      <c r="C45" s="11" t="s">
+      <c r="C45" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="D45" s="11"/>
+      <c r="D45" s="12"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A46" s="11" t="s">
+      <c r="A46" s="12" t="s">
         <v>138</v>
       </c>
       <c r="B46" s="38" t="s">
         <v>139</v>
       </c>
-      <c r="C46" s="11" t="s">
+      <c r="C46" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="D46" s="11"/>
+      <c r="D46" s="12"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="11" t="s">
+      <c r="A47" s="12" t="s">
         <v>141</v>
       </c>
       <c r="B47" s="38" t="s">
         <v>142</v>
       </c>
-      <c r="C47" s="11" t="s">
+      <c r="C47" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="D47" s="11"/>
+      <c r="D47" s="12"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="11" t="s">
+      <c r="A48" s="12" t="s">
         <v>144</v>
       </c>
       <c r="B48" s="38" t="s">
         <v>145</v>
       </c>
-      <c r="C48" s="11" t="s">
+      <c r="C48" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="D48" s="11"/>
+      <c r="D48" s="12"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="11" t="s">
+      <c r="A49" s="12" t="s">
         <v>147</v>
       </c>
       <c r="B49" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C49" s="11" t="s">
+      <c r="C49" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D49" s="11"/>
+      <c r="D49" s="12"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A50" s="9" t="s">
+      <c r="A50" s="10" t="s">
         <v>148</v>
       </c>
       <c r="B50" s="40" t="s">
         <v>149</v>
       </c>
-      <c r="C50" s="9" t="s">
+      <c r="C50" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="D50" s="9"/>
+      <c r="D50" s="10"/>
     </row>
     <row r="51" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A51" s="11" t="s">
+      <c r="A51" s="12" t="s">
         <v>151</v>
       </c>
       <c r="B51" s="38" t="s">
         <v>152</v>
       </c>
-      <c r="C51" s="11" t="s">
+      <c r="C51" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="D51" s="11"/>
+      <c r="D51" s="12"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="11" t="s">
+      <c r="A52" s="12" t="s">
         <v>154</v>
       </c>
       <c r="B52" s="38" t="s">
         <v>155</v>
       </c>
-      <c r="C52" s="11" t="s">
+      <c r="C52" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="D52" s="11"/>
+      <c r="D52" s="12"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="11" t="s">
+      <c r="A53" s="12" t="s">
         <v>157</v>
       </c>
       <c r="B53" s="38" t="s">
         <v>158</v>
       </c>
-      <c r="C53" s="11" t="s">
+      <c r="C53" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="D53" s="11"/>
+      <c r="D53" s="12"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="11" t="s">
+      <c r="A54" s="12" t="s">
         <v>160</v>
       </c>
       <c r="B54" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C54" s="11" t="s">
+      <c r="C54" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D54" s="11"/>
+      <c r="D54" s="12"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A55" s="9" t="s">
+      <c r="A55" s="10" t="s">
         <v>161</v>
       </c>
       <c r="B55" s="40" t="s">
         <v>162</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="C55" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="D55" s="9"/>
+      <c r="D55" s="10"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A56" s="11" t="s">
+      <c r="A56" s="12" t="s">
         <v>164</v>
       </c>
       <c r="B56" s="38" t="s">
         <v>165</v>
       </c>
-      <c r="C56" s="11" t="s">
+      <c r="C56" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="D56" s="11"/>
+      <c r="D56" s="12"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A57" s="11" t="s">
+      <c r="A57" s="12" t="s">
         <v>167</v>
       </c>
       <c r="B57" s="38" t="s">
         <v>168</v>
       </c>
-      <c r="C57" s="11" t="s">
+      <c r="C57" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="D57" s="11"/>
+      <c r="D57" s="12"/>
     </row>
     <row r="58" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A58" s="11" t="s">
+      <c r="A58" s="12" t="s">
         <v>170</v>
       </c>
       <c r="B58" s="38" t="s">
         <v>171</v>
       </c>
-      <c r="C58" s="11" t="s">
+      <c r="C58" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="D58" s="11"/>
+      <c r="D58" s="12"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A59" s="11" t="s">
+      <c r="A59" s="12" t="s">
         <v>173</v>
       </c>
       <c r="B59" s="38" t="s">
         <v>174</v>
       </c>
-      <c r="C59" s="11" t="s">
+      <c r="C59" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="D59" s="11"/>
+      <c r="D59" s="12"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A60" s="11" t="s">
+      <c r="A60" s="12" t="s">
         <v>176</v>
       </c>
       <c r="B60" s="38" t="s">
         <v>177</v>
       </c>
-      <c r="C60" s="11" t="s">
+      <c r="C60" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="D60" s="11"/>
+      <c r="D60" s="12"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A61" s="11" t="s">
+      <c r="A61" s="12" t="s">
         <v>179</v>
       </c>
       <c r="B61" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C61" s="11" t="s">
+      <c r="C61" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D61" s="11"/>
+      <c r="D61" s="12"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A62" s="9" t="s">
+      <c r="A62" s="10" t="s">
         <v>180</v>
       </c>
       <c r="B62" s="40" t="s">
         <v>181</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="C62" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="D62" s="9"/>
+      <c r="D62" s="10"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A63" s="11" t="s">
+      <c r="A63" s="12" t="s">
         <v>183</v>
       </c>
       <c r="B63" s="38" t="s">
         <v>184</v>
       </c>
-      <c r="C63" s="11" t="s">
+      <c r="C63" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="D63" s="11"/>
+      <c r="D63" s="12"/>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A64" s="11" t="s">
+      <c r="A64" s="12" t="s">
         <v>186</v>
       </c>
       <c r="B64" s="38" t="s">
         <v>187</v>
       </c>
-      <c r="C64" s="11" t="s">
+      <c r="C64" s="12" t="s">
         <v>188</v>
       </c>
-      <c r="D64" s="11"/>
+      <c r="D64" s="12"/>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A65" s="11" t="s">
+      <c r="A65" s="12" t="s">
         <v>189</v>
       </c>
       <c r="B65" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="C65" s="11" t="s">
+      <c r="C65" s="12" t="s">
         <v>191</v>
       </c>
-      <c r="D65" s="11"/>
+      <c r="D65" s="12"/>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A66" s="11" t="s">
+      <c r="A66" s="12" t="s">
         <v>192</v>
       </c>
       <c r="B66" s="38" t="s">
         <v>193</v>
       </c>
-      <c r="C66" s="11" t="s">
+      <c r="C66" s="12" t="s">
         <v>194</v>
       </c>
-      <c r="D66" s="11"/>
+      <c r="D66" s="12"/>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A67" s="11" t="s">
+      <c r="A67" s="12" t="s">
         <v>195</v>
       </c>
       <c r="B67" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C67" s="11" t="s">
+      <c r="C67" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D67" s="11"/>
+      <c r="D67" s="12"/>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="9" t="s">
+      <c r="A68" s="10" t="s">
         <v>196</v>
       </c>
       <c r="B68" s="40" t="s">
         <v>197</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="C68" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="D68" s="9"/>
+      <c r="D68" s="10"/>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A69" s="11" t="s">
+      <c r="A69" s="12" t="s">
         <v>199</v>
       </c>
       <c r="B69" s="38" t="s">
         <v>200</v>
       </c>
-      <c r="C69" s="11" t="s">
+      <c r="C69" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="D69" s="11"/>
+      <c r="D69" s="12"/>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A70" s="11" t="s">
+      <c r="A70" s="12" t="s">
         <v>202</v>
       </c>
       <c r="B70" s="38" t="s">
         <v>203</v>
       </c>
-      <c r="C70" s="11" t="s">
+      <c r="C70" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="D70" s="11"/>
+      <c r="D70" s="12"/>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A71" s="11" t="s">
+      <c r="A71" s="12" t="s">
         <v>205</v>
       </c>
       <c r="B71" s="38" t="s">
         <v>206</v>
       </c>
-      <c r="C71" s="11" t="s">
+      <c r="C71" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="D71" s="11"/>
+      <c r="D71" s="12"/>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A72" s="11" t="s">
+      <c r="A72" s="12" t="s">
         <v>208</v>
       </c>
       <c r="B72" s="38" t="s">
         <v>209</v>
       </c>
-      <c r="C72" s="11" t="s">
+      <c r="C72" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="D72" s="11"/>
+      <c r="D72" s="12"/>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A73" s="11" t="s">
+      <c r="A73" s="12" t="s">
         <v>211</v>
       </c>
       <c r="B73" s="38" t="s">
         <v>212</v>
       </c>
-      <c r="C73" s="11" t="s">
+      <c r="C73" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="D73" s="11"/>
+      <c r="D73" s="12"/>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A74" s="11" t="s">
+      <c r="A74" s="12" t="s">
         <v>214</v>
       </c>
       <c r="B74" s="38" t="s">
         <v>215</v>
       </c>
-      <c r="C74" s="11" t="s">
+      <c r="C74" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="D74" s="11"/>
+      <c r="D74" s="12"/>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A75" s="11" t="s">
+      <c r="A75" s="12" t="s">
         <v>217</v>
       </c>
       <c r="B75" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C75" s="11" t="s">
+      <c r="C75" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D75" s="11"/>
+      <c r="D75" s="12"/>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A76" s="9" t="s">
+      <c r="A76" s="10" t="s">
         <v>218</v>
       </c>
       <c r="B76" s="40" t="s">
         <v>219</v>
       </c>
-      <c r="C76" s="9" t="s">
+      <c r="C76" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="D76" s="9"/>
+      <c r="D76" s="10"/>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A77" s="11" t="s">
+      <c r="A77" s="12" t="s">
         <v>221</v>
       </c>
       <c r="B77" s="38" t="s">
         <v>222</v>
       </c>
-      <c r="C77" s="11" t="s">
+      <c r="C77" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="D77" s="11"/>
+      <c r="D77" s="12"/>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A78" s="11" t="s">
+      <c r="A78" s="12" t="s">
         <v>224</v>
       </c>
       <c r="B78" s="38" t="s">
         <v>225</v>
       </c>
-      <c r="C78" s="11" t="s">
+      <c r="C78" s="12" t="s">
         <v>226</v>
       </c>
-      <c r="D78" s="11"/>
+      <c r="D78" s="12"/>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A79" s="11" t="s">
+      <c r="A79" s="12" t="s">
         <v>227</v>
       </c>
       <c r="B79" s="38" t="s">
         <v>228</v>
       </c>
-      <c r="C79" s="11" t="s">
+      <c r="C79" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="D79" s="11"/>
+      <c r="D79" s="12"/>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="11" t="s">
+      <c r="A80" s="12" t="s">
         <v>230</v>
       </c>
       <c r="B80" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C80" s="11" t="s">
+      <c r="C80" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D80" s="11"/>
+      <c r="D80" s="12"/>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A81" s="9" t="s">
+      <c r="A81" s="10" t="s">
         <v>231</v>
       </c>
       <c r="B81" s="40" t="s">
         <v>232</v>
       </c>
-      <c r="C81" s="9" t="s">
+      <c r="C81" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="D81" s="9"/>
+      <c r="D81" s="10"/>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A82" s="11" t="s">
+      <c r="A82" s="12" t="s">
         <v>234</v>
       </c>
       <c r="B82" s="38" t="s">
         <v>235</v>
       </c>
-      <c r="C82" s="11" t="s">
+      <c r="C82" s="12" t="s">
         <v>236</v>
       </c>
-      <c r="D82" s="11"/>
+      <c r="D82" s="12"/>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A83" s="11" t="s">
+      <c r="A83" s="12" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="38" t="s">
         <v>238</v>
       </c>
-      <c r="C83" s="11" t="s">
+      <c r="C83" s="12" t="s">
         <v>239</v>
       </c>
-      <c r="D83" s="11"/>
-[...2 lines deleted...]
-      <c r="A84" s="11" t="s">
+      <c r="D83" s="12"/>
+    </row>
+    <row r="84" spans="1:4" s="21" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="12" t="s">
         <v>240</v>
       </c>
       <c r="B84" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C84" s="11" t="s">
+      <c r="C84" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D84" s="11"/>
+      <c r="D84" s="12"/>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A85" s="9" t="s">
+      <c r="A85" s="10" t="s">
         <v>241</v>
       </c>
       <c r="B85" s="40" t="s">
         <v>242</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="C85" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="D85" s="9"/>
+      <c r="D85" s="10"/>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A86" s="11" t="s">
+      <c r="A86" s="12" t="s">
         <v>244</v>
       </c>
       <c r="B86" s="38" t="s">
         <v>245</v>
       </c>
-      <c r="C86" s="11" t="s">
+      <c r="C86" s="12" t="s">
         <v>246</v>
       </c>
-      <c r="D86" s="11"/>
+      <c r="D86" s="12"/>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A87" s="11" t="s">
+      <c r="A87" s="12" t="s">
         <v>247</v>
       </c>
       <c r="B87" s="38" t="s">
         <v>248</v>
       </c>
-      <c r="C87" s="11" t="s">
+      <c r="C87" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="D87" s="11"/>
+      <c r="D87" s="12"/>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A88" s="11" t="s">
+      <c r="A88" s="12" t="s">
         <v>250</v>
       </c>
       <c r="B88" s="38" t="s">
         <v>251</v>
       </c>
-      <c r="C88" s="11" t="s">
+      <c r="C88" s="12" t="s">
         <v>252</v>
       </c>
-      <c r="D88" s="11"/>
+      <c r="D88" s="12"/>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A89" s="11" t="s">
+      <c r="A89" s="12" t="s">
         <v>253</v>
       </c>
       <c r="B89" s="38" t="s">
         <v>254</v>
       </c>
-      <c r="C89" s="11" t="s">
+      <c r="C89" s="12" t="s">
         <v>255</v>
       </c>
-      <c r="D89" s="11"/>
+      <c r="D89" s="12"/>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A90" s="11" t="s">
+      <c r="A90" s="12" t="s">
         <v>256</v>
       </c>
       <c r="B90" s="38" t="s">
         <v>257</v>
       </c>
-      <c r="C90" s="11" t="s">
+      <c r="C90" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="D90" s="11"/>
+      <c r="D90" s="12"/>
     </row>
     <row r="91" spans="1:4" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="11" t="s">
+      <c r="A91" s="12" t="s">
         <v>259</v>
       </c>
       <c r="B91" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C91" s="11" t="s">
+      <c r="C91" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D91" s="11"/>
+      <c r="D91" s="12"/>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A92" s="9" t="s">
+      <c r="A92" s="10" t="s">
         <v>260</v>
       </c>
       <c r="B92" s="40" t="s">
         <v>261</v>
       </c>
-      <c r="C92" s="9" t="s">
+      <c r="C92" s="10" t="s">
         <v>262</v>
       </c>
-      <c r="D92" s="9"/>
+      <c r="D92" s="10"/>
     </row>
     <row r="93" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="11" t="s">
+      <c r="A93" s="12" t="s">
         <v>263</v>
       </c>
       <c r="B93" s="38" t="s">
         <v>264</v>
       </c>
-      <c r="C93" s="11" t="s">
+      <c r="C93" s="12" t="s">
         <v>265</v>
       </c>
-      <c r="D93" s="11"/>
+      <c r="D93" s="12"/>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A94" s="11" t="s">
+      <c r="A94" s="12" t="s">
         <v>266</v>
       </c>
       <c r="B94" s="38" t="s">
         <v>267</v>
       </c>
-      <c r="C94" s="11" t="s">
+      <c r="C94" s="12" t="s">
         <v>268</v>
       </c>
-      <c r="D94" s="11"/>
+      <c r="D94" s="12"/>
     </row>
     <row r="95" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="11" t="s">
+      <c r="A95" s="12" t="s">
         <v>269</v>
       </c>
       <c r="B95" s="38" t="s">
         <v>270</v>
       </c>
-      <c r="C95" s="11" t="s">
+      <c r="C95" s="12" t="s">
         <v>271</v>
       </c>
-      <c r="D95" s="11"/>
+      <c r="D95" s="12"/>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A96" s="11" t="s">
+      <c r="A96" s="12" t="s">
         <v>272</v>
       </c>
       <c r="B96" s="38" t="s">
         <v>273</v>
       </c>
-      <c r="C96" s="11" t="s">
+      <c r="C96" s="12" t="s">
         <v>274</v>
       </c>
-      <c r="D96" s="11"/>
+      <c r="D96" s="12"/>
     </row>
     <row r="97" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="11" t="s">
+      <c r="A97" s="12" t="s">
         <v>275</v>
       </c>
       <c r="B97" s="38" t="s">
         <v>276</v>
       </c>
-      <c r="C97" s="11" t="s">
+      <c r="C97" s="12" t="s">
         <v>277</v>
       </c>
-      <c r="D97" s="11"/>
+      <c r="D97" s="12"/>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A98" s="11" t="s">
+      <c r="A98" s="12" t="s">
         <v>278</v>
       </c>
       <c r="B98" s="38" t="s">
         <v>279</v>
       </c>
-      <c r="C98" s="11" t="s">
+      <c r="C98" s="12" t="s">
         <v>280</v>
       </c>
-      <c r="D98" s="11"/>
+      <c r="D98" s="12"/>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A99" s="11" t="s">
+      <c r="A99" s="12" t="s">
         <v>281</v>
       </c>
       <c r="B99" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="C99" s="11" t="s">
+      <c r="C99" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D99" s="11"/>
+      <c r="D99" s="12"/>
     </row>
     <row r="100" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="9" t="s">
+      <c r="A100" s="10" t="s">
         <v>282</v>
       </c>
       <c r="B100" s="40" t="s">
         <v>283</v>
       </c>
-      <c r="C100" s="9" t="s">
+      <c r="C100" s="10" t="s">
         <v>284</v>
       </c>
-      <c r="D100" s="9"/>
+      <c r="D100" s="10"/>
     </row>
     <row r="101" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="9" t="s">
+      <c r="A101" s="10" t="s">
         <v>285</v>
       </c>
       <c r="B101" s="40" t="s">
         <v>286</v>
       </c>
-      <c r="C101" s="9" t="s">
+      <c r="C101" s="10" t="s">
         <v>287</v>
       </c>
-      <c r="D101" s="9"/>
+      <c r="D101" s="10"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:C83" xr:uid="{8FE26BA7-CC3E-4F39-B866-FE7349051E2A}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B86:C90">
     <sortCondition ref="B86:B90"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="74" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FE26BA7-CC3E-4F39-B866-FE7349051E2A}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:T182"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A20" sqref="A20"/>
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="14.42578125" style="10" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="27" max="16384" width="9.140625" style="10"/>
+    <col min="1" max="1" width="14.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="76.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="28.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="15.85546875" style="11" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.85546875" style="11" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="16.5703125" style="11" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.5703125" style="11" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="17" style="11" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="16.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="14" max="26" width="13.5703125" style="11" customWidth="1"/>
+    <col min="27" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" s="14" customFormat="1" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="13" t="s">
+    <row r="1" spans="1:20" s="15" customFormat="1" ht="127.5" x14ac:dyDescent="0.2">
+      <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="13" t="s">
+      <c r="B1" s="59" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" s="14" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="13" t="s">
+      <c r="D1" s="14" t="s">
         <v>289</v>
       </c>
-      <c r="E1" s="13" t="s">
+      <c r="E1" s="14" t="s">
         <v>290</v>
       </c>
-      <c r="F1" s="13" t="s">
+      <c r="F1" s="14" t="s">
         <v>291</v>
       </c>
-      <c r="G1" s="13" t="s">
+      <c r="G1" s="14" t="s">
         <v>292</v>
       </c>
-      <c r="H1" s="13" t="s">
+      <c r="H1" s="14" t="s">
         <v>293</v>
       </c>
-      <c r="I1" s="13" t="s">
+      <c r="I1" s="14" t="s">
         <v>294</v>
       </c>
-      <c r="J1" s="13" t="s">
+      <c r="J1" s="14" t="s">
         <v>295</v>
       </c>
-      <c r="K1" s="13" t="s">
+      <c r="K1" s="14" t="s">
         <v>296</v>
       </c>
-      <c r="L1" s="13" t="s">
+      <c r="L1" s="14" t="s">
         <v>297</v>
       </c>
-      <c r="M1" s="13" t="s">
+      <c r="M1" s="14" t="s">
         <v>298</v>
       </c>
-      <c r="N1" s="13" t="s">
+      <c r="N1" s="14" t="s">
         <v>299</v>
       </c>
-      <c r="O1" s="13" t="s">
+      <c r="O1" s="14" t="s">
         <v>300</v>
       </c>
-      <c r="P1" s="13" t="s">
+      <c r="P1" s="14" t="s">
         <v>301</v>
       </c>
-      <c r="Q1" s="13" t="s">
+      <c r="Q1" s="14" t="s">
         <v>302</v>
       </c>
-      <c r="R1" s="13" t="s">
+      <c r="R1" s="14" t="s">
         <v>303</v>
       </c>
-      <c r="S1" s="13" t="s">
+      <c r="S1" s="14" t="s">
         <v>304</v>
       </c>
-      <c r="T1" s="13" t="s">
+      <c r="T1" s="14" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="7"/>
+      <c r="B2" s="59" t="s">
+        <v>5</v>
+      </c>
       <c r="C2" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="7"/>
       <c r="F2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="7"/>
       <c r="N2" s="7"/>
       <c r="O2" s="7"/>
       <c r="P2" s="7"/>
       <c r="Q2" s="7"/>
       <c r="R2" s="7"/>
       <c r="S2" s="7"/>
       <c r="T2" s="7"/>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A3" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D3" s="9" t="s">
+      <c r="A3" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D3" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="9"/>
-      <c r="F3" s="9" t="s">
+      <c r="E3" s="10"/>
+      <c r="F3" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G3" s="9"/>
-[...12 lines deleted...]
-      <c r="T3" s="9"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+      <c r="J3" s="10"/>
+      <c r="K3" s="10"/>
+      <c r="L3" s="10"/>
+      <c r="M3" s="10"/>
+      <c r="N3" s="10"/>
+      <c r="O3" s="10"/>
+      <c r="P3" s="10"/>
+      <c r="Q3" s="10"/>
+      <c r="R3" s="10"/>
+      <c r="S3" s="10"/>
+      <c r="T3" s="10"/>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A4" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D4" s="11" t="s">
+      <c r="A4" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="11"/>
-      <c r="F4" s="11" t="s">
+      <c r="E4" s="12"/>
+      <c r="F4" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G4" s="11"/>
-[...12 lines deleted...]
-      <c r="T4" s="11"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="12"/>
+      <c r="L4" s="12"/>
+      <c r="M4" s="12"/>
+      <c r="N4" s="12"/>
+      <c r="O4" s="12"/>
+      <c r="P4" s="12"/>
+      <c r="Q4" s="12"/>
+      <c r="R4" s="12"/>
+      <c r="S4" s="12"/>
+      <c r="T4" s="12"/>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A5" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D5" s="11" t="s">
+      <c r="A5" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="11"/>
-      <c r="F5" s="11" t="s">
+      <c r="E5" s="12"/>
+      <c r="F5" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="11"/>
-[...12 lines deleted...]
-      <c r="T5" s="11"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="12"/>
+      <c r="L5" s="12"/>
+      <c r="M5" s="12"/>
+      <c r="N5" s="12"/>
+      <c r="O5" s="12"/>
+      <c r="P5" s="12"/>
+      <c r="Q5" s="12"/>
+      <c r="R5" s="12"/>
+      <c r="S5" s="12"/>
+      <c r="T5" s="12"/>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A6" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D6" s="11" t="s">
+      <c r="A6" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="E6" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F6" s="11" t="s">
+      <c r="F6" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G6" s="11"/>
-[...12 lines deleted...]
-      <c r="T6" s="11"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="12"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="12"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="12"/>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A7" s="29" t="s">
-[...6 lines deleted...]
-      <c r="D7" s="29" t="s">
+      <c r="A7" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="30" t="s">
+        <v>306</v>
+      </c>
+      <c r="D7" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="E7" s="29"/>
-      <c r="F7" s="29" t="s">
+      <c r="E7" s="30"/>
+      <c r="F7" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="G7" s="29"/>
-[...12 lines deleted...]
-      <c r="T7" s="29"/>
+      <c r="G7" s="30"/>
+      <c r="H7" s="30"/>
+      <c r="I7" s="30"/>
+      <c r="J7" s="30"/>
+      <c r="K7" s="30"/>
+      <c r="L7" s="30"/>
+      <c r="M7" s="30"/>
+      <c r="N7" s="30"/>
+      <c r="O7" s="30"/>
+      <c r="P7" s="30"/>
+      <c r="Q7" s="30"/>
+      <c r="R7" s="30"/>
+      <c r="S7" s="30"/>
+      <c r="T7" s="30"/>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A8" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D8" s="11" t="s">
+      <c r="A8" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="E8" s="11"/>
-      <c r="F8" s="11" t="s">
+      <c r="E8" s="12"/>
+      <c r="F8" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G8" s="11"/>
-[...12 lines deleted...]
-      <c r="T8" s="11"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12"/>
+      <c r="L8" s="12"/>
+      <c r="M8" s="12"/>
+      <c r="N8" s="12"/>
+      <c r="O8" s="12"/>
+      <c r="P8" s="12"/>
+      <c r="Q8" s="12"/>
+      <c r="R8" s="12"/>
+      <c r="S8" s="12"/>
+      <c r="T8" s="12"/>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A9" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D9" s="11" t="s">
+      <c r="A9" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="E9" s="11"/>
-      <c r="F9" s="11" t="s">
+      <c r="E9" s="12"/>
+      <c r="F9" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G9" s="11"/>
-[...12 lines deleted...]
-      <c r="T9" s="11"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
+      <c r="O9" s="12"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="12"/>
+      <c r="R9" s="12"/>
+      <c r="S9" s="12"/>
+      <c r="T9" s="12"/>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A10" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D10" s="11" t="s">
+      <c r="A10" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D10" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="E10" s="11"/>
-      <c r="F10" s="11" t="s">
+      <c r="E10" s="12"/>
+      <c r="F10" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G10" s="11"/>
-[...12 lines deleted...]
-      <c r="T10" s="11"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="12"/>
+      <c r="N10" s="12"/>
+      <c r="O10" s="12"/>
+      <c r="P10" s="12"/>
+      <c r="Q10" s="12"/>
+      <c r="R10" s="12"/>
+      <c r="S10" s="12"/>
+      <c r="T10" s="12"/>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A11" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D11" s="11" t="s">
+      <c r="A11" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D11" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="11"/>
-      <c r="F11" s="11" t="s">
+      <c r="E11" s="12"/>
+      <c r="F11" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="11"/>
-[...12 lines deleted...]
-      <c r="T11" s="11"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
+      <c r="N11" s="12"/>
+      <c r="O11" s="12"/>
+      <c r="P11" s="12"/>
+      <c r="Q11" s="12"/>
+      <c r="R11" s="12"/>
+      <c r="S11" s="12"/>
+      <c r="T11" s="12"/>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A12" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D12" s="11" t="s">
+      <c r="A12" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="11"/>
-      <c r="F12" s="11" t="s">
+      <c r="E12" s="12"/>
+      <c r="F12" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G12" s="11"/>
-[...12 lines deleted...]
-      <c r="T12" s="11"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="12"/>
+      <c r="K12" s="12"/>
+      <c r="L12" s="12"/>
+      <c r="M12" s="12"/>
+      <c r="N12" s="12"/>
+      <c r="O12" s="12"/>
+      <c r="P12" s="12"/>
+      <c r="Q12" s="12"/>
+      <c r="R12" s="12"/>
+      <c r="S12" s="12"/>
+      <c r="T12" s="12"/>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A13" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D13" s="11" t="s">
+      <c r="A13" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D13" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="11" t="s">
+      <c r="E13" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F13" s="11" t="s">
+      <c r="F13" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G13" s="11"/>
-[...12 lines deleted...]
-      <c r="T13" s="11"/>
+      <c r="G13" s="12"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="12"/>
+      <c r="K13" s="12"/>
+      <c r="L13" s="12"/>
+      <c r="M13" s="12"/>
+      <c r="N13" s="12"/>
+      <c r="O13" s="12"/>
+      <c r="P13" s="12"/>
+      <c r="Q13" s="12"/>
+      <c r="R13" s="12"/>
+      <c r="S13" s="12"/>
+      <c r="T13" s="12"/>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A14" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D14" s="9" t="s">
+      <c r="A14" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D14" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="E14" s="9"/>
-      <c r="F14" s="9" t="s">
+      <c r="E14" s="10"/>
+      <c r="F14" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G14" s="9"/>
-[...12 lines deleted...]
-      <c r="T14" s="9"/>
+      <c r="G14" s="10"/>
+      <c r="H14" s="10"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="10"/>
+      <c r="K14" s="10"/>
+      <c r="L14" s="10"/>
+      <c r="M14" s="10"/>
+      <c r="N14" s="10"/>
+      <c r="O14" s="10"/>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="10"/>
+      <c r="R14" s="10"/>
+      <c r="S14" s="10"/>
+      <c r="T14" s="10"/>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A15" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D15" s="11" t="s">
+      <c r="A15" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="11"/>
-      <c r="F15" s="11" t="s">
+      <c r="E15" s="12"/>
+      <c r="F15" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G15" s="11"/>
-[...12 lines deleted...]
-      <c r="T15" s="11"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="12"/>
+      <c r="L15" s="12"/>
+      <c r="M15" s="12"/>
+      <c r="N15" s="12"/>
+      <c r="O15" s="12"/>
+      <c r="P15" s="12"/>
+      <c r="Q15" s="12"/>
+      <c r="R15" s="12"/>
+      <c r="S15" s="12"/>
+      <c r="T15" s="12"/>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A16" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D16" s="11" t="s">
+      <c r="A16" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B16" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="E16" s="11"/>
-      <c r="F16" s="11" t="s">
+      <c r="E16" s="12"/>
+      <c r="F16" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G16" s="11"/>
-[...12 lines deleted...]
-      <c r="T16" s="11"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="12"/>
+      <c r="K16" s="12"/>
+      <c r="L16" s="12"/>
+      <c r="M16" s="12"/>
+      <c r="N16" s="12"/>
+      <c r="O16" s="12"/>
+      <c r="P16" s="12"/>
+      <c r="Q16" s="12"/>
+      <c r="R16" s="12"/>
+      <c r="S16" s="12"/>
+      <c r="T16" s="12"/>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A17" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D17" s="11" t="s">
+      <c r="A17" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="E17" s="11"/>
-      <c r="F17" s="11" t="s">
+      <c r="E17" s="12"/>
+      <c r="F17" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G17" s="11"/>
-[...12 lines deleted...]
-      <c r="T17" s="11"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="12"/>
+      <c r="J17" s="12"/>
+      <c r="K17" s="12"/>
+      <c r="L17" s="12"/>
+      <c r="M17" s="12"/>
+      <c r="N17" s="12"/>
+      <c r="O17" s="12"/>
+      <c r="P17" s="12"/>
+      <c r="Q17" s="12"/>
+      <c r="R17" s="12"/>
+      <c r="S17" s="12"/>
+      <c r="T17" s="12"/>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A18" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D18" s="11" t="s">
+      <c r="A18" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B18" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D18" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E18" s="11"/>
-      <c r="F18" s="11" t="s">
+      <c r="E18" s="12"/>
+      <c r="F18" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G18" s="11"/>
-[...12 lines deleted...]
-      <c r="T18" s="11"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="12"/>
+      <c r="M18" s="12"/>
+      <c r="N18" s="12"/>
+      <c r="O18" s="12"/>
+      <c r="P18" s="12"/>
+      <c r="Q18" s="12"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="12"/>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A19" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D19" s="11" t="s">
+      <c r="A19" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D19" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="E19" s="11"/>
-      <c r="F19" s="11" t="s">
+      <c r="E19" s="12"/>
+      <c r="F19" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G19" s="11"/>
-[...12 lines deleted...]
-      <c r="T19" s="11"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12"/>
+      <c r="L19" s="12"/>
+      <c r="M19" s="12"/>
+      <c r="N19" s="12"/>
+      <c r="O19" s="12"/>
+      <c r="P19" s="12"/>
+      <c r="Q19" s="12"/>
+      <c r="R19" s="12"/>
+      <c r="S19" s="12"/>
+      <c r="T19" s="12"/>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A20" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D20" s="11" t="s">
+      <c r="A20" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D20" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="E20" s="11"/>
-      <c r="F20" s="11" t="s">
+      <c r="E20" s="12"/>
+      <c r="F20" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G20" s="11"/>
-[...12 lines deleted...]
-      <c r="T20" s="11"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="12"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="12"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="12"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="12"/>
+      <c r="T20" s="12"/>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A21" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D21" s="11" t="s">
+      <c r="A21" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E21" s="11" t="s">
+      <c r="E21" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F21" s="11" t="s">
+      <c r="F21" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G21" s="11"/>
-[...12 lines deleted...]
-      <c r="T21" s="11"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="12"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="12"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="12"/>
+      <c r="T21" s="12"/>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A22" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D22" s="9" t="s">
+      <c r="A22" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D22" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="E22" s="9"/>
-      <c r="F22" s="9" t="s">
+      <c r="E22" s="10"/>
+      <c r="F22" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G22" s="9"/>
-[...12 lines deleted...]
-      <c r="T22" s="9"/>
+      <c r="G22" s="10"/>
+      <c r="H22" s="10"/>
+      <c r="I22" s="10"/>
+      <c r="J22" s="10"/>
+      <c r="K22" s="10"/>
+      <c r="L22" s="10"/>
+      <c r="M22" s="10"/>
+      <c r="N22" s="10"/>
+      <c r="O22" s="10"/>
+      <c r="P22" s="10"/>
+      <c r="Q22" s="10"/>
+      <c r="R22" s="10"/>
+      <c r="S22" s="10"/>
+      <c r="T22" s="10"/>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A23" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D23" s="11" t="s">
+      <c r="A23" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B23" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D23" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="E23" s="11"/>
-      <c r="F23" s="11" t="s">
+      <c r="E23" s="12"/>
+      <c r="F23" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G23" s="11"/>
-[...12 lines deleted...]
-      <c r="T23" s="11"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="12"/>
+      <c r="N23" s="12"/>
+      <c r="O23" s="12"/>
+      <c r="P23" s="12"/>
+      <c r="Q23" s="12"/>
+      <c r="R23" s="12"/>
+      <c r="S23" s="12"/>
+      <c r="T23" s="12"/>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A24" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D24" s="11" t="s">
+      <c r="A24" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B24" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D24" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="E24" s="11"/>
-      <c r="F24" s="11" t="s">
+      <c r="E24" s="12"/>
+      <c r="F24" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G24" s="11"/>
-[...12 lines deleted...]
-      <c r="T24" s="11"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="12"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="12"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="12"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="12"/>
+      <c r="T24" s="12"/>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A25" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D25" s="11" t="s">
+      <c r="A25" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D25" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="E25" s="11"/>
-      <c r="F25" s="11" t="s">
+      <c r="E25" s="12"/>
+      <c r="F25" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G25" s="11"/>
-[...12 lines deleted...]
-      <c r="T25" s="11"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="12"/>
+      <c r="M25" s="12"/>
+      <c r="N25" s="12"/>
+      <c r="O25" s="12"/>
+      <c r="P25" s="12"/>
+      <c r="Q25" s="12"/>
+      <c r="R25" s="12"/>
+      <c r="S25" s="12"/>
+      <c r="T25" s="12"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A26" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B26" s="37"/>
+      <c r="B26" s="37" t="s">
+        <v>5</v>
+      </c>
       <c r="C26" s="37" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="37" t="s">
         <v>86</v>
       </c>
       <c r="E26" s="37"/>
       <c r="F26" s="37" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="37"/>
       <c r="H26" s="37"/>
       <c r="I26" s="37"/>
       <c r="J26" s="37"/>
       <c r="K26" s="37"/>
       <c r="L26" s="37"/>
       <c r="M26" s="37"/>
       <c r="N26" s="37"/>
       <c r="O26" s="37"/>
       <c r="P26" s="37"/>
       <c r="Q26" s="37"/>
       <c r="R26" s="37"/>
       <c r="S26" s="37"/>
       <c r="T26" s="37"/>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A27" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D27" s="11" t="s">
+      <c r="A27" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D27" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="E27" s="11"/>
-      <c r="F27" s="11" t="s">
+      <c r="E27" s="12"/>
+      <c r="F27" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G27" s="11"/>
-[...12 lines deleted...]
-      <c r="T27" s="11"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+      <c r="M27" s="12"/>
+      <c r="N27" s="12"/>
+      <c r="O27" s="12"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="12"/>
+      <c r="R27" s="12"/>
+      <c r="S27" s="12"/>
+      <c r="T27" s="12"/>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A28" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D28" s="11" t="s">
+      <c r="A28" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B28" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D28" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="E28" s="11"/>
-      <c r="F28" s="11" t="s">
+      <c r="E28" s="12"/>
+      <c r="F28" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G28" s="11"/>
-[...12 lines deleted...]
-      <c r="T28" s="11"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
+      <c r="N28" s="12"/>
+      <c r="O28" s="12"/>
+      <c r="P28" s="12"/>
+      <c r="Q28" s="12"/>
+      <c r="R28" s="12"/>
+      <c r="S28" s="12"/>
+      <c r="T28" s="12"/>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A29" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D29" s="11" t="s">
+      <c r="A29" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B29" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D29" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="E29" s="11"/>
-      <c r="F29" s="11" t="s">
+      <c r="E29" s="12"/>
+      <c r="F29" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G29" s="11"/>
-[...12 lines deleted...]
-      <c r="T29" s="11"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="12"/>
+      <c r="M29" s="12"/>
+      <c r="N29" s="12"/>
+      <c r="O29" s="12"/>
+      <c r="P29" s="12"/>
+      <c r="Q29" s="12"/>
+      <c r="R29" s="12"/>
+      <c r="S29" s="12"/>
+      <c r="T29" s="12"/>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A30" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D30" s="11" t="s">
+      <c r="A30" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B30" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D30" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E30" s="11" t="s">
+      <c r="E30" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F30" s="11" t="s">
+      <c r="F30" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G30" s="11"/>
-[...12 lines deleted...]
-      <c r="T30" s="11"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12"/>
+      <c r="L30" s="12"/>
+      <c r="M30" s="12"/>
+      <c r="N30" s="12"/>
+      <c r="O30" s="12"/>
+      <c r="P30" s="12"/>
+      <c r="Q30" s="12"/>
+      <c r="R30" s="12"/>
+      <c r="S30" s="12"/>
+      <c r="T30" s="12"/>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A31" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D31" s="9" t="s">
+      <c r="A31" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D31" s="10" t="s">
         <v>99</v>
       </c>
-      <c r="E31" s="9"/>
-      <c r="F31" s="9" t="s">
+      <c r="E31" s="10"/>
+      <c r="F31" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G31" s="9"/>
-[...12 lines deleted...]
-      <c r="T31" s="9"/>
+      <c r="G31" s="10"/>
+      <c r="H31" s="10"/>
+      <c r="I31" s="10"/>
+      <c r="J31" s="10"/>
+      <c r="K31" s="10"/>
+      <c r="L31" s="10"/>
+      <c r="M31" s="10"/>
+      <c r="N31" s="10"/>
+      <c r="O31" s="10"/>
+      <c r="P31" s="10"/>
+      <c r="Q31" s="10"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="10"/>
+      <c r="T31" s="10"/>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A32" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D32" s="11" t="s">
+      <c r="A32" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D32" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="E32" s="11"/>
-      <c r="F32" s="11" t="s">
+      <c r="E32" s="12"/>
+      <c r="F32" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G32" s="11"/>
-[...12 lines deleted...]
-      <c r="T32" s="11"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="12"/>
+      <c r="K32" s="12"/>
+      <c r="L32" s="12"/>
+      <c r="M32" s="12"/>
+      <c r="N32" s="12"/>
+      <c r="O32" s="12"/>
+      <c r="P32" s="12"/>
+      <c r="Q32" s="12"/>
+      <c r="R32" s="12"/>
+      <c r="S32" s="12"/>
+      <c r="T32" s="12"/>
     </row>
     <row r="33" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A33" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D33" s="11" t="s">
+      <c r="A33" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B33" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D33" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="E33" s="11"/>
-      <c r="F33" s="11" t="s">
+      <c r="E33" s="12"/>
+      <c r="F33" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G33" s="11"/>
-[...12 lines deleted...]
-      <c r="T33" s="11"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="12"/>
+      <c r="J33" s="12"/>
+      <c r="K33" s="12"/>
+      <c r="L33" s="12"/>
+      <c r="M33" s="12"/>
+      <c r="N33" s="12"/>
+      <c r="O33" s="12"/>
+      <c r="P33" s="12"/>
+      <c r="Q33" s="12"/>
+      <c r="R33" s="12"/>
+      <c r="S33" s="12"/>
+      <c r="T33" s="12"/>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A34" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D34" s="11" t="s">
+      <c r="A34" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B34" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D34" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="E34" s="11"/>
-      <c r="F34" s="11" t="s">
+      <c r="E34" s="12"/>
+      <c r="F34" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G34" s="11"/>
-[...12 lines deleted...]
-      <c r="T34" s="11"/>
+      <c r="G34" s="12"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="12"/>
+      <c r="K34" s="12"/>
+      <c r="L34" s="12"/>
+      <c r="M34" s="12"/>
+      <c r="N34" s="12"/>
+      <c r="O34" s="12"/>
+      <c r="P34" s="12"/>
+      <c r="Q34" s="12"/>
+      <c r="R34" s="12"/>
+      <c r="S34" s="12"/>
+      <c r="T34" s="12"/>
     </row>
     <row r="35" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A35" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D35" s="11" t="s">
+      <c r="A35" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D35" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="E35" s="11"/>
-      <c r="F35" s="11" t="s">
+      <c r="E35" s="12"/>
+      <c r="F35" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G35" s="11"/>
-[...12 lines deleted...]
-      <c r="T35" s="11"/>
+      <c r="G35" s="12"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="12"/>
+      <c r="J35" s="12"/>
+      <c r="K35" s="12"/>
+      <c r="L35" s="12"/>
+      <c r="M35" s="12"/>
+      <c r="N35" s="12"/>
+      <c r="O35" s="12"/>
+      <c r="P35" s="12"/>
+      <c r="Q35" s="12"/>
+      <c r="R35" s="12"/>
+      <c r="S35" s="12"/>
+      <c r="T35" s="12"/>
     </row>
     <row r="36" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A36" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D36" s="11" t="s">
+      <c r="A36" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B36" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D36" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E36" s="11" t="s">
+      <c r="E36" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F36" s="11" t="s">
+      <c r="F36" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G36" s="11"/>
-[...12 lines deleted...]
-      <c r="T36" s="11"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="12"/>
+      <c r="K36" s="12"/>
+      <c r="L36" s="12"/>
+      <c r="M36" s="12"/>
+      <c r="N36" s="12"/>
+      <c r="O36" s="12"/>
+      <c r="P36" s="12"/>
+      <c r="Q36" s="12"/>
+      <c r="R36" s="12"/>
+      <c r="S36" s="12"/>
+      <c r="T36" s="12"/>
     </row>
     <row r="37" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A37" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D37" s="9" t="s">
+      <c r="A37" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D37" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="E37" s="9"/>
-      <c r="F37" s="9" t="s">
+      <c r="E37" s="10"/>
+      <c r="F37" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G37" s="9"/>
-[...12 lines deleted...]
-      <c r="T37" s="9"/>
+      <c r="G37" s="10"/>
+      <c r="H37" s="10"/>
+      <c r="I37" s="10"/>
+      <c r="J37" s="10"/>
+      <c r="K37" s="10"/>
+      <c r="L37" s="10"/>
+      <c r="M37" s="10"/>
+      <c r="N37" s="10"/>
+      <c r="O37" s="10"/>
+      <c r="P37" s="10"/>
+      <c r="Q37" s="10"/>
+      <c r="R37" s="10"/>
+      <c r="S37" s="10"/>
+      <c r="T37" s="10"/>
     </row>
     <row r="38" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A38" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D38" s="11" t="s">
+      <c r="A38" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B38" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D38" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="E38" s="11"/>
-      <c r="F38" s="11" t="s">
+      <c r="E38" s="12"/>
+      <c r="F38" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G38" s="11"/>
-[...12 lines deleted...]
-      <c r="T38" s="11"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="12"/>
+      <c r="J38" s="12"/>
+      <c r="K38" s="12"/>
+      <c r="L38" s="12"/>
+      <c r="M38" s="12"/>
+      <c r="N38" s="12"/>
+      <c r="O38" s="12"/>
+      <c r="P38" s="12"/>
+      <c r="Q38" s="12"/>
+      <c r="R38" s="12"/>
+      <c r="S38" s="12"/>
+      <c r="T38" s="12"/>
     </row>
     <row r="39" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A39" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D39" s="11" t="s">
+      <c r="A39" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B39" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D39" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="E39" s="11"/>
-      <c r="F39" s="11" t="s">
+      <c r="E39" s="12"/>
+      <c r="F39" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G39" s="11"/>
-[...12 lines deleted...]
-      <c r="T39" s="11"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="12"/>
+      <c r="K39" s="12"/>
+      <c r="L39" s="12"/>
+      <c r="M39" s="12"/>
+      <c r="N39" s="12"/>
+      <c r="O39" s="12"/>
+      <c r="P39" s="12"/>
+      <c r="Q39" s="12"/>
+      <c r="R39" s="12"/>
+      <c r="S39" s="12"/>
+      <c r="T39" s="12"/>
     </row>
     <row r="40" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A40" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D40" s="11" t="s">
+      <c r="A40" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B40" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C40" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D40" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="E40" s="11"/>
-      <c r="F40" s="11" t="s">
+      <c r="E40" s="12"/>
+      <c r="F40" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G40" s="11"/>
-[...12 lines deleted...]
-      <c r="T40" s="11"/>
+      <c r="G40" s="12"/>
+      <c r="H40" s="12"/>
+      <c r="I40" s="12"/>
+      <c r="J40" s="12"/>
+      <c r="K40" s="12"/>
+      <c r="L40" s="12"/>
+      <c r="M40" s="12"/>
+      <c r="N40" s="12"/>
+      <c r="O40" s="12"/>
+      <c r="P40" s="12"/>
+      <c r="Q40" s="12"/>
+      <c r="R40" s="12"/>
+      <c r="S40" s="12"/>
+      <c r="T40" s="12"/>
     </row>
     <row r="41" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A41" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D41" s="11" t="s">
+      <c r="A41" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B41" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C41" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D41" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E41" s="11" t="s">
+      <c r="E41" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F41" s="11" t="s">
+      <c r="F41" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G41" s="11"/>
-[...12 lines deleted...]
-      <c r="T41" s="11"/>
+      <c r="G41" s="12"/>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+      <c r="J41" s="12"/>
+      <c r="K41" s="12"/>
+      <c r="L41" s="12"/>
+      <c r="M41" s="12"/>
+      <c r="N41" s="12"/>
+      <c r="O41" s="12"/>
+      <c r="P41" s="12"/>
+      <c r="Q41" s="12"/>
+      <c r="R41" s="12"/>
+      <c r="S41" s="12"/>
+      <c r="T41" s="12"/>
     </row>
     <row r="42" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A42" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D42" s="9" t="s">
+      <c r="A42" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="E42" s="9"/>
-      <c r="F42" s="9" t="s">
+      <c r="E42" s="10"/>
+      <c r="F42" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G42" s="9"/>
-[...12 lines deleted...]
-      <c r="T42" s="9"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
+      <c r="O42" s="10"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10"/>
+      <c r="S42" s="10"/>
+      <c r="T42" s="10"/>
     </row>
     <row r="43" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A43" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D43" s="11" t="s">
+      <c r="A43" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B43" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C43" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D43" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="E43" s="11"/>
-      <c r="F43" s="11" t="s">
+      <c r="E43" s="12"/>
+      <c r="F43" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G43" s="11"/>
-[...12 lines deleted...]
-      <c r="T43" s="11"/>
+      <c r="G43" s="12"/>
+      <c r="H43" s="12"/>
+      <c r="I43" s="12"/>
+      <c r="J43" s="12"/>
+      <c r="K43" s="12"/>
+      <c r="L43" s="12"/>
+      <c r="M43" s="12"/>
+      <c r="N43" s="12"/>
+      <c r="O43" s="12"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="12"/>
+      <c r="S43" s="12"/>
+      <c r="T43" s="12"/>
     </row>
     <row r="44" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A44" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D44" s="11" t="s">
+      <c r="A44" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B44" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D44" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="E44" s="11"/>
-      <c r="F44" s="11" t="s">
+      <c r="E44" s="12"/>
+      <c r="F44" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G44" s="11"/>
-[...12 lines deleted...]
-      <c r="T44" s="11"/>
+      <c r="G44" s="12"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="12"/>
+      <c r="L44" s="12"/>
+      <c r="M44" s="12"/>
+      <c r="N44" s="12"/>
+      <c r="O44" s="12"/>
+      <c r="P44" s="12"/>
+      <c r="Q44" s="12"/>
+      <c r="R44" s="12"/>
+      <c r="S44" s="12"/>
+      <c r="T44" s="12"/>
     </row>
     <row r="45" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A45" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D45" s="11" t="s">
+      <c r="A45" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B45" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D45" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="E45" s="11"/>
-      <c r="F45" s="11" t="s">
+      <c r="E45" s="12"/>
+      <c r="F45" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G45" s="11"/>
-[...12 lines deleted...]
-      <c r="T45" s="11"/>
+      <c r="G45" s="12"/>
+      <c r="H45" s="12"/>
+      <c r="I45" s="12"/>
+      <c r="J45" s="12"/>
+      <c r="K45" s="12"/>
+      <c r="L45" s="12"/>
+      <c r="M45" s="12"/>
+      <c r="N45" s="12"/>
+      <c r="O45" s="12"/>
+      <c r="P45" s="12"/>
+      <c r="Q45" s="12"/>
+      <c r="R45" s="12"/>
+      <c r="S45" s="12"/>
+      <c r="T45" s="12"/>
     </row>
     <row r="46" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A46" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D46" s="11" t="s">
+      <c r="A46" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B46" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="E46" s="11"/>
-      <c r="F46" s="11" t="s">
+      <c r="E46" s="12"/>
+      <c r="F46" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G46" s="11"/>
-[...12 lines deleted...]
-      <c r="T46" s="11"/>
+      <c r="G46" s="12"/>
+      <c r="H46" s="12"/>
+      <c r="I46" s="12"/>
+      <c r="J46" s="12"/>
+      <c r="K46" s="12"/>
+      <c r="L46" s="12"/>
+      <c r="M46" s="12"/>
+      <c r="N46" s="12"/>
+      <c r="O46" s="12"/>
+      <c r="P46" s="12"/>
+      <c r="Q46" s="12"/>
+      <c r="R46" s="12"/>
+      <c r="S46" s="12"/>
+      <c r="T46" s="12"/>
     </row>
     <row r="47" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A47" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D47" s="11" t="s">
+      <c r="A47" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B47" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="E47" s="11"/>
-      <c r="F47" s="11" t="s">
+      <c r="E47" s="12"/>
+      <c r="F47" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G47" s="11"/>
-[...12 lines deleted...]
-      <c r="T47" s="11"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
+      <c r="O47" s="12"/>
+      <c r="P47" s="12"/>
+      <c r="Q47" s="12"/>
+      <c r="R47" s="12"/>
+      <c r="S47" s="12"/>
+      <c r="T47" s="12"/>
     </row>
     <row r="48" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A48" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D48" s="11" t="s">
+      <c r="A48" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B48" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="E48" s="11"/>
-      <c r="F48" s="11" t="s">
+      <c r="E48" s="12"/>
+      <c r="F48" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G48" s="11"/>
-[...12 lines deleted...]
-      <c r="T48" s="11"/>
+      <c r="G48" s="12"/>
+      <c r="H48" s="12"/>
+      <c r="I48" s="12"/>
+      <c r="J48" s="12"/>
+      <c r="K48" s="12"/>
+      <c r="L48" s="12"/>
+      <c r="M48" s="12"/>
+      <c r="N48" s="12"/>
+      <c r="O48" s="12"/>
+      <c r="P48" s="12"/>
+      <c r="Q48" s="12"/>
+      <c r="R48" s="12"/>
+      <c r="S48" s="12"/>
+      <c r="T48" s="12"/>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A49" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D49" s="11" t="s">
+      <c r="A49" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B49" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C49" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D49" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E49" s="11" t="s">
+      <c r="E49" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F49" s="11" t="s">
+      <c r="F49" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G49" s="11"/>
-[...12 lines deleted...]
-      <c r="T49" s="11"/>
+      <c r="G49" s="12"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
+      <c r="J49" s="12"/>
+      <c r="K49" s="12"/>
+      <c r="L49" s="12"/>
+      <c r="M49" s="12"/>
+      <c r="N49" s="12"/>
+      <c r="O49" s="12"/>
+      <c r="P49" s="12"/>
+      <c r="Q49" s="12"/>
+      <c r="R49" s="12"/>
+      <c r="S49" s="12"/>
+      <c r="T49" s="12"/>
     </row>
     <row r="50" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A50" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D50" s="9" t="s">
+      <c r="A50" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D50" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="E50" s="9"/>
-      <c r="F50" s="9" t="s">
+      <c r="E50" s="10"/>
+      <c r="F50" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G50" s="9"/>
-[...12 lines deleted...]
-      <c r="T50" s="9"/>
+      <c r="G50" s="10"/>
+      <c r="H50" s="10"/>
+      <c r="I50" s="10"/>
+      <c r="J50" s="10"/>
+      <c r="K50" s="10"/>
+      <c r="L50" s="10"/>
+      <c r="M50" s="10"/>
+      <c r="N50" s="10"/>
+      <c r="O50" s="10"/>
+      <c r="P50" s="10"/>
+      <c r="Q50" s="10"/>
+      <c r="R50" s="10"/>
+      <c r="S50" s="10"/>
+      <c r="T50" s="10"/>
     </row>
     <row r="51" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A51" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D51" s="11" t="s">
+      <c r="A51" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D51" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="E51" s="11"/>
-      <c r="F51" s="11" t="s">
+      <c r="E51" s="12"/>
+      <c r="F51" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G51" s="11"/>
-[...12 lines deleted...]
-      <c r="T51" s="11"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12"/>
+      <c r="L51" s="12"/>
+      <c r="M51" s="12"/>
+      <c r="N51" s="12"/>
+      <c r="O51" s="12"/>
+      <c r="P51" s="12"/>
+      <c r="Q51" s="12"/>
+      <c r="R51" s="12"/>
+      <c r="S51" s="12"/>
+      <c r="T51" s="12"/>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A52" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D52" s="11" t="s">
+      <c r="A52" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B52" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D52" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="E52" s="11"/>
-      <c r="F52" s="11" t="s">
+      <c r="E52" s="12"/>
+      <c r="F52" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G52" s="11"/>
-[...12 lines deleted...]
-      <c r="T52" s="11"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+      <c r="J52" s="12"/>
+      <c r="K52" s="12"/>
+      <c r="L52" s="12"/>
+      <c r="M52" s="12"/>
+      <c r="N52" s="12"/>
+      <c r="O52" s="12"/>
+      <c r="P52" s="12"/>
+      <c r="Q52" s="12"/>
+      <c r="R52" s="12"/>
+      <c r="S52" s="12"/>
+      <c r="T52" s="12"/>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A53" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D53" s="11" t="s">
+      <c r="A53" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B53" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C53" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D53" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="E53" s="11"/>
-      <c r="F53" s="11" t="s">
+      <c r="E53" s="12"/>
+      <c r="F53" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G53" s="11"/>
-[...12 lines deleted...]
-      <c r="T53" s="11"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12"/>
+      <c r="J53" s="12"/>
+      <c r="K53" s="12"/>
+      <c r="L53" s="12"/>
+      <c r="M53" s="12"/>
+      <c r="N53" s="12"/>
+      <c r="O53" s="12"/>
+      <c r="P53" s="12"/>
+      <c r="Q53" s="12"/>
+      <c r="R53" s="12"/>
+      <c r="S53" s="12"/>
+      <c r="T53" s="12"/>
     </row>
     <row r="54" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A54" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D54" s="11" t="s">
+      <c r="A54" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B54" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C54" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D54" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E54" s="11" t="s">
+      <c r="E54" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F54" s="11" t="s">
+      <c r="F54" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G54" s="11"/>
-[...12 lines deleted...]
-      <c r="T54" s="11"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+      <c r="I54" s="12"/>
+      <c r="J54" s="12"/>
+      <c r="K54" s="12"/>
+      <c r="L54" s="12"/>
+      <c r="M54" s="12"/>
+      <c r="N54" s="12"/>
+      <c r="O54" s="12"/>
+      <c r="P54" s="12"/>
+      <c r="Q54" s="12"/>
+      <c r="R54" s="12"/>
+      <c r="S54" s="12"/>
+      <c r="T54" s="12"/>
     </row>
     <row r="55" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A55" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D55" s="9" t="s">
+      <c r="A55" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D55" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="E55" s="9"/>
-      <c r="F55" s="9" t="s">
+      <c r="E55" s="10"/>
+      <c r="F55" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G55" s="9"/>
-[...12 lines deleted...]
-      <c r="T55" s="9"/>
+      <c r="G55" s="10"/>
+      <c r="H55" s="10"/>
+      <c r="I55" s="10"/>
+      <c r="J55" s="10"/>
+      <c r="K55" s="10"/>
+      <c r="L55" s="10"/>
+      <c r="M55" s="10"/>
+      <c r="N55" s="10"/>
+      <c r="O55" s="10"/>
+      <c r="P55" s="10"/>
+      <c r="Q55" s="10"/>
+      <c r="R55" s="10"/>
+      <c r="S55" s="10"/>
+      <c r="T55" s="10"/>
     </row>
     <row r="56" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A56" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D56" s="11" t="s">
+      <c r="A56" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B56" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D56" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="E56" s="11"/>
-      <c r="F56" s="11" t="s">
+      <c r="E56" s="12"/>
+      <c r="F56" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G56" s="11"/>
-[...12 lines deleted...]
-      <c r="T56" s="11"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+      <c r="J56" s="12"/>
+      <c r="K56" s="12"/>
+      <c r="L56" s="12"/>
+      <c r="M56" s="12"/>
+      <c r="N56" s="12"/>
+      <c r="O56" s="12"/>
+      <c r="P56" s="12"/>
+      <c r="Q56" s="12"/>
+      <c r="R56" s="12"/>
+      <c r="S56" s="12"/>
+      <c r="T56" s="12"/>
     </row>
     <row r="57" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A57" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D57" s="11" t="s">
+      <c r="A57" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B57" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D57" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="E57" s="11"/>
-      <c r="F57" s="11" t="s">
+      <c r="E57" s="12"/>
+      <c r="F57" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G57" s="11"/>
-[...12 lines deleted...]
-      <c r="T57" s="11"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+      <c r="J57" s="12"/>
+      <c r="K57" s="12"/>
+      <c r="L57" s="12"/>
+      <c r="M57" s="12"/>
+      <c r="N57" s="12"/>
+      <c r="O57" s="12"/>
+      <c r="P57" s="12"/>
+      <c r="Q57" s="12"/>
+      <c r="R57" s="12"/>
+      <c r="S57" s="12"/>
+      <c r="T57" s="12"/>
     </row>
     <row r="58" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A58" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D58" s="11" t="s">
+      <c r="A58" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B58" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C58" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D58" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="E58" s="11"/>
-      <c r="F58" s="11" t="s">
+      <c r="E58" s="12"/>
+      <c r="F58" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G58" s="11"/>
-[...12 lines deleted...]
-      <c r="T58" s="11"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+      <c r="J58" s="12"/>
+      <c r="K58" s="12"/>
+      <c r="L58" s="12"/>
+      <c r="M58" s="12"/>
+      <c r="N58" s="12"/>
+      <c r="O58" s="12"/>
+      <c r="P58" s="12"/>
+      <c r="Q58" s="12"/>
+      <c r="R58" s="12"/>
+      <c r="S58" s="12"/>
+      <c r="T58" s="12"/>
     </row>
     <row r="59" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A59" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D59" s="11" t="s">
+      <c r="A59" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B59" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C59" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D59" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="E59" s="11"/>
-      <c r="F59" s="11" t="s">
+      <c r="E59" s="12"/>
+      <c r="F59" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G59" s="11"/>
-[...12 lines deleted...]
-      <c r="T59" s="11"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="12"/>
+      <c r="I59" s="12"/>
+      <c r="J59" s="12"/>
+      <c r="K59" s="12"/>
+      <c r="L59" s="12"/>
+      <c r="M59" s="12"/>
+      <c r="N59" s="12"/>
+      <c r="O59" s="12"/>
+      <c r="P59" s="12"/>
+      <c r="Q59" s="12"/>
+      <c r="R59" s="12"/>
+      <c r="S59" s="12"/>
+      <c r="T59" s="12"/>
     </row>
     <row r="60" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A60" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D60" s="11" t="s">
+      <c r="A60" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B60" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D60" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="E60" s="11"/>
-      <c r="F60" s="11" t="s">
+      <c r="E60" s="12"/>
+      <c r="F60" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G60" s="11"/>
-[...12 lines deleted...]
-      <c r="T60" s="11"/>
+      <c r="G60" s="12"/>
+      <c r="H60" s="12"/>
+      <c r="I60" s="12"/>
+      <c r="J60" s="12"/>
+      <c r="K60" s="12"/>
+      <c r="L60" s="12"/>
+      <c r="M60" s="12"/>
+      <c r="N60" s="12"/>
+      <c r="O60" s="12"/>
+      <c r="P60" s="12"/>
+      <c r="Q60" s="12"/>
+      <c r="R60" s="12"/>
+      <c r="S60" s="12"/>
+      <c r="T60" s="12"/>
     </row>
     <row r="61" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A61" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D61" s="11" t="s">
+      <c r="A61" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B61" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D61" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E61" s="11" t="s">
+      <c r="E61" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F61" s="11" t="s">
+      <c r="F61" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G61" s="11"/>
-[...12 lines deleted...]
-      <c r="T61" s="11"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="12"/>
+      <c r="I61" s="12"/>
+      <c r="J61" s="12"/>
+      <c r="K61" s="12"/>
+      <c r="L61" s="12"/>
+      <c r="M61" s="12"/>
+      <c r="N61" s="12"/>
+      <c r="O61" s="12"/>
+      <c r="P61" s="12"/>
+      <c r="Q61" s="12"/>
+      <c r="R61" s="12"/>
+      <c r="S61" s="12"/>
+      <c r="T61" s="12"/>
     </row>
     <row r="62" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A62" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D62" s="9" t="s">
+      <c r="A62" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D62" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="E62" s="9"/>
-      <c r="F62" s="9" t="s">
+      <c r="E62" s="10"/>
+      <c r="F62" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G62" s="9"/>
-[...12 lines deleted...]
-      <c r="T62" s="9"/>
+      <c r="G62" s="10"/>
+      <c r="H62" s="10"/>
+      <c r="I62" s="10"/>
+      <c r="J62" s="10"/>
+      <c r="K62" s="10"/>
+      <c r="L62" s="10"/>
+      <c r="M62" s="10"/>
+      <c r="N62" s="10"/>
+      <c r="O62" s="10"/>
+      <c r="P62" s="10"/>
+      <c r="Q62" s="10"/>
+      <c r="R62" s="10"/>
+      <c r="S62" s="10"/>
+      <c r="T62" s="10"/>
     </row>
     <row r="63" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A63" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D63" s="11" t="s">
+      <c r="A63" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B63" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D63" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="E63" s="11"/>
-      <c r="F63" s="11" t="s">
+      <c r="E63" s="12"/>
+      <c r="F63" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G63" s="11"/>
-[...12 lines deleted...]
-      <c r="T63" s="11"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="12"/>
+      <c r="I63" s="12"/>
+      <c r="J63" s="12"/>
+      <c r="K63" s="12"/>
+      <c r="L63" s="12"/>
+      <c r="M63" s="12"/>
+      <c r="N63" s="12"/>
+      <c r="O63" s="12"/>
+      <c r="P63" s="12"/>
+      <c r="Q63" s="12"/>
+      <c r="R63" s="12"/>
+      <c r="S63" s="12"/>
+      <c r="T63" s="12"/>
     </row>
     <row r="64" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A64" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D64" s="11" t="s">
+      <c r="A64" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B64" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D64" s="12" t="s">
         <v>188</v>
       </c>
-      <c r="E64" s="11"/>
-      <c r="F64" s="11" t="s">
+      <c r="E64" s="12"/>
+      <c r="F64" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G64" s="11"/>
-[...12 lines deleted...]
-      <c r="T64" s="11"/>
+      <c r="G64" s="12"/>
+      <c r="H64" s="12"/>
+      <c r="I64" s="12"/>
+      <c r="J64" s="12"/>
+      <c r="K64" s="12"/>
+      <c r="L64" s="12"/>
+      <c r="M64" s="12"/>
+      <c r="N64" s="12"/>
+      <c r="O64" s="12"/>
+      <c r="P64" s="12"/>
+      <c r="Q64" s="12"/>
+      <c r="R64" s="12"/>
+      <c r="S64" s="12"/>
+      <c r="T64" s="12"/>
     </row>
     <row r="65" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A65" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D65" s="11" t="s">
+      <c r="A65" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B65" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D65" s="12" t="s">
         <v>191</v>
       </c>
-      <c r="E65" s="11"/>
-      <c r="F65" s="11" t="s">
+      <c r="E65" s="12"/>
+      <c r="F65" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G65" s="11"/>
-[...12 lines deleted...]
-      <c r="T65" s="11"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+      <c r="J65" s="12"/>
+      <c r="K65" s="12"/>
+      <c r="L65" s="12"/>
+      <c r="M65" s="12"/>
+      <c r="N65" s="12"/>
+      <c r="O65" s="12"/>
+      <c r="P65" s="12"/>
+      <c r="Q65" s="12"/>
+      <c r="R65" s="12"/>
+      <c r="S65" s="12"/>
+      <c r="T65" s="12"/>
     </row>
     <row r="66" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A66" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D66" s="11" t="s">
+      <c r="A66" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B66" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D66" s="12" t="s">
         <v>194</v>
       </c>
-      <c r="E66" s="11"/>
-      <c r="F66" s="11" t="s">
+      <c r="E66" s="12"/>
+      <c r="F66" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G66" s="11"/>
-[...12 lines deleted...]
-      <c r="T66" s="11"/>
+      <c r="G66" s="12"/>
+      <c r="H66" s="12"/>
+      <c r="I66" s="12"/>
+      <c r="J66" s="12"/>
+      <c r="K66" s="12"/>
+      <c r="L66" s="12"/>
+      <c r="M66" s="12"/>
+      <c r="N66" s="12"/>
+      <c r="O66" s="12"/>
+      <c r="P66" s="12"/>
+      <c r="Q66" s="12"/>
+      <c r="R66" s="12"/>
+      <c r="S66" s="12"/>
+      <c r="T66" s="12"/>
     </row>
     <row r="67" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A67" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D67" s="11" t="s">
+      <c r="A67" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B67" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D67" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E67" s="11" t="s">
+      <c r="E67" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F67" s="11" t="s">
+      <c r="F67" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G67" s="11"/>
-[...12 lines deleted...]
-      <c r="T67" s="11"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="12"/>
+      <c r="I67" s="12"/>
+      <c r="J67" s="12"/>
+      <c r="K67" s="12"/>
+      <c r="L67" s="12"/>
+      <c r="M67" s="12"/>
+      <c r="N67" s="12"/>
+      <c r="O67" s="12"/>
+      <c r="P67" s="12"/>
+      <c r="Q67" s="12"/>
+      <c r="R67" s="12"/>
+      <c r="S67" s="12"/>
+      <c r="T67" s="12"/>
     </row>
     <row r="68" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A68" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D68" s="9" t="s">
+      <c r="A68" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D68" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="E68" s="9"/>
-      <c r="F68" s="9" t="s">
+      <c r="E68" s="10"/>
+      <c r="F68" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G68" s="9"/>
-[...12 lines deleted...]
-      <c r="T68" s="9"/>
+      <c r="G68" s="10"/>
+      <c r="H68" s="10"/>
+      <c r="I68" s="10"/>
+      <c r="J68" s="10"/>
+      <c r="K68" s="10"/>
+      <c r="L68" s="10"/>
+      <c r="M68" s="10"/>
+      <c r="N68" s="10"/>
+      <c r="O68" s="10"/>
+      <c r="P68" s="10"/>
+      <c r="Q68" s="10"/>
+      <c r="R68" s="10"/>
+      <c r="S68" s="10"/>
+      <c r="T68" s="10"/>
     </row>
     <row r="69" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A69" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D69" s="11" t="s">
+      <c r="A69" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B69" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D69" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="E69" s="11"/>
-      <c r="F69" s="11" t="s">
+      <c r="E69" s="12"/>
+      <c r="F69" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G69" s="11"/>
-[...12 lines deleted...]
-      <c r="T69" s="11"/>
+      <c r="G69" s="12"/>
+      <c r="H69" s="12"/>
+      <c r="I69" s="12"/>
+      <c r="J69" s="12"/>
+      <c r="K69" s="12"/>
+      <c r="L69" s="12"/>
+      <c r="M69" s="12"/>
+      <c r="N69" s="12"/>
+      <c r="O69" s="12"/>
+      <c r="P69" s="12"/>
+      <c r="Q69" s="12"/>
+      <c r="R69" s="12"/>
+      <c r="S69" s="12"/>
+      <c r="T69" s="12"/>
     </row>
     <row r="70" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A70" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D70" s="11" t="s">
+      <c r="A70" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B70" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D70" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="E70" s="11"/>
-      <c r="F70" s="11" t="s">
+      <c r="E70" s="12"/>
+      <c r="F70" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G70" s="11"/>
-[...12 lines deleted...]
-      <c r="T70" s="11"/>
+      <c r="G70" s="12"/>
+      <c r="H70" s="12"/>
+      <c r="I70" s="12"/>
+      <c r="J70" s="12"/>
+      <c r="K70" s="12"/>
+      <c r="L70" s="12"/>
+      <c r="M70" s="12"/>
+      <c r="N70" s="12"/>
+      <c r="O70" s="12"/>
+      <c r="P70" s="12"/>
+      <c r="Q70" s="12"/>
+      <c r="R70" s="12"/>
+      <c r="S70" s="12"/>
+      <c r="T70" s="12"/>
     </row>
     <row r="71" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A71" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D71" s="11" t="s">
+      <c r="A71" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B71" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D71" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E71" s="11"/>
-      <c r="F71" s="11" t="s">
+      <c r="E71" s="12"/>
+      <c r="F71" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G71" s="11"/>
-[...12 lines deleted...]
-      <c r="T71" s="11"/>
+      <c r="G71" s="12"/>
+      <c r="H71" s="12"/>
+      <c r="I71" s="12"/>
+      <c r="J71" s="12"/>
+      <c r="K71" s="12"/>
+      <c r="L71" s="12"/>
+      <c r="M71" s="12"/>
+      <c r="N71" s="12"/>
+      <c r="O71" s="12"/>
+      <c r="P71" s="12"/>
+      <c r="Q71" s="12"/>
+      <c r="R71" s="12"/>
+      <c r="S71" s="12"/>
+      <c r="T71" s="12"/>
     </row>
     <row r="72" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A72" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D72" s="11" t="s">
+      <c r="A72" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B72" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D72" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="E72" s="11"/>
-      <c r="F72" s="11" t="s">
+      <c r="E72" s="12"/>
+      <c r="F72" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G72" s="11"/>
-[...12 lines deleted...]
-      <c r="T72" s="11"/>
+      <c r="G72" s="12"/>
+      <c r="H72" s="12"/>
+      <c r="I72" s="12"/>
+      <c r="J72" s="12"/>
+      <c r="K72" s="12"/>
+      <c r="L72" s="12"/>
+      <c r="M72" s="12"/>
+      <c r="N72" s="12"/>
+      <c r="O72" s="12"/>
+      <c r="P72" s="12"/>
+      <c r="Q72" s="12"/>
+      <c r="R72" s="12"/>
+      <c r="S72" s="12"/>
+      <c r="T72" s="12"/>
     </row>
     <row r="73" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A73" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D73" s="11" t="s">
+      <c r="A73" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B73" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="E73" s="11"/>
-      <c r="F73" s="11" t="s">
+      <c r="E73" s="12"/>
+      <c r="F73" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G73" s="11"/>
-[...12 lines deleted...]
-      <c r="T73" s="11"/>
+      <c r="G73" s="12"/>
+      <c r="H73" s="12"/>
+      <c r="I73" s="12"/>
+      <c r="J73" s="12"/>
+      <c r="K73" s="12"/>
+      <c r="L73" s="12"/>
+      <c r="M73" s="12"/>
+      <c r="N73" s="12"/>
+      <c r="O73" s="12"/>
+      <c r="P73" s="12"/>
+      <c r="Q73" s="12"/>
+      <c r="R73" s="12"/>
+      <c r="S73" s="12"/>
+      <c r="T73" s="12"/>
     </row>
     <row r="74" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A74" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D74" s="11" t="s">
+      <c r="A74" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B74" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="E74" s="11"/>
-      <c r="F74" s="11" t="s">
+      <c r="E74" s="12"/>
+      <c r="F74" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G74" s="11"/>
-[...12 lines deleted...]
-      <c r="T74" s="11"/>
+      <c r="G74" s="12"/>
+      <c r="H74" s="12"/>
+      <c r="I74" s="12"/>
+      <c r="J74" s="12"/>
+      <c r="K74" s="12"/>
+      <c r="L74" s="12"/>
+      <c r="M74" s="12"/>
+      <c r="N74" s="12"/>
+      <c r="O74" s="12"/>
+      <c r="P74" s="12"/>
+      <c r="Q74" s="12"/>
+      <c r="R74" s="12"/>
+      <c r="S74" s="12"/>
+      <c r="T74" s="12"/>
     </row>
     <row r="75" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A75" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D75" s="11" t="s">
+      <c r="A75" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B75" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D75" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E75" s="11" t="s">
+      <c r="E75" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F75" s="11" t="s">
+      <c r="F75" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G75" s="11"/>
-[...12 lines deleted...]
-      <c r="T75" s="11"/>
+      <c r="G75" s="12"/>
+      <c r="H75" s="12"/>
+      <c r="I75" s="12"/>
+      <c r="J75" s="12"/>
+      <c r="K75" s="12"/>
+      <c r="L75" s="12"/>
+      <c r="M75" s="12"/>
+      <c r="N75" s="12"/>
+      <c r="O75" s="12"/>
+      <c r="P75" s="12"/>
+      <c r="Q75" s="12"/>
+      <c r="R75" s="12"/>
+      <c r="S75" s="12"/>
+      <c r="T75" s="12"/>
     </row>
     <row r="76" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A76" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D76" s="9" t="s">
+      <c r="A76" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="E76" s="9"/>
-      <c r="F76" s="9" t="s">
+      <c r="E76" s="10"/>
+      <c r="F76" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G76" s="9"/>
-[...12 lines deleted...]
-      <c r="T76" s="9"/>
+      <c r="G76" s="10"/>
+      <c r="H76" s="10"/>
+      <c r="I76" s="10"/>
+      <c r="J76" s="10"/>
+      <c r="K76" s="10"/>
+      <c r="L76" s="10"/>
+      <c r="M76" s="10"/>
+      <c r="N76" s="10"/>
+      <c r="O76" s="10"/>
+      <c r="P76" s="10"/>
+      <c r="Q76" s="10"/>
+      <c r="R76" s="10"/>
+      <c r="S76" s="10"/>
+      <c r="T76" s="10"/>
     </row>
     <row r="77" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A77" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D77" s="11" t="s">
+      <c r="A77" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B77" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D77" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="E77" s="11"/>
-      <c r="F77" s="11" t="s">
+      <c r="E77" s="12"/>
+      <c r="F77" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G77" s="11"/>
-[...12 lines deleted...]
-      <c r="T77" s="11"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="12"/>
+      <c r="I77" s="12"/>
+      <c r="J77" s="12"/>
+      <c r="K77" s="12"/>
+      <c r="L77" s="12"/>
+      <c r="M77" s="12"/>
+      <c r="N77" s="12"/>
+      <c r="O77" s="12"/>
+      <c r="P77" s="12"/>
+      <c r="Q77" s="12"/>
+      <c r="R77" s="12"/>
+      <c r="S77" s="12"/>
+      <c r="T77" s="12"/>
     </row>
     <row r="78" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A78" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D78" s="11" t="s">
+      <c r="A78" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B78" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D78" s="12" t="s">
         <v>226</v>
       </c>
-      <c r="E78" s="11"/>
-      <c r="F78" s="11" t="s">
+      <c r="E78" s="12"/>
+      <c r="F78" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G78" s="11"/>
-[...12 lines deleted...]
-      <c r="T78" s="11"/>
+      <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
+      <c r="J78" s="12"/>
+      <c r="K78" s="12"/>
+      <c r="L78" s="12"/>
+      <c r="M78" s="12"/>
+      <c r="N78" s="12"/>
+      <c r="O78" s="12"/>
+      <c r="P78" s="12"/>
+      <c r="Q78" s="12"/>
+      <c r="R78" s="12"/>
+      <c r="S78" s="12"/>
+      <c r="T78" s="12"/>
     </row>
     <row r="79" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A79" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D79" s="11" t="s">
+      <c r="A79" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B79" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D79" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="E79" s="11"/>
-      <c r="F79" s="11" t="s">
+      <c r="E79" s="12"/>
+      <c r="F79" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G79" s="11"/>
-[...12 lines deleted...]
-      <c r="T79" s="11"/>
+      <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12"/>
+      <c r="L79" s="12"/>
+      <c r="M79" s="12"/>
+      <c r="N79" s="12"/>
+      <c r="O79" s="12"/>
+      <c r="P79" s="12"/>
+      <c r="Q79" s="12"/>
+      <c r="R79" s="12"/>
+      <c r="S79" s="12"/>
+      <c r="T79" s="12"/>
     </row>
     <row r="80" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A80" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D80" s="11" t="s">
+      <c r="A80" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B80" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D80" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E80" s="11" t="s">
+      <c r="E80" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F80" s="11" t="s">
+      <c r="F80" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G80" s="11"/>
-[...12 lines deleted...]
-      <c r="T80" s="11"/>
+      <c r="G80" s="12"/>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+      <c r="J80" s="12"/>
+      <c r="K80" s="12"/>
+      <c r="L80" s="12"/>
+      <c r="M80" s="12"/>
+      <c r="N80" s="12"/>
+      <c r="O80" s="12"/>
+      <c r="P80" s="12"/>
+      <c r="Q80" s="12"/>
+      <c r="R80" s="12"/>
+      <c r="S80" s="12"/>
+      <c r="T80" s="12"/>
     </row>
     <row r="81" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A81" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D81" s="9" t="s">
+      <c r="A81" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D81" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="E81" s="9"/>
-      <c r="F81" s="9" t="s">
+      <c r="E81" s="10"/>
+      <c r="F81" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G81" s="9"/>
-[...12 lines deleted...]
-      <c r="T81" s="9"/>
+      <c r="G81" s="10"/>
+      <c r="H81" s="10"/>
+      <c r="I81" s="10"/>
+      <c r="J81" s="10"/>
+      <c r="K81" s="10"/>
+      <c r="L81" s="10"/>
+      <c r="M81" s="10"/>
+      <c r="N81" s="10"/>
+      <c r="O81" s="10"/>
+      <c r="P81" s="10"/>
+      <c r="Q81" s="10"/>
+      <c r="R81" s="10"/>
+      <c r="S81" s="10"/>
+      <c r="T81" s="10"/>
     </row>
     <row r="82" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A82" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D82" s="11" t="s">
+      <c r="A82" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B82" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D82" s="12" t="s">
         <v>236</v>
       </c>
-      <c r="E82" s="11"/>
-      <c r="F82" s="11" t="s">
+      <c r="E82" s="12"/>
+      <c r="F82" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G82" s="11"/>
-[...12 lines deleted...]
-      <c r="T82" s="11"/>
+      <c r="G82" s="12"/>
+      <c r="H82" s="12"/>
+      <c r="I82" s="12"/>
+      <c r="J82" s="12"/>
+      <c r="K82" s="12"/>
+      <c r="L82" s="12"/>
+      <c r="M82" s="12"/>
+      <c r="N82" s="12"/>
+      <c r="O82" s="12"/>
+      <c r="P82" s="12"/>
+      <c r="Q82" s="12"/>
+      <c r="R82" s="12"/>
+      <c r="S82" s="12"/>
+      <c r="T82" s="12"/>
     </row>
     <row r="83" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A83" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D83" s="11" t="s">
+      <c r="A83" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B83" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D83" s="12" t="s">
         <v>239</v>
       </c>
-      <c r="E83" s="11"/>
-      <c r="F83" s="11" t="s">
+      <c r="E83" s="12"/>
+      <c r="F83" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G83" s="11"/>
-[...12 lines deleted...]
-      <c r="T83" s="11"/>
+      <c r="G83" s="12"/>
+      <c r="H83" s="12"/>
+      <c r="I83" s="12"/>
+      <c r="J83" s="12"/>
+      <c r="K83" s="12"/>
+      <c r="L83" s="12"/>
+      <c r="M83" s="12"/>
+      <c r="N83" s="12"/>
+      <c r="O83" s="12"/>
+      <c r="P83" s="12"/>
+      <c r="Q83" s="12"/>
+      <c r="R83" s="12"/>
+      <c r="S83" s="12"/>
+      <c r="T83" s="12"/>
     </row>
     <row r="84" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A84" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D84" s="11" t="s">
+      <c r="A84" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B84" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C84" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D84" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E84" s="11" t="s">
+      <c r="E84" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F84" s="11" t="s">
+      <c r="F84" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G84" s="11"/>
-[...12 lines deleted...]
-      <c r="T84" s="11"/>
+      <c r="G84" s="12"/>
+      <c r="H84" s="12"/>
+      <c r="I84" s="12"/>
+      <c r="J84" s="12"/>
+      <c r="K84" s="12"/>
+      <c r="L84" s="12"/>
+      <c r="M84" s="12"/>
+      <c r="N84" s="12"/>
+      <c r="O84" s="12"/>
+      <c r="P84" s="12"/>
+      <c r="Q84" s="12"/>
+      <c r="R84" s="12"/>
+      <c r="S84" s="12"/>
+      <c r="T84" s="12"/>
     </row>
     <row r="85" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A85" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D85" s="9" t="s">
+      <c r="A85" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D85" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="E85" s="9"/>
-      <c r="F85" s="9" t="s">
+      <c r="E85" s="10"/>
+      <c r="F85" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G85" s="9"/>
-[...12 lines deleted...]
-      <c r="T85" s="9"/>
+      <c r="G85" s="10"/>
+      <c r="H85" s="10"/>
+      <c r="I85" s="10"/>
+      <c r="J85" s="10"/>
+      <c r="K85" s="10"/>
+      <c r="L85" s="10"/>
+      <c r="M85" s="10"/>
+      <c r="N85" s="10"/>
+      <c r="O85" s="10"/>
+      <c r="P85" s="10"/>
+      <c r="Q85" s="10"/>
+      <c r="R85" s="10"/>
+      <c r="S85" s="10"/>
+      <c r="T85" s="10"/>
     </row>
     <row r="86" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A86" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D86" s="11" t="s">
+      <c r="A86" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B86" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C86" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D86" s="12" t="s">
         <v>246</v>
       </c>
-      <c r="E86" s="11"/>
-      <c r="F86" s="11" t="s">
+      <c r="E86" s="12"/>
+      <c r="F86" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G86" s="11"/>
-[...12 lines deleted...]
-      <c r="T86" s="11"/>
+      <c r="G86" s="12"/>
+      <c r="H86" s="12"/>
+      <c r="I86" s="12"/>
+      <c r="J86" s="12"/>
+      <c r="K86" s="12"/>
+      <c r="L86" s="12"/>
+      <c r="M86" s="12"/>
+      <c r="N86" s="12"/>
+      <c r="O86" s="12"/>
+      <c r="P86" s="12"/>
+      <c r="Q86" s="12"/>
+      <c r="R86" s="12"/>
+      <c r="S86" s="12"/>
+      <c r="T86" s="12"/>
     </row>
     <row r="87" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A87" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D87" s="11" t="s">
+      <c r="A87" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B87" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C87" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D87" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="E87" s="11"/>
-      <c r="F87" s="11" t="s">
+      <c r="E87" s="12"/>
+      <c r="F87" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G87" s="11"/>
-[...12 lines deleted...]
-      <c r="T87" s="11"/>
+      <c r="G87" s="12"/>
+      <c r="H87" s="12"/>
+      <c r="I87" s="12"/>
+      <c r="J87" s="12"/>
+      <c r="K87" s="12"/>
+      <c r="L87" s="12"/>
+      <c r="M87" s="12"/>
+      <c r="N87" s="12"/>
+      <c r="O87" s="12"/>
+      <c r="P87" s="12"/>
+      <c r="Q87" s="12"/>
+      <c r="R87" s="12"/>
+      <c r="S87" s="12"/>
+      <c r="T87" s="12"/>
     </row>
     <row r="88" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A88" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D88" s="11" t="s">
+      <c r="A88" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B88" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C88" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D88" s="12" t="s">
         <v>252</v>
       </c>
-      <c r="E88" s="11"/>
-      <c r="F88" s="11" t="s">
+      <c r="E88" s="12"/>
+      <c r="F88" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G88" s="11"/>
-[...12 lines deleted...]
-      <c r="T88" s="11"/>
+      <c r="G88" s="12"/>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+      <c r="J88" s="12"/>
+      <c r="K88" s="12"/>
+      <c r="L88" s="12"/>
+      <c r="M88" s="12"/>
+      <c r="N88" s="12"/>
+      <c r="O88" s="12"/>
+      <c r="P88" s="12"/>
+      <c r="Q88" s="12"/>
+      <c r="R88" s="12"/>
+      <c r="S88" s="12"/>
+      <c r="T88" s="12"/>
     </row>
     <row r="89" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A89" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D89" s="11" t="s">
+      <c r="A89" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B89" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D89" s="12" t="s">
         <v>255</v>
       </c>
-      <c r="E89" s="11"/>
-      <c r="F89" s="11" t="s">
+      <c r="E89" s="12"/>
+      <c r="F89" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G89" s="11"/>
-[...12 lines deleted...]
-      <c r="T89" s="11"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+      <c r="J89" s="12"/>
+      <c r="K89" s="12"/>
+      <c r="L89" s="12"/>
+      <c r="M89" s="12"/>
+      <c r="N89" s="12"/>
+      <c r="O89" s="12"/>
+      <c r="P89" s="12"/>
+      <c r="Q89" s="12"/>
+      <c r="R89" s="12"/>
+      <c r="S89" s="12"/>
+      <c r="T89" s="12"/>
     </row>
     <row r="90" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A90" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D90" s="11" t="s">
+      <c r="A90" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B90" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D90" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="E90" s="11"/>
-      <c r="F90" s="11" t="s">
+      <c r="E90" s="12"/>
+      <c r="F90" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G90" s="11"/>
-[...12 lines deleted...]
-      <c r="T90" s="11"/>
+      <c r="G90" s="12"/>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+      <c r="J90" s="12"/>
+      <c r="K90" s="12"/>
+      <c r="L90" s="12"/>
+      <c r="M90" s="12"/>
+      <c r="N90" s="12"/>
+      <c r="O90" s="12"/>
+      <c r="P90" s="12"/>
+      <c r="Q90" s="12"/>
+      <c r="R90" s="12"/>
+      <c r="S90" s="12"/>
+      <c r="T90" s="12"/>
     </row>
     <row r="91" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A91" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D91" s="11" t="s">
+      <c r="A91" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B91" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C91" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D91" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E91" s="11" t="s">
+      <c r="E91" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F91" s="11" t="s">
+      <c r="F91" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="G91" s="11"/>
-[...12 lines deleted...]
-      <c r="T91" s="11"/>
+      <c r="G91" s="12"/>
+      <c r="H91" s="12"/>
+      <c r="I91" s="12"/>
+      <c r="J91" s="12"/>
+      <c r="K91" s="12"/>
+      <c r="L91" s="12"/>
+      <c r="M91" s="12"/>
+      <c r="N91" s="12"/>
+      <c r="O91" s="12"/>
+      <c r="P91" s="12"/>
+      <c r="Q91" s="12"/>
+      <c r="R91" s="12"/>
+      <c r="S91" s="12"/>
+      <c r="T91" s="12"/>
     </row>
     <row r="92" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A92" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D92" s="9" t="s">
+      <c r="A92" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D92" s="10" t="s">
         <v>284</v>
       </c>
-      <c r="E92" s="9"/>
-      <c r="F92" s="9" t="s">
+      <c r="E92" s="10"/>
+      <c r="F92" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="G92" s="9"/>
-[...12 lines deleted...]
-      <c r="T92" s="9"/>
+      <c r="G92" s="10"/>
+      <c r="H92" s="10"/>
+      <c r="I92" s="10"/>
+      <c r="J92" s="10"/>
+      <c r="K92" s="10"/>
+      <c r="L92" s="10"/>
+      <c r="M92" s="10"/>
+      <c r="N92" s="10"/>
+      <c r="O92" s="10"/>
+      <c r="P92" s="10"/>
+      <c r="Q92" s="10"/>
+      <c r="R92" s="10"/>
+      <c r="S92" s="10"/>
+      <c r="T92" s="10"/>
     </row>
     <row r="93" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A93" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B93" s="7"/>
+      <c r="B93" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C93" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="7"/>
       <c r="F93" s="7" t="s">
         <v>308</v>
       </c>
       <c r="G93" s="7"/>
       <c r="H93" s="7"/>
       <c r="I93" s="7"/>
       <c r="J93" s="7"/>
       <c r="K93" s="7"/>
       <c r="L93" s="7"/>
       <c r="M93" s="7"/>
       <c r="N93" s="7"/>
       <c r="O93" s="7"/>
       <c r="P93" s="7"/>
       <c r="Q93" s="7"/>
       <c r="R93" s="7"/>
       <c r="S93" s="7"/>
       <c r="T93" s="7"/>
     </row>
     <row r="94" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A94" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D94" s="9" t="s">
+      <c r="A94" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D94" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E94" s="9"/>
-      <c r="F94" s="9" t="s">
+      <c r="E94" s="10"/>
+      <c r="F94" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G94" s="9"/>
-[...12 lines deleted...]
-      <c r="T94" s="9"/>
+      <c r="G94" s="10"/>
+      <c r="H94" s="10"/>
+      <c r="I94" s="10"/>
+      <c r="J94" s="10"/>
+      <c r="K94" s="10"/>
+      <c r="L94" s="10"/>
+      <c r="M94" s="10"/>
+      <c r="N94" s="10"/>
+      <c r="O94" s="10"/>
+      <c r="P94" s="10"/>
+      <c r="Q94" s="10"/>
+      <c r="R94" s="10"/>
+      <c r="S94" s="10"/>
+      <c r="T94" s="10"/>
     </row>
     <row r="95" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A95" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D95" s="11" t="s">
+      <c r="A95" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B95" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C95" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D95" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="E95" s="11"/>
-      <c r="F95" s="11" t="s">
+      <c r="E95" s="12"/>
+      <c r="F95" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G95" s="11"/>
-[...12 lines deleted...]
-      <c r="T95" s="11"/>
+      <c r="G95" s="12"/>
+      <c r="H95" s="12"/>
+      <c r="I95" s="12"/>
+      <c r="J95" s="12"/>
+      <c r="K95" s="12"/>
+      <c r="L95" s="12"/>
+      <c r="M95" s="12"/>
+      <c r="N95" s="12"/>
+      <c r="O95" s="12"/>
+      <c r="P95" s="12"/>
+      <c r="Q95" s="12"/>
+      <c r="R95" s="12"/>
+      <c r="S95" s="12"/>
+      <c r="T95" s="12"/>
     </row>
     <row r="96" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A96" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D96" s="11" t="s">
+      <c r="A96" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B96" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C96" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D96" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="E96" s="11"/>
-      <c r="F96" s="11" t="s">
+      <c r="E96" s="12"/>
+      <c r="F96" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G96" s="11"/>
-[...12 lines deleted...]
-      <c r="T96" s="11"/>
+      <c r="G96" s="12"/>
+      <c r="H96" s="12"/>
+      <c r="I96" s="12"/>
+      <c r="J96" s="12"/>
+      <c r="K96" s="12"/>
+      <c r="L96" s="12"/>
+      <c r="M96" s="12"/>
+      <c r="N96" s="12"/>
+      <c r="O96" s="12"/>
+      <c r="P96" s="12"/>
+      <c r="Q96" s="12"/>
+      <c r="R96" s="12"/>
+      <c r="S96" s="12"/>
+      <c r="T96" s="12"/>
     </row>
     <row r="97" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A97" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D97" s="11" t="s">
+      <c r="A97" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B97" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C97" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D97" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E97" s="11" t="s">
+      <c r="E97" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F97" s="11" t="s">
+      <c r="F97" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G97" s="11"/>
-[...12 lines deleted...]
-      <c r="T97" s="11"/>
+      <c r="G97" s="12"/>
+      <c r="H97" s="12"/>
+      <c r="I97" s="12"/>
+      <c r="J97" s="12"/>
+      <c r="K97" s="12"/>
+      <c r="L97" s="12"/>
+      <c r="M97" s="12"/>
+      <c r="N97" s="12"/>
+      <c r="O97" s="12"/>
+      <c r="P97" s="12"/>
+      <c r="Q97" s="12"/>
+      <c r="R97" s="12"/>
+      <c r="S97" s="12"/>
+      <c r="T97" s="12"/>
     </row>
     <row r="98" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A98" s="29" t="s">
-[...6 lines deleted...]
-      <c r="D98" s="29" t="s">
+      <c r="A98" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="B98" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C98" s="30" t="s">
+        <v>306</v>
+      </c>
+      <c r="D98" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="E98" s="29"/>
-      <c r="F98" s="29" t="s">
+      <c r="E98" s="30"/>
+      <c r="F98" s="30" t="s">
         <v>308</v>
       </c>
-      <c r="G98" s="29"/>
-[...12 lines deleted...]
-      <c r="T98" s="29"/>
+      <c r="G98" s="30"/>
+      <c r="H98" s="30"/>
+      <c r="I98" s="30"/>
+      <c r="J98" s="30"/>
+      <c r="K98" s="30"/>
+      <c r="L98" s="30"/>
+      <c r="M98" s="30"/>
+      <c r="N98" s="30"/>
+      <c r="O98" s="30"/>
+      <c r="P98" s="30"/>
+      <c r="Q98" s="30"/>
+      <c r="R98" s="30"/>
+      <c r="S98" s="30"/>
+      <c r="T98" s="30"/>
     </row>
     <row r="99" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A99" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D99" s="11" t="s">
+      <c r="A99" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B99" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C99" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D99" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="E99" s="11"/>
-      <c r="F99" s="11" t="s">
+      <c r="E99" s="12"/>
+      <c r="F99" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G99" s="11"/>
-[...12 lines deleted...]
-      <c r="T99" s="11"/>
+      <c r="G99" s="12"/>
+      <c r="H99" s="12"/>
+      <c r="I99" s="12"/>
+      <c r="J99" s="12"/>
+      <c r="K99" s="12"/>
+      <c r="L99" s="12"/>
+      <c r="M99" s="12"/>
+      <c r="N99" s="12"/>
+      <c r="O99" s="12"/>
+      <c r="P99" s="12"/>
+      <c r="Q99" s="12"/>
+      <c r="R99" s="12"/>
+      <c r="S99" s="12"/>
+      <c r="T99" s="12"/>
     </row>
     <row r="100" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A100" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D100" s="11" t="s">
+      <c r="A100" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B100" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C100" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D100" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="E100" s="11"/>
-      <c r="F100" s="11" t="s">
+      <c r="E100" s="12"/>
+      <c r="F100" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G100" s="11"/>
-[...12 lines deleted...]
-      <c r="T100" s="11"/>
+      <c r="G100" s="12"/>
+      <c r="H100" s="12"/>
+      <c r="I100" s="12"/>
+      <c r="J100" s="12"/>
+      <c r="K100" s="12"/>
+      <c r="L100" s="12"/>
+      <c r="M100" s="12"/>
+      <c r="N100" s="12"/>
+      <c r="O100" s="12"/>
+      <c r="P100" s="12"/>
+      <c r="Q100" s="12"/>
+      <c r="R100" s="12"/>
+      <c r="S100" s="12"/>
+      <c r="T100" s="12"/>
     </row>
     <row r="101" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A101" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D101" s="11" t="s">
+      <c r="A101" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B101" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C101" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D101" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="E101" s="11"/>
-      <c r="F101" s="11" t="s">
+      <c r="E101" s="12"/>
+      <c r="F101" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G101" s="11"/>
-[...12 lines deleted...]
-      <c r="T101" s="11"/>
+      <c r="G101" s="12"/>
+      <c r="H101" s="12"/>
+      <c r="I101" s="12"/>
+      <c r="J101" s="12"/>
+      <c r="K101" s="12"/>
+      <c r="L101" s="12"/>
+      <c r="M101" s="12"/>
+      <c r="N101" s="12"/>
+      <c r="O101" s="12"/>
+      <c r="P101" s="12"/>
+      <c r="Q101" s="12"/>
+      <c r="R101" s="12"/>
+      <c r="S101" s="12"/>
+      <c r="T101" s="12"/>
     </row>
     <row r="102" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A102" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D102" s="11" t="s">
+      <c r="A102" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B102" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C102" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D102" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="E102" s="11"/>
-      <c r="F102" s="11" t="s">
+      <c r="E102" s="12"/>
+      <c r="F102" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G102" s="11"/>
-[...12 lines deleted...]
-      <c r="T102" s="11"/>
+      <c r="G102" s="12"/>
+      <c r="H102" s="12"/>
+      <c r="I102" s="12"/>
+      <c r="J102" s="12"/>
+      <c r="K102" s="12"/>
+      <c r="L102" s="12"/>
+      <c r="M102" s="12"/>
+      <c r="N102" s="12"/>
+      <c r="O102" s="12"/>
+      <c r="P102" s="12"/>
+      <c r="Q102" s="12"/>
+      <c r="R102" s="12"/>
+      <c r="S102" s="12"/>
+      <c r="T102" s="12"/>
     </row>
     <row r="103" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A103" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D103" s="11" t="s">
+      <c r="A103" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B103" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C103" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D103" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="E103" s="11"/>
-      <c r="F103" s="11" t="s">
+      <c r="E103" s="12"/>
+      <c r="F103" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G103" s="11"/>
-[...12 lines deleted...]
-      <c r="T103" s="11"/>
+      <c r="G103" s="12"/>
+      <c r="H103" s="12"/>
+      <c r="I103" s="12"/>
+      <c r="J103" s="12"/>
+      <c r="K103" s="12"/>
+      <c r="L103" s="12"/>
+      <c r="M103" s="12"/>
+      <c r="N103" s="12"/>
+      <c r="O103" s="12"/>
+      <c r="P103" s="12"/>
+      <c r="Q103" s="12"/>
+      <c r="R103" s="12"/>
+      <c r="S103" s="12"/>
+      <c r="T103" s="12"/>
     </row>
     <row r="104" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A104" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D104" s="11" t="s">
+      <c r="A104" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B104" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C104" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D104" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E104" s="11" t="s">
+      <c r="E104" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F104" s="11" t="s">
+      <c r="F104" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G104" s="11"/>
-[...12 lines deleted...]
-      <c r="T104" s="11"/>
+      <c r="G104" s="12"/>
+      <c r="H104" s="12"/>
+      <c r="I104" s="12"/>
+      <c r="J104" s="12"/>
+      <c r="K104" s="12"/>
+      <c r="L104" s="12"/>
+      <c r="M104" s="12"/>
+      <c r="N104" s="12"/>
+      <c r="O104" s="12"/>
+      <c r="P104" s="12"/>
+      <c r="Q104" s="12"/>
+      <c r="R104" s="12"/>
+      <c r="S104" s="12"/>
+      <c r="T104" s="12"/>
     </row>
     <row r="105" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A105" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D105" s="9" t="s">
+      <c r="A105" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C105" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D105" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="E105" s="9"/>
-      <c r="F105" s="9" t="s">
+      <c r="E105" s="10"/>
+      <c r="F105" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G105" s="9"/>
-[...12 lines deleted...]
-      <c r="T105" s="9"/>
+      <c r="G105" s="10"/>
+      <c r="H105" s="10"/>
+      <c r="I105" s="10"/>
+      <c r="J105" s="10"/>
+      <c r="K105" s="10"/>
+      <c r="L105" s="10"/>
+      <c r="M105" s="10"/>
+      <c r="N105" s="10"/>
+      <c r="O105" s="10"/>
+      <c r="P105" s="10"/>
+      <c r="Q105" s="10"/>
+      <c r="R105" s="10"/>
+      <c r="S105" s="10"/>
+      <c r="T105" s="10"/>
     </row>
     <row r="106" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A106" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D106" s="11" t="s">
+      <c r="A106" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B106" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C106" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D106" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="E106" s="11"/>
-      <c r="F106" s="11" t="s">
+      <c r="E106" s="12"/>
+      <c r="F106" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G106" s="11"/>
-[...12 lines deleted...]
-      <c r="T106" s="11"/>
+      <c r="G106" s="12"/>
+      <c r="H106" s="12"/>
+      <c r="I106" s="12"/>
+      <c r="J106" s="12"/>
+      <c r="K106" s="12"/>
+      <c r="L106" s="12"/>
+      <c r="M106" s="12"/>
+      <c r="N106" s="12"/>
+      <c r="O106" s="12"/>
+      <c r="P106" s="12"/>
+      <c r="Q106" s="12"/>
+      <c r="R106" s="12"/>
+      <c r="S106" s="12"/>
+      <c r="T106" s="12"/>
     </row>
     <row r="107" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A107" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D107" s="11" t="s">
+      <c r="A107" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B107" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C107" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D107" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="E107" s="11"/>
-      <c r="F107" s="11" t="s">
+      <c r="E107" s="12"/>
+      <c r="F107" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G107" s="11"/>
-[...12 lines deleted...]
-      <c r="T107" s="11"/>
+      <c r="G107" s="12"/>
+      <c r="H107" s="12"/>
+      <c r="I107" s="12"/>
+      <c r="J107" s="12"/>
+      <c r="K107" s="12"/>
+      <c r="L107" s="12"/>
+      <c r="M107" s="12"/>
+      <c r="N107" s="12"/>
+      <c r="O107" s="12"/>
+      <c r="P107" s="12"/>
+      <c r="Q107" s="12"/>
+      <c r="R107" s="12"/>
+      <c r="S107" s="12"/>
+      <c r="T107" s="12"/>
     </row>
     <row r="108" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A108" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D108" s="11" t="s">
+      <c r="A108" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B108" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C108" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D108" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="E108" s="11"/>
-      <c r="F108" s="11" t="s">
+      <c r="E108" s="12"/>
+      <c r="F108" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G108" s="11"/>
-[...12 lines deleted...]
-      <c r="T108" s="11"/>
+      <c r="G108" s="12"/>
+      <c r="H108" s="12"/>
+      <c r="I108" s="12"/>
+      <c r="J108" s="12"/>
+      <c r="K108" s="12"/>
+      <c r="L108" s="12"/>
+      <c r="M108" s="12"/>
+      <c r="N108" s="12"/>
+      <c r="O108" s="12"/>
+      <c r="P108" s="12"/>
+      <c r="Q108" s="12"/>
+      <c r="R108" s="12"/>
+      <c r="S108" s="12"/>
+      <c r="T108" s="12"/>
     </row>
     <row r="109" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A109" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D109" s="11" t="s">
+      <c r="A109" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B109" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C109" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D109" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E109" s="11"/>
-      <c r="F109" s="11" t="s">
+      <c r="E109" s="12"/>
+      <c r="F109" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G109" s="11"/>
-[...12 lines deleted...]
-      <c r="T109" s="11"/>
+      <c r="G109" s="12"/>
+      <c r="H109" s="12"/>
+      <c r="I109" s="12"/>
+      <c r="J109" s="12"/>
+      <c r="K109" s="12"/>
+      <c r="L109" s="12"/>
+      <c r="M109" s="12"/>
+      <c r="N109" s="12"/>
+      <c r="O109" s="12"/>
+      <c r="P109" s="12"/>
+      <c r="Q109" s="12"/>
+      <c r="R109" s="12"/>
+      <c r="S109" s="12"/>
+      <c r="T109" s="12"/>
     </row>
     <row r="110" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A110" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D110" s="11" t="s">
+      <c r="A110" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B110" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C110" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D110" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="E110" s="11"/>
-      <c r="F110" s="11" t="s">
+      <c r="E110" s="12"/>
+      <c r="F110" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G110" s="11"/>
-[...12 lines deleted...]
-      <c r="T110" s="11"/>
+      <c r="G110" s="12"/>
+      <c r="H110" s="12"/>
+      <c r="I110" s="12"/>
+      <c r="J110" s="12"/>
+      <c r="K110" s="12"/>
+      <c r="L110" s="12"/>
+      <c r="M110" s="12"/>
+      <c r="N110" s="12"/>
+      <c r="O110" s="12"/>
+      <c r="P110" s="12"/>
+      <c r="Q110" s="12"/>
+      <c r="R110" s="12"/>
+      <c r="S110" s="12"/>
+      <c r="T110" s="12"/>
     </row>
     <row r="111" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A111" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D111" s="11" t="s">
+      <c r="A111" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B111" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C111" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D111" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="E111" s="11"/>
-      <c r="F111" s="11" t="s">
+      <c r="E111" s="12"/>
+      <c r="F111" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G111" s="11"/>
-[...12 lines deleted...]
-      <c r="T111" s="11"/>
+      <c r="G111" s="12"/>
+      <c r="H111" s="12"/>
+      <c r="I111" s="12"/>
+      <c r="J111" s="12"/>
+      <c r="K111" s="12"/>
+      <c r="L111" s="12"/>
+      <c r="M111" s="12"/>
+      <c r="N111" s="12"/>
+      <c r="O111" s="12"/>
+      <c r="P111" s="12"/>
+      <c r="Q111" s="12"/>
+      <c r="R111" s="12"/>
+      <c r="S111" s="12"/>
+      <c r="T111" s="12"/>
     </row>
     <row r="112" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A112" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D112" s="11" t="s">
+      <c r="A112" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B112" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C112" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D112" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E112" s="11" t="s">
+      <c r="E112" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F112" s="11" t="s">
+      <c r="F112" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G112" s="11"/>
-[...12 lines deleted...]
-      <c r="T112" s="11"/>
+      <c r="G112" s="12"/>
+      <c r="H112" s="12"/>
+      <c r="I112" s="12"/>
+      <c r="J112" s="12"/>
+      <c r="K112" s="12"/>
+      <c r="L112" s="12"/>
+      <c r="M112" s="12"/>
+      <c r="N112" s="12"/>
+      <c r="O112" s="12"/>
+      <c r="P112" s="12"/>
+      <c r="Q112" s="12"/>
+      <c r="R112" s="12"/>
+      <c r="S112" s="12"/>
+      <c r="T112" s="12"/>
     </row>
     <row r="113" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A113" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D113" s="9" t="s">
+      <c r="A113" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D113" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="E113" s="9"/>
-      <c r="F113" s="9" t="s">
+      <c r="E113" s="10"/>
+      <c r="F113" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G113" s="9"/>
-[...12 lines deleted...]
-      <c r="T113" s="9"/>
+      <c r="G113" s="10"/>
+      <c r="H113" s="10"/>
+      <c r="I113" s="10"/>
+      <c r="J113" s="10"/>
+      <c r="K113" s="10"/>
+      <c r="L113" s="10"/>
+      <c r="M113" s="10"/>
+      <c r="N113" s="10"/>
+      <c r="O113" s="10"/>
+      <c r="P113" s="10"/>
+      <c r="Q113" s="10"/>
+      <c r="R113" s="10"/>
+      <c r="S113" s="10"/>
+      <c r="T113" s="10"/>
     </row>
     <row r="114" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A114" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D114" s="11" t="s">
+      <c r="A114" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B114" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C114" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D114" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="E114" s="11"/>
-      <c r="F114" s="11" t="s">
+      <c r="E114" s="12"/>
+      <c r="F114" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G114" s="11"/>
-[...12 lines deleted...]
-      <c r="T114" s="11"/>
+      <c r="G114" s="12"/>
+      <c r="H114" s="12"/>
+      <c r="I114" s="12"/>
+      <c r="J114" s="12"/>
+      <c r="K114" s="12"/>
+      <c r="L114" s="12"/>
+      <c r="M114" s="12"/>
+      <c r="N114" s="12"/>
+      <c r="O114" s="12"/>
+      <c r="P114" s="12"/>
+      <c r="Q114" s="12"/>
+      <c r="R114" s="12"/>
+      <c r="S114" s="12"/>
+      <c r="T114" s="12"/>
     </row>
     <row r="115" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A115" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D115" s="11" t="s">
+      <c r="A115" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B115" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C115" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D115" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="E115" s="11"/>
-      <c r="F115" s="11" t="s">
+      <c r="E115" s="12"/>
+      <c r="F115" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G115" s="11"/>
-[...12 lines deleted...]
-      <c r="T115" s="11"/>
+      <c r="G115" s="12"/>
+      <c r="H115" s="12"/>
+      <c r="I115" s="12"/>
+      <c r="J115" s="12"/>
+      <c r="K115" s="12"/>
+      <c r="L115" s="12"/>
+      <c r="M115" s="12"/>
+      <c r="N115" s="12"/>
+      <c r="O115" s="12"/>
+      <c r="P115" s="12"/>
+      <c r="Q115" s="12"/>
+      <c r="R115" s="12"/>
+      <c r="S115" s="12"/>
+      <c r="T115" s="12"/>
     </row>
     <row r="116" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A116" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D116" s="11" t="s">
+      <c r="A116" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B116" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C116" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D116" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="E116" s="11"/>
-      <c r="F116" s="11" t="s">
+      <c r="E116" s="12"/>
+      <c r="F116" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G116" s="11"/>
-[...12 lines deleted...]
-      <c r="T116" s="11"/>
+      <c r="G116" s="12"/>
+      <c r="H116" s="12"/>
+      <c r="I116" s="12"/>
+      <c r="J116" s="12"/>
+      <c r="K116" s="12"/>
+      <c r="L116" s="12"/>
+      <c r="M116" s="12"/>
+      <c r="N116" s="12"/>
+      <c r="O116" s="12"/>
+      <c r="P116" s="12"/>
+      <c r="Q116" s="12"/>
+      <c r="R116" s="12"/>
+      <c r="S116" s="12"/>
+      <c r="T116" s="12"/>
     </row>
     <row r="117" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A117" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B117" s="37"/>
+      <c r="B117" s="37" t="s">
+        <v>5</v>
+      </c>
       <c r="C117" s="37" t="s">
         <v>306</v>
       </c>
       <c r="D117" s="37" t="s">
         <v>86</v>
       </c>
       <c r="E117" s="37"/>
       <c r="F117" s="37" t="s">
         <v>308</v>
       </c>
       <c r="G117" s="37"/>
       <c r="H117" s="37"/>
       <c r="I117" s="37"/>
       <c r="J117" s="37"/>
       <c r="K117" s="37"/>
       <c r="L117" s="37"/>
       <c r="M117" s="37"/>
       <c r="N117" s="37"/>
       <c r="O117" s="37"/>
       <c r="P117" s="37"/>
       <c r="Q117" s="37"/>
       <c r="R117" s="37"/>
       <c r="S117" s="37"/>
       <c r="T117" s="37"/>
     </row>
     <row r="118" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A118" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D118" s="11" t="s">
+      <c r="A118" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B118" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C118" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D118" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="E118" s="11"/>
-      <c r="F118" s="11" t="s">
+      <c r="E118" s="12"/>
+      <c r="F118" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G118" s="11"/>
-[...12 lines deleted...]
-      <c r="T118" s="11"/>
+      <c r="G118" s="12"/>
+      <c r="H118" s="12"/>
+      <c r="I118" s="12"/>
+      <c r="J118" s="12"/>
+      <c r="K118" s="12"/>
+      <c r="L118" s="12"/>
+      <c r="M118" s="12"/>
+      <c r="N118" s="12"/>
+      <c r="O118" s="12"/>
+      <c r="P118" s="12"/>
+      <c r="Q118" s="12"/>
+      <c r="R118" s="12"/>
+      <c r="S118" s="12"/>
+      <c r="T118" s="12"/>
     </row>
     <row r="119" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A119" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D119" s="11" t="s">
+      <c r="A119" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B119" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C119" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D119" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="E119" s="11"/>
-      <c r="F119" s="11" t="s">
+      <c r="E119" s="12"/>
+      <c r="F119" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G119" s="11"/>
-[...12 lines deleted...]
-      <c r="T119" s="11"/>
+      <c r="G119" s="12"/>
+      <c r="H119" s="12"/>
+      <c r="I119" s="12"/>
+      <c r="J119" s="12"/>
+      <c r="K119" s="12"/>
+      <c r="L119" s="12"/>
+      <c r="M119" s="12"/>
+      <c r="N119" s="12"/>
+      <c r="O119" s="12"/>
+      <c r="P119" s="12"/>
+      <c r="Q119" s="12"/>
+      <c r="R119" s="12"/>
+      <c r="S119" s="12"/>
+      <c r="T119" s="12"/>
     </row>
     <row r="120" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A120" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D120" s="11" t="s">
+      <c r="A120" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B120" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C120" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D120" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="E120" s="11"/>
-      <c r="F120" s="11" t="s">
+      <c r="E120" s="12"/>
+      <c r="F120" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G120" s="11"/>
-[...12 lines deleted...]
-      <c r="T120" s="11"/>
+      <c r="G120" s="12"/>
+      <c r="H120" s="12"/>
+      <c r="I120" s="12"/>
+      <c r="J120" s="12"/>
+      <c r="K120" s="12"/>
+      <c r="L120" s="12"/>
+      <c r="M120" s="12"/>
+      <c r="N120" s="12"/>
+      <c r="O120" s="12"/>
+      <c r="P120" s="12"/>
+      <c r="Q120" s="12"/>
+      <c r="R120" s="12"/>
+      <c r="S120" s="12"/>
+      <c r="T120" s="12"/>
     </row>
     <row r="121" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A121" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D121" s="11" t="s">
+      <c r="A121" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B121" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C121" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D121" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E121" s="11" t="s">
+      <c r="E121" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F121" s="11" t="s">
+      <c r="F121" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G121" s="11"/>
-[...12 lines deleted...]
-      <c r="T121" s="11"/>
+      <c r="G121" s="12"/>
+      <c r="H121" s="12"/>
+      <c r="I121" s="12"/>
+      <c r="J121" s="12"/>
+      <c r="K121" s="12"/>
+      <c r="L121" s="12"/>
+      <c r="M121" s="12"/>
+      <c r="N121" s="12"/>
+      <c r="O121" s="12"/>
+      <c r="P121" s="12"/>
+      <c r="Q121" s="12"/>
+      <c r="R121" s="12"/>
+      <c r="S121" s="12"/>
+      <c r="T121" s="12"/>
     </row>
     <row r="122" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A122" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D122" s="9" t="s">
+      <c r="A122" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D122" s="10" t="s">
         <v>99</v>
       </c>
-      <c r="E122" s="9"/>
-      <c r="F122" s="9" t="s">
+      <c r="E122" s="10"/>
+      <c r="F122" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G122" s="9"/>
-[...12 lines deleted...]
-      <c r="T122" s="9"/>
+      <c r="G122" s="10"/>
+      <c r="H122" s="10"/>
+      <c r="I122" s="10"/>
+      <c r="J122" s="10"/>
+      <c r="K122" s="10"/>
+      <c r="L122" s="10"/>
+      <c r="M122" s="10"/>
+      <c r="N122" s="10"/>
+      <c r="O122" s="10"/>
+      <c r="P122" s="10"/>
+      <c r="Q122" s="10"/>
+      <c r="R122" s="10"/>
+      <c r="S122" s="10"/>
+      <c r="T122" s="10"/>
     </row>
     <row r="123" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A123" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D123" s="11" t="s">
+      <c r="A123" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B123" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C123" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D123" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="E123" s="11"/>
-      <c r="F123" s="11" t="s">
+      <c r="E123" s="12"/>
+      <c r="F123" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G123" s="11"/>
-[...12 lines deleted...]
-      <c r="T123" s="11"/>
+      <c r="G123" s="12"/>
+      <c r="H123" s="12"/>
+      <c r="I123" s="12"/>
+      <c r="J123" s="12"/>
+      <c r="K123" s="12"/>
+      <c r="L123" s="12"/>
+      <c r="M123" s="12"/>
+      <c r="N123" s="12"/>
+      <c r="O123" s="12"/>
+      <c r="P123" s="12"/>
+      <c r="Q123" s="12"/>
+      <c r="R123" s="12"/>
+      <c r="S123" s="12"/>
+      <c r="T123" s="12"/>
     </row>
     <row r="124" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A124" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D124" s="11" t="s">
+      <c r="A124" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B124" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C124" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D124" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="E124" s="11"/>
-      <c r="F124" s="11" t="s">
+      <c r="E124" s="12"/>
+      <c r="F124" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G124" s="11"/>
-[...12 lines deleted...]
-      <c r="T124" s="11"/>
+      <c r="G124" s="12"/>
+      <c r="H124" s="12"/>
+      <c r="I124" s="12"/>
+      <c r="J124" s="12"/>
+      <c r="K124" s="12"/>
+      <c r="L124" s="12"/>
+      <c r="M124" s="12"/>
+      <c r="N124" s="12"/>
+      <c r="O124" s="12"/>
+      <c r="P124" s="12"/>
+      <c r="Q124" s="12"/>
+      <c r="R124" s="12"/>
+      <c r="S124" s="12"/>
+      <c r="T124" s="12"/>
     </row>
     <row r="125" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A125" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D125" s="11" t="s">
+      <c r="A125" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B125" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C125" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D125" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="E125" s="11"/>
-      <c r="F125" s="11" t="s">
+      <c r="E125" s="12"/>
+      <c r="F125" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G125" s="11"/>
-[...12 lines deleted...]
-      <c r="T125" s="11"/>
+      <c r="G125" s="12"/>
+      <c r="H125" s="12"/>
+      <c r="I125" s="12"/>
+      <c r="J125" s="12"/>
+      <c r="K125" s="12"/>
+      <c r="L125" s="12"/>
+      <c r="M125" s="12"/>
+      <c r="N125" s="12"/>
+      <c r="O125" s="12"/>
+      <c r="P125" s="12"/>
+      <c r="Q125" s="12"/>
+      <c r="R125" s="12"/>
+      <c r="S125" s="12"/>
+      <c r="T125" s="12"/>
     </row>
     <row r="126" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A126" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D126" s="11" t="s">
+      <c r="A126" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B126" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C126" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D126" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="E126" s="11"/>
-      <c r="F126" s="11" t="s">
+      <c r="E126" s="12"/>
+      <c r="F126" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G126" s="11"/>
-[...12 lines deleted...]
-      <c r="T126" s="11"/>
+      <c r="G126" s="12"/>
+      <c r="H126" s="12"/>
+      <c r="I126" s="12"/>
+      <c r="J126" s="12"/>
+      <c r="K126" s="12"/>
+      <c r="L126" s="12"/>
+      <c r="M126" s="12"/>
+      <c r="N126" s="12"/>
+      <c r="O126" s="12"/>
+      <c r="P126" s="12"/>
+      <c r="Q126" s="12"/>
+      <c r="R126" s="12"/>
+      <c r="S126" s="12"/>
+      <c r="T126" s="12"/>
     </row>
     <row r="127" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A127" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D127" s="11" t="s">
+      <c r="A127" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B127" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C127" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D127" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E127" s="11" t="s">
+      <c r="E127" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F127" s="11" t="s">
+      <c r="F127" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G127" s="11"/>
-[...12 lines deleted...]
-      <c r="T127" s="11"/>
+      <c r="G127" s="12"/>
+      <c r="H127" s="12"/>
+      <c r="I127" s="12"/>
+      <c r="J127" s="12"/>
+      <c r="K127" s="12"/>
+      <c r="L127" s="12"/>
+      <c r="M127" s="12"/>
+      <c r="N127" s="12"/>
+      <c r="O127" s="12"/>
+      <c r="P127" s="12"/>
+      <c r="Q127" s="12"/>
+      <c r="R127" s="12"/>
+      <c r="S127" s="12"/>
+      <c r="T127" s="12"/>
     </row>
     <row r="128" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A128" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D128" s="9" t="s">
+      <c r="A128" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D128" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="E128" s="9"/>
-      <c r="F128" s="9" t="s">
+      <c r="E128" s="10"/>
+      <c r="F128" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G128" s="9"/>
-[...12 lines deleted...]
-      <c r="T128" s="9"/>
+      <c r="G128" s="10"/>
+      <c r="H128" s="10"/>
+      <c r="I128" s="10"/>
+      <c r="J128" s="10"/>
+      <c r="K128" s="10"/>
+      <c r="L128" s="10"/>
+      <c r="M128" s="10"/>
+      <c r="N128" s="10"/>
+      <c r="O128" s="10"/>
+      <c r="P128" s="10"/>
+      <c r="Q128" s="10"/>
+      <c r="R128" s="10"/>
+      <c r="S128" s="10"/>
+      <c r="T128" s="10"/>
     </row>
     <row r="129" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A129" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D129" s="11" t="s">
+      <c r="A129" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B129" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C129" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D129" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="E129" s="11"/>
-      <c r="F129" s="11" t="s">
+      <c r="E129" s="12"/>
+      <c r="F129" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G129" s="11"/>
-[...12 lines deleted...]
-      <c r="T129" s="11"/>
+      <c r="G129" s="12"/>
+      <c r="H129" s="12"/>
+      <c r="I129" s="12"/>
+      <c r="J129" s="12"/>
+      <c r="K129" s="12"/>
+      <c r="L129" s="12"/>
+      <c r="M129" s="12"/>
+      <c r="N129" s="12"/>
+      <c r="O129" s="12"/>
+      <c r="P129" s="12"/>
+      <c r="Q129" s="12"/>
+      <c r="R129" s="12"/>
+      <c r="S129" s="12"/>
+      <c r="T129" s="12"/>
     </row>
     <row r="130" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A130" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D130" s="11" t="s">
+      <c r="A130" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B130" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C130" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D130" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="E130" s="11"/>
-      <c r="F130" s="11" t="s">
+      <c r="E130" s="12"/>
+      <c r="F130" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G130" s="11"/>
-[...12 lines deleted...]
-      <c r="T130" s="11"/>
+      <c r="G130" s="12"/>
+      <c r="H130" s="12"/>
+      <c r="I130" s="12"/>
+      <c r="J130" s="12"/>
+      <c r="K130" s="12"/>
+      <c r="L130" s="12"/>
+      <c r="M130" s="12"/>
+      <c r="N130" s="12"/>
+      <c r="O130" s="12"/>
+      <c r="P130" s="12"/>
+      <c r="Q130" s="12"/>
+      <c r="R130" s="12"/>
+      <c r="S130" s="12"/>
+      <c r="T130" s="12"/>
     </row>
     <row r="131" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A131" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D131" s="11" t="s">
+      <c r="A131" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B131" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C131" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D131" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="E131" s="11"/>
-      <c r="F131" s="11" t="s">
+      <c r="E131" s="12"/>
+      <c r="F131" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G131" s="11"/>
-[...12 lines deleted...]
-      <c r="T131" s="11"/>
+      <c r="G131" s="12"/>
+      <c r="H131" s="12"/>
+      <c r="I131" s="12"/>
+      <c r="J131" s="12"/>
+      <c r="K131" s="12"/>
+      <c r="L131" s="12"/>
+      <c r="M131" s="12"/>
+      <c r="N131" s="12"/>
+      <c r="O131" s="12"/>
+      <c r="P131" s="12"/>
+      <c r="Q131" s="12"/>
+      <c r="R131" s="12"/>
+      <c r="S131" s="12"/>
+      <c r="T131" s="12"/>
     </row>
     <row r="132" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A132" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D132" s="11" t="s">
+      <c r="A132" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B132" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C132" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D132" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E132" s="11" t="s">
+      <c r="E132" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F132" s="11" t="s">
+      <c r="F132" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G132" s="11"/>
-[...12 lines deleted...]
-      <c r="T132" s="11"/>
+      <c r="G132" s="12"/>
+      <c r="H132" s="12"/>
+      <c r="I132" s="12"/>
+      <c r="J132" s="12"/>
+      <c r="K132" s="12"/>
+      <c r="L132" s="12"/>
+      <c r="M132" s="12"/>
+      <c r="N132" s="12"/>
+      <c r="O132" s="12"/>
+      <c r="P132" s="12"/>
+      <c r="Q132" s="12"/>
+      <c r="R132" s="12"/>
+      <c r="S132" s="12"/>
+      <c r="T132" s="12"/>
     </row>
     <row r="133" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A133" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D133" s="9" t="s">
+      <c r="A133" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C133" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D133" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="E133" s="9"/>
-      <c r="F133" s="9" t="s">
+      <c r="E133" s="10"/>
+      <c r="F133" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G133" s="9"/>
-[...12 lines deleted...]
-      <c r="T133" s="9"/>
+      <c r="G133" s="10"/>
+      <c r="H133" s="10"/>
+      <c r="I133" s="10"/>
+      <c r="J133" s="10"/>
+      <c r="K133" s="10"/>
+      <c r="L133" s="10"/>
+      <c r="M133" s="10"/>
+      <c r="N133" s="10"/>
+      <c r="O133" s="10"/>
+      <c r="P133" s="10"/>
+      <c r="Q133" s="10"/>
+      <c r="R133" s="10"/>
+      <c r="S133" s="10"/>
+      <c r="T133" s="10"/>
     </row>
     <row r="134" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A134" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D134" s="11" t="s">
+      <c r="A134" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B134" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C134" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D134" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="E134" s="11"/>
-      <c r="F134" s="11" t="s">
+      <c r="E134" s="12"/>
+      <c r="F134" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G134" s="11"/>
-[...12 lines deleted...]
-      <c r="T134" s="11"/>
+      <c r="G134" s="12"/>
+      <c r="H134" s="12"/>
+      <c r="I134" s="12"/>
+      <c r="J134" s="12"/>
+      <c r="K134" s="12"/>
+      <c r="L134" s="12"/>
+      <c r="M134" s="12"/>
+      <c r="N134" s="12"/>
+      <c r="O134" s="12"/>
+      <c r="P134" s="12"/>
+      <c r="Q134" s="12"/>
+      <c r="R134" s="12"/>
+      <c r="S134" s="12"/>
+      <c r="T134" s="12"/>
     </row>
     <row r="135" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A135" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D135" s="11" t="s">
+      <c r="A135" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B135" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C135" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D135" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="E135" s="11"/>
-      <c r="F135" s="11" t="s">
+      <c r="E135" s="12"/>
+      <c r="F135" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G135" s="11"/>
-[...12 lines deleted...]
-      <c r="T135" s="11"/>
+      <c r="G135" s="12"/>
+      <c r="H135" s="12"/>
+      <c r="I135" s="12"/>
+      <c r="J135" s="12"/>
+      <c r="K135" s="12"/>
+      <c r="L135" s="12"/>
+      <c r="M135" s="12"/>
+      <c r="N135" s="12"/>
+      <c r="O135" s="12"/>
+      <c r="P135" s="12"/>
+      <c r="Q135" s="12"/>
+      <c r="R135" s="12"/>
+      <c r="S135" s="12"/>
+      <c r="T135" s="12"/>
     </row>
     <row r="136" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A136" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D136" s="11" t="s">
+      <c r="A136" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B136" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C136" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D136" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="E136" s="11"/>
-      <c r="F136" s="11" t="s">
+      <c r="E136" s="12"/>
+      <c r="F136" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G136" s="11"/>
-[...12 lines deleted...]
-      <c r="T136" s="11"/>
+      <c r="G136" s="12"/>
+      <c r="H136" s="12"/>
+      <c r="I136" s="12"/>
+      <c r="J136" s="12"/>
+      <c r="K136" s="12"/>
+      <c r="L136" s="12"/>
+      <c r="M136" s="12"/>
+      <c r="N136" s="12"/>
+      <c r="O136" s="12"/>
+      <c r="P136" s="12"/>
+      <c r="Q136" s="12"/>
+      <c r="R136" s="12"/>
+      <c r="S136" s="12"/>
+      <c r="T136" s="12"/>
     </row>
     <row r="137" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A137" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D137" s="11" t="s">
+      <c r="A137" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B137" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C137" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D137" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="E137" s="11"/>
-      <c r="F137" s="11" t="s">
+      <c r="E137" s="12"/>
+      <c r="F137" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G137" s="11"/>
-[...12 lines deleted...]
-      <c r="T137" s="11"/>
+      <c r="G137" s="12"/>
+      <c r="H137" s="12"/>
+      <c r="I137" s="12"/>
+      <c r="J137" s="12"/>
+      <c r="K137" s="12"/>
+      <c r="L137" s="12"/>
+      <c r="M137" s="12"/>
+      <c r="N137" s="12"/>
+      <c r="O137" s="12"/>
+      <c r="P137" s="12"/>
+      <c r="Q137" s="12"/>
+      <c r="R137" s="12"/>
+      <c r="S137" s="12"/>
+      <c r="T137" s="12"/>
     </row>
     <row r="138" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A138" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D138" s="11" t="s">
+      <c r="A138" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B138" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C138" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D138" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="E138" s="11"/>
-      <c r="F138" s="11" t="s">
+      <c r="E138" s="12"/>
+      <c r="F138" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G138" s="11"/>
-[...12 lines deleted...]
-      <c r="T138" s="11"/>
+      <c r="G138" s="12"/>
+      <c r="H138" s="12"/>
+      <c r="I138" s="12"/>
+      <c r="J138" s="12"/>
+      <c r="K138" s="12"/>
+      <c r="L138" s="12"/>
+      <c r="M138" s="12"/>
+      <c r="N138" s="12"/>
+      <c r="O138" s="12"/>
+      <c r="P138" s="12"/>
+      <c r="Q138" s="12"/>
+      <c r="R138" s="12"/>
+      <c r="S138" s="12"/>
+      <c r="T138" s="12"/>
     </row>
     <row r="139" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A139" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D139" s="11" t="s">
+      <c r="A139" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B139" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C139" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D139" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="E139" s="11"/>
-      <c r="F139" s="11" t="s">
+      <c r="E139" s="12"/>
+      <c r="F139" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G139" s="11"/>
-[...12 lines deleted...]
-      <c r="T139" s="11"/>
+      <c r="G139" s="12"/>
+      <c r="H139" s="12"/>
+      <c r="I139" s="12"/>
+      <c r="J139" s="12"/>
+      <c r="K139" s="12"/>
+      <c r="L139" s="12"/>
+      <c r="M139" s="12"/>
+      <c r="N139" s="12"/>
+      <c r="O139" s="12"/>
+      <c r="P139" s="12"/>
+      <c r="Q139" s="12"/>
+      <c r="R139" s="12"/>
+      <c r="S139" s="12"/>
+      <c r="T139" s="12"/>
     </row>
     <row r="140" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A140" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D140" s="11" t="s">
+      <c r="A140" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B140" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C140" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D140" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E140" s="11" t="s">
+      <c r="E140" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F140" s="11" t="s">
+      <c r="F140" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G140" s="11"/>
-[...12 lines deleted...]
-      <c r="T140" s="11"/>
+      <c r="G140" s="12"/>
+      <c r="H140" s="12"/>
+      <c r="I140" s="12"/>
+      <c r="J140" s="12"/>
+      <c r="K140" s="12"/>
+      <c r="L140" s="12"/>
+      <c r="M140" s="12"/>
+      <c r="N140" s="12"/>
+      <c r="O140" s="12"/>
+      <c r="P140" s="12"/>
+      <c r="Q140" s="12"/>
+      <c r="R140" s="12"/>
+      <c r="S140" s="12"/>
+      <c r="T140" s="12"/>
     </row>
     <row r="141" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A141" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D141" s="9" t="s">
+      <c r="A141" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D141" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="E141" s="9"/>
-      <c r="F141" s="9" t="s">
+      <c r="E141" s="10"/>
+      <c r="F141" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G141" s="9"/>
-[...12 lines deleted...]
-      <c r="T141" s="9"/>
+      <c r="G141" s="10"/>
+      <c r="H141" s="10"/>
+      <c r="I141" s="10"/>
+      <c r="J141" s="10"/>
+      <c r="K141" s="10"/>
+      <c r="L141" s="10"/>
+      <c r="M141" s="10"/>
+      <c r="N141" s="10"/>
+      <c r="O141" s="10"/>
+      <c r="P141" s="10"/>
+      <c r="Q141" s="10"/>
+      <c r="R141" s="10"/>
+      <c r="S141" s="10"/>
+      <c r="T141" s="10"/>
     </row>
     <row r="142" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A142" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D142" s="11" t="s">
+      <c r="A142" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B142" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C142" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D142" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="E142" s="11"/>
-      <c r="F142" s="11" t="s">
+      <c r="E142" s="12"/>
+      <c r="F142" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G142" s="11"/>
-[...12 lines deleted...]
-      <c r="T142" s="11"/>
+      <c r="G142" s="12"/>
+      <c r="H142" s="12"/>
+      <c r="I142" s="12"/>
+      <c r="J142" s="12"/>
+      <c r="K142" s="12"/>
+      <c r="L142" s="12"/>
+      <c r="M142" s="12"/>
+      <c r="N142" s="12"/>
+      <c r="O142" s="12"/>
+      <c r="P142" s="12"/>
+      <c r="Q142" s="12"/>
+      <c r="R142" s="12"/>
+      <c r="S142" s="12"/>
+      <c r="T142" s="12"/>
     </row>
     <row r="143" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A143" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D143" s="11" t="s">
+      <c r="A143" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B143" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C143" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D143" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="E143" s="11"/>
-      <c r="F143" s="11" t="s">
+      <c r="E143" s="12"/>
+      <c r="F143" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G143" s="11"/>
-[...12 lines deleted...]
-      <c r="T143" s="11"/>
+      <c r="G143" s="12"/>
+      <c r="H143" s="12"/>
+      <c r="I143" s="12"/>
+      <c r="J143" s="12"/>
+      <c r="K143" s="12"/>
+      <c r="L143" s="12"/>
+      <c r="M143" s="12"/>
+      <c r="N143" s="12"/>
+      <c r="O143" s="12"/>
+      <c r="P143" s="12"/>
+      <c r="Q143" s="12"/>
+      <c r="R143" s="12"/>
+      <c r="S143" s="12"/>
+      <c r="T143" s="12"/>
     </row>
     <row r="144" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A144" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D144" s="11" t="s">
+      <c r="A144" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B144" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C144" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D144" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="E144" s="11"/>
-      <c r="F144" s="11" t="s">
+      <c r="E144" s="12"/>
+      <c r="F144" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G144" s="11"/>
-[...12 lines deleted...]
-      <c r="T144" s="11"/>
+      <c r="G144" s="12"/>
+      <c r="H144" s="12"/>
+      <c r="I144" s="12"/>
+      <c r="J144" s="12"/>
+      <c r="K144" s="12"/>
+      <c r="L144" s="12"/>
+      <c r="M144" s="12"/>
+      <c r="N144" s="12"/>
+      <c r="O144" s="12"/>
+      <c r="P144" s="12"/>
+      <c r="Q144" s="12"/>
+      <c r="R144" s="12"/>
+      <c r="S144" s="12"/>
+      <c r="T144" s="12"/>
     </row>
     <row r="145" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A145" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D145" s="11" t="s">
+      <c r="A145" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B145" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C145" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D145" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E145" s="11" t="s">
+      <c r="E145" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F145" s="11" t="s">
+      <c r="F145" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G145" s="11"/>
-[...12 lines deleted...]
-      <c r="T145" s="11"/>
+      <c r="G145" s="12"/>
+      <c r="H145" s="12"/>
+      <c r="I145" s="12"/>
+      <c r="J145" s="12"/>
+      <c r="K145" s="12"/>
+      <c r="L145" s="12"/>
+      <c r="M145" s="12"/>
+      <c r="N145" s="12"/>
+      <c r="O145" s="12"/>
+      <c r="P145" s="12"/>
+      <c r="Q145" s="12"/>
+      <c r="R145" s="12"/>
+      <c r="S145" s="12"/>
+      <c r="T145" s="12"/>
     </row>
     <row r="146" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A146" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D146" s="9" t="s">
+      <c r="A146" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D146" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="E146" s="9"/>
-      <c r="F146" s="9" t="s">
+      <c r="E146" s="10"/>
+      <c r="F146" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G146" s="9"/>
-[...12 lines deleted...]
-      <c r="T146" s="9"/>
+      <c r="G146" s="10"/>
+      <c r="H146" s="10"/>
+      <c r="I146" s="10"/>
+      <c r="J146" s="10"/>
+      <c r="K146" s="10"/>
+      <c r="L146" s="10"/>
+      <c r="M146" s="10"/>
+      <c r="N146" s="10"/>
+      <c r="O146" s="10"/>
+      <c r="P146" s="10"/>
+      <c r="Q146" s="10"/>
+      <c r="R146" s="10"/>
+      <c r="S146" s="10"/>
+      <c r="T146" s="10"/>
     </row>
     <row r="147" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A147" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D147" s="11" t="s">
+      <c r="A147" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B147" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C147" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D147" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="E147" s="11"/>
-      <c r="F147" s="11" t="s">
+      <c r="E147" s="12"/>
+      <c r="F147" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G147" s="11"/>
-[...12 lines deleted...]
-      <c r="T147" s="11"/>
+      <c r="G147" s="12"/>
+      <c r="H147" s="12"/>
+      <c r="I147" s="12"/>
+      <c r="J147" s="12"/>
+      <c r="K147" s="12"/>
+      <c r="L147" s="12"/>
+      <c r="M147" s="12"/>
+      <c r="N147" s="12"/>
+      <c r="O147" s="12"/>
+      <c r="P147" s="12"/>
+      <c r="Q147" s="12"/>
+      <c r="R147" s="12"/>
+      <c r="S147" s="12"/>
+      <c r="T147" s="12"/>
     </row>
     <row r="148" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A148" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D148" s="11" t="s">
+      <c r="A148" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B148" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C148" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D148" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="E148" s="11"/>
-      <c r="F148" s="11" t="s">
+      <c r="E148" s="12"/>
+      <c r="F148" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G148" s="11"/>
-[...12 lines deleted...]
-      <c r="T148" s="11"/>
+      <c r="G148" s="12"/>
+      <c r="H148" s="12"/>
+      <c r="I148" s="12"/>
+      <c r="J148" s="12"/>
+      <c r="K148" s="12"/>
+      <c r="L148" s="12"/>
+      <c r="M148" s="12"/>
+      <c r="N148" s="12"/>
+      <c r="O148" s="12"/>
+      <c r="P148" s="12"/>
+      <c r="Q148" s="12"/>
+      <c r="R148" s="12"/>
+      <c r="S148" s="12"/>
+      <c r="T148" s="12"/>
     </row>
     <row r="149" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A149" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D149" s="11" t="s">
+      <c r="A149" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B149" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C149" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D149" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="E149" s="11"/>
-      <c r="F149" s="11" t="s">
+      <c r="E149" s="12"/>
+      <c r="F149" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G149" s="11"/>
-[...12 lines deleted...]
-      <c r="T149" s="11"/>
+      <c r="G149" s="12"/>
+      <c r="H149" s="12"/>
+      <c r="I149" s="12"/>
+      <c r="J149" s="12"/>
+      <c r="K149" s="12"/>
+      <c r="L149" s="12"/>
+      <c r="M149" s="12"/>
+      <c r="N149" s="12"/>
+      <c r="O149" s="12"/>
+      <c r="P149" s="12"/>
+      <c r="Q149" s="12"/>
+      <c r="R149" s="12"/>
+      <c r="S149" s="12"/>
+      <c r="T149" s="12"/>
     </row>
     <row r="150" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A150" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D150" s="11" t="s">
+      <c r="A150" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B150" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C150" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D150" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="E150" s="11"/>
-      <c r="F150" s="11" t="s">
+      <c r="E150" s="12"/>
+      <c r="F150" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G150" s="11"/>
-[...12 lines deleted...]
-      <c r="T150" s="11"/>
+      <c r="G150" s="12"/>
+      <c r="H150" s="12"/>
+      <c r="I150" s="12"/>
+      <c r="J150" s="12"/>
+      <c r="K150" s="12"/>
+      <c r="L150" s="12"/>
+      <c r="M150" s="12"/>
+      <c r="N150" s="12"/>
+      <c r="O150" s="12"/>
+      <c r="P150" s="12"/>
+      <c r="Q150" s="12"/>
+      <c r="R150" s="12"/>
+      <c r="S150" s="12"/>
+      <c r="T150" s="12"/>
     </row>
     <row r="151" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A151" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D151" s="11" t="s">
+      <c r="A151" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B151" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C151" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D151" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E151" s="11" t="s">
+      <c r="E151" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F151" s="11" t="s">
+      <c r="F151" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G151" s="11"/>
-[...12 lines deleted...]
-      <c r="T151" s="11"/>
+      <c r="G151" s="12"/>
+      <c r="H151" s="12"/>
+      <c r="I151" s="12"/>
+      <c r="J151" s="12"/>
+      <c r="K151" s="12"/>
+      <c r="L151" s="12"/>
+      <c r="M151" s="12"/>
+      <c r="N151" s="12"/>
+      <c r="O151" s="12"/>
+      <c r="P151" s="12"/>
+      <c r="Q151" s="12"/>
+      <c r="R151" s="12"/>
+      <c r="S151" s="12"/>
+      <c r="T151" s="12"/>
     </row>
     <row r="152" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A152" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D152" s="9" t="s">
+      <c r="A152" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D152" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="E152" s="9"/>
-      <c r="F152" s="9" t="s">
+      <c r="E152" s="10"/>
+      <c r="F152" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G152" s="9"/>
-[...12 lines deleted...]
-      <c r="T152" s="9"/>
+      <c r="G152" s="10"/>
+      <c r="H152" s="10"/>
+      <c r="I152" s="10"/>
+      <c r="J152" s="10"/>
+      <c r="K152" s="10"/>
+      <c r="L152" s="10"/>
+      <c r="M152" s="10"/>
+      <c r="N152" s="10"/>
+      <c r="O152" s="10"/>
+      <c r="P152" s="10"/>
+      <c r="Q152" s="10"/>
+      <c r="R152" s="10"/>
+      <c r="S152" s="10"/>
+      <c r="T152" s="10"/>
     </row>
     <row r="153" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A153" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D153" s="11" t="s">
+      <c r="A153" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B153" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C153" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D153" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="E153" s="11"/>
-      <c r="F153" s="11" t="s">
+      <c r="E153" s="12"/>
+      <c r="F153" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G153" s="11"/>
-[...12 lines deleted...]
-      <c r="T153" s="11"/>
+      <c r="G153" s="12"/>
+      <c r="H153" s="12"/>
+      <c r="I153" s="12"/>
+      <c r="J153" s="12"/>
+      <c r="K153" s="12"/>
+      <c r="L153" s="12"/>
+      <c r="M153" s="12"/>
+      <c r="N153" s="12"/>
+      <c r="O153" s="12"/>
+      <c r="P153" s="12"/>
+      <c r="Q153" s="12"/>
+      <c r="R153" s="12"/>
+      <c r="S153" s="12"/>
+      <c r="T153" s="12"/>
     </row>
     <row r="154" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A154" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D154" s="11" t="s">
+      <c r="A154" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B154" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C154" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D154" s="12" t="s">
         <v>188</v>
       </c>
-      <c r="E154" s="11"/>
-      <c r="F154" s="11" t="s">
+      <c r="E154" s="12"/>
+      <c r="F154" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G154" s="11"/>
-[...12 lines deleted...]
-      <c r="T154" s="11"/>
+      <c r="G154" s="12"/>
+      <c r="H154" s="12"/>
+      <c r="I154" s="12"/>
+      <c r="J154" s="12"/>
+      <c r="K154" s="12"/>
+      <c r="L154" s="12"/>
+      <c r="M154" s="12"/>
+      <c r="N154" s="12"/>
+      <c r="O154" s="12"/>
+      <c r="P154" s="12"/>
+      <c r="Q154" s="12"/>
+      <c r="R154" s="12"/>
+      <c r="S154" s="12"/>
+      <c r="T154" s="12"/>
     </row>
     <row r="155" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A155" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D155" s="11" t="s">
+      <c r="A155" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B155" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C155" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D155" s="12" t="s">
         <v>191</v>
       </c>
-      <c r="E155" s="11"/>
-      <c r="F155" s="11" t="s">
+      <c r="E155" s="12"/>
+      <c r="F155" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G155" s="11"/>
-[...12 lines deleted...]
-      <c r="T155" s="11"/>
+      <c r="G155" s="12"/>
+      <c r="H155" s="12"/>
+      <c r="I155" s="12"/>
+      <c r="J155" s="12"/>
+      <c r="K155" s="12"/>
+      <c r="L155" s="12"/>
+      <c r="M155" s="12"/>
+      <c r="N155" s="12"/>
+      <c r="O155" s="12"/>
+      <c r="P155" s="12"/>
+      <c r="Q155" s="12"/>
+      <c r="R155" s="12"/>
+      <c r="S155" s="12"/>
+      <c r="T155" s="12"/>
     </row>
     <row r="156" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A156" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D156" s="11" t="s">
+      <c r="A156" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B156" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C156" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D156" s="12" t="s">
         <v>194</v>
       </c>
-      <c r="E156" s="11"/>
-      <c r="F156" s="11" t="s">
+      <c r="E156" s="12"/>
+      <c r="F156" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G156" s="11"/>
-[...12 lines deleted...]
-      <c r="T156" s="11"/>
+      <c r="G156" s="12"/>
+      <c r="H156" s="12"/>
+      <c r="I156" s="12"/>
+      <c r="J156" s="12"/>
+      <c r="K156" s="12"/>
+      <c r="L156" s="12"/>
+      <c r="M156" s="12"/>
+      <c r="N156" s="12"/>
+      <c r="O156" s="12"/>
+      <c r="P156" s="12"/>
+      <c r="Q156" s="12"/>
+      <c r="R156" s="12"/>
+      <c r="S156" s="12"/>
+      <c r="T156" s="12"/>
     </row>
     <row r="157" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A157" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D157" s="11" t="s">
+      <c r="A157" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B157" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C157" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D157" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E157" s="11" t="s">
+      <c r="E157" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F157" s="11" t="s">
+      <c r="F157" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G157" s="11"/>
-[...12 lines deleted...]
-      <c r="T157" s="11"/>
+      <c r="G157" s="12"/>
+      <c r="H157" s="12"/>
+      <c r="I157" s="12"/>
+      <c r="J157" s="12"/>
+      <c r="K157" s="12"/>
+      <c r="L157" s="12"/>
+      <c r="M157" s="12"/>
+      <c r="N157" s="12"/>
+      <c r="O157" s="12"/>
+      <c r="P157" s="12"/>
+      <c r="Q157" s="12"/>
+      <c r="R157" s="12"/>
+      <c r="S157" s="12"/>
+      <c r="T157" s="12"/>
     </row>
     <row r="158" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A158" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D158" s="9" t="s">
+      <c r="A158" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C158" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D158" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="E158" s="9"/>
-      <c r="F158" s="9" t="s">
+      <c r="E158" s="10"/>
+      <c r="F158" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G158" s="9"/>
-[...12 lines deleted...]
-      <c r="T158" s="9"/>
+      <c r="G158" s="10"/>
+      <c r="H158" s="10"/>
+      <c r="I158" s="10"/>
+      <c r="J158" s="10"/>
+      <c r="K158" s="10"/>
+      <c r="L158" s="10"/>
+      <c r="M158" s="10"/>
+      <c r="N158" s="10"/>
+      <c r="O158" s="10"/>
+      <c r="P158" s="10"/>
+      <c r="Q158" s="10"/>
+      <c r="R158" s="10"/>
+      <c r="S158" s="10"/>
+      <c r="T158" s="10"/>
     </row>
     <row r="159" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A159" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D159" s="11" t="s">
+      <c r="A159" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B159" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C159" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D159" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="E159" s="11"/>
-      <c r="F159" s="11" t="s">
+      <c r="E159" s="12"/>
+      <c r="F159" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G159" s="11"/>
-[...12 lines deleted...]
-      <c r="T159" s="11"/>
+      <c r="G159" s="12"/>
+      <c r="H159" s="12"/>
+      <c r="I159" s="12"/>
+      <c r="J159" s="12"/>
+      <c r="K159" s="12"/>
+      <c r="L159" s="12"/>
+      <c r="M159" s="12"/>
+      <c r="N159" s="12"/>
+      <c r="O159" s="12"/>
+      <c r="P159" s="12"/>
+      <c r="Q159" s="12"/>
+      <c r="R159" s="12"/>
+      <c r="S159" s="12"/>
+      <c r="T159" s="12"/>
     </row>
     <row r="160" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A160" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D160" s="11" t="s">
+      <c r="A160" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B160" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C160" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D160" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="E160" s="11"/>
-      <c r="F160" s="11" t="s">
+      <c r="E160" s="12"/>
+      <c r="F160" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G160" s="11"/>
-[...12 lines deleted...]
-      <c r="T160" s="11"/>
+      <c r="G160" s="12"/>
+      <c r="H160" s="12"/>
+      <c r="I160" s="12"/>
+      <c r="J160" s="12"/>
+      <c r="K160" s="12"/>
+      <c r="L160" s="12"/>
+      <c r="M160" s="12"/>
+      <c r="N160" s="12"/>
+      <c r="O160" s="12"/>
+      <c r="P160" s="12"/>
+      <c r="Q160" s="12"/>
+      <c r="R160" s="12"/>
+      <c r="S160" s="12"/>
+      <c r="T160" s="12"/>
     </row>
     <row r="161" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A161" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D161" s="11" t="s">
+      <c r="A161" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B161" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C161" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D161" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E161" s="11"/>
-      <c r="F161" s="11" t="s">
+      <c r="E161" s="12"/>
+      <c r="F161" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G161" s="11"/>
-[...12 lines deleted...]
-      <c r="T161" s="11"/>
+      <c r="G161" s="12"/>
+      <c r="H161" s="12"/>
+      <c r="I161" s="12"/>
+      <c r="J161" s="12"/>
+      <c r="K161" s="12"/>
+      <c r="L161" s="12"/>
+      <c r="M161" s="12"/>
+      <c r="N161" s="12"/>
+      <c r="O161" s="12"/>
+      <c r="P161" s="12"/>
+      <c r="Q161" s="12"/>
+      <c r="R161" s="12"/>
+      <c r="S161" s="12"/>
+      <c r="T161" s="12"/>
     </row>
     <row r="162" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A162" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D162" s="11" t="s">
+      <c r="A162" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B162" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C162" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D162" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="E162" s="11"/>
-      <c r="F162" s="11" t="s">
+      <c r="E162" s="12"/>
+      <c r="F162" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G162" s="11"/>
-[...12 lines deleted...]
-      <c r="T162" s="11"/>
+      <c r="G162" s="12"/>
+      <c r="H162" s="12"/>
+      <c r="I162" s="12"/>
+      <c r="J162" s="12"/>
+      <c r="K162" s="12"/>
+      <c r="L162" s="12"/>
+      <c r="M162" s="12"/>
+      <c r="N162" s="12"/>
+      <c r="O162" s="12"/>
+      <c r="P162" s="12"/>
+      <c r="Q162" s="12"/>
+      <c r="R162" s="12"/>
+      <c r="S162" s="12"/>
+      <c r="T162" s="12"/>
     </row>
     <row r="163" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A163" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D163" s="11" t="s">
+      <c r="A163" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B163" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C163" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D163" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="E163" s="11"/>
-      <c r="F163" s="11" t="s">
+      <c r="E163" s="12"/>
+      <c r="F163" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G163" s="11"/>
-[...12 lines deleted...]
-      <c r="T163" s="11"/>
+      <c r="G163" s="12"/>
+      <c r="H163" s="12"/>
+      <c r="I163" s="12"/>
+      <c r="J163" s="12"/>
+      <c r="K163" s="12"/>
+      <c r="L163" s="12"/>
+      <c r="M163" s="12"/>
+      <c r="N163" s="12"/>
+      <c r="O163" s="12"/>
+      <c r="P163" s="12"/>
+      <c r="Q163" s="12"/>
+      <c r="R163" s="12"/>
+      <c r="S163" s="12"/>
+      <c r="T163" s="12"/>
     </row>
     <row r="164" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A164" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D164" s="11" t="s">
+      <c r="A164" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B164" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C164" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D164" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="E164" s="11"/>
-      <c r="F164" s="11" t="s">
+      <c r="E164" s="12"/>
+      <c r="F164" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G164" s="11"/>
-[...12 lines deleted...]
-      <c r="T164" s="11"/>
+      <c r="G164" s="12"/>
+      <c r="H164" s="12"/>
+      <c r="I164" s="12"/>
+      <c r="J164" s="12"/>
+      <c r="K164" s="12"/>
+      <c r="L164" s="12"/>
+      <c r="M164" s="12"/>
+      <c r="N164" s="12"/>
+      <c r="O164" s="12"/>
+      <c r="P164" s="12"/>
+      <c r="Q164" s="12"/>
+      <c r="R164" s="12"/>
+      <c r="S164" s="12"/>
+      <c r="T164" s="12"/>
     </row>
     <row r="165" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A165" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D165" s="11" t="s">
+      <c r="A165" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B165" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C165" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D165" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E165" s="11" t="s">
+      <c r="E165" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F165" s="11" t="s">
+      <c r="F165" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G165" s="11"/>
-[...12 lines deleted...]
-      <c r="T165" s="11"/>
+      <c r="G165" s="12"/>
+      <c r="H165" s="12"/>
+      <c r="I165" s="12"/>
+      <c r="J165" s="12"/>
+      <c r="K165" s="12"/>
+      <c r="L165" s="12"/>
+      <c r="M165" s="12"/>
+      <c r="N165" s="12"/>
+      <c r="O165" s="12"/>
+      <c r="P165" s="12"/>
+      <c r="Q165" s="12"/>
+      <c r="R165" s="12"/>
+      <c r="S165" s="12"/>
+      <c r="T165" s="12"/>
     </row>
     <row r="166" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A166" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D166" s="9" t="s">
+      <c r="A166" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D166" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="E166" s="9"/>
-      <c r="F166" s="9" t="s">
+      <c r="E166" s="10"/>
+      <c r="F166" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G166" s="9"/>
-[...12 lines deleted...]
-      <c r="T166" s="9"/>
+      <c r="G166" s="10"/>
+      <c r="H166" s="10"/>
+      <c r="I166" s="10"/>
+      <c r="J166" s="10"/>
+      <c r="K166" s="10"/>
+      <c r="L166" s="10"/>
+      <c r="M166" s="10"/>
+      <c r="N166" s="10"/>
+      <c r="O166" s="10"/>
+      <c r="P166" s="10"/>
+      <c r="Q166" s="10"/>
+      <c r="R166" s="10"/>
+      <c r="S166" s="10"/>
+      <c r="T166" s="10"/>
     </row>
     <row r="167" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A167" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D167" s="11" t="s">
+      <c r="A167" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B167" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C167" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D167" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="E167" s="11"/>
-      <c r="F167" s="11" t="s">
+      <c r="E167" s="12"/>
+      <c r="F167" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G167" s="11"/>
-[...12 lines deleted...]
-      <c r="T167" s="11"/>
+      <c r="G167" s="12"/>
+      <c r="H167" s="12"/>
+      <c r="I167" s="12"/>
+      <c r="J167" s="12"/>
+      <c r="K167" s="12"/>
+      <c r="L167" s="12"/>
+      <c r="M167" s="12"/>
+      <c r="N167" s="12"/>
+      <c r="O167" s="12"/>
+      <c r="P167" s="12"/>
+      <c r="Q167" s="12"/>
+      <c r="R167" s="12"/>
+      <c r="S167" s="12"/>
+      <c r="T167" s="12"/>
     </row>
     <row r="168" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A168" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D168" s="11" t="s">
+      <c r="A168" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B168" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C168" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D168" s="12" t="s">
         <v>226</v>
       </c>
-      <c r="E168" s="11"/>
-      <c r="F168" s="11" t="s">
+      <c r="E168" s="12"/>
+      <c r="F168" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G168" s="11"/>
-[...12 lines deleted...]
-      <c r="T168" s="11"/>
+      <c r="G168" s="12"/>
+      <c r="H168" s="12"/>
+      <c r="I168" s="12"/>
+      <c r="J168" s="12"/>
+      <c r="K168" s="12"/>
+      <c r="L168" s="12"/>
+      <c r="M168" s="12"/>
+      <c r="N168" s="12"/>
+      <c r="O168" s="12"/>
+      <c r="P168" s="12"/>
+      <c r="Q168" s="12"/>
+      <c r="R168" s="12"/>
+      <c r="S168" s="12"/>
+      <c r="T168" s="12"/>
     </row>
     <row r="169" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A169" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D169" s="11" t="s">
+      <c r="A169" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B169" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C169" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D169" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="E169" s="11"/>
-      <c r="F169" s="11" t="s">
+      <c r="E169" s="12"/>
+      <c r="F169" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G169" s="11"/>
-[...12 lines deleted...]
-      <c r="T169" s="11"/>
+      <c r="G169" s="12"/>
+      <c r="H169" s="12"/>
+      <c r="I169" s="12"/>
+      <c r="J169" s="12"/>
+      <c r="K169" s="12"/>
+      <c r="L169" s="12"/>
+      <c r="M169" s="12"/>
+      <c r="N169" s="12"/>
+      <c r="O169" s="12"/>
+      <c r="P169" s="12"/>
+      <c r="Q169" s="12"/>
+      <c r="R169" s="12"/>
+      <c r="S169" s="12"/>
+      <c r="T169" s="12"/>
     </row>
     <row r="170" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A170" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D170" s="11" t="s">
+      <c r="A170" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B170" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C170" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D170" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E170" s="11" t="s">
+      <c r="E170" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F170" s="11" t="s">
+      <c r="F170" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G170" s="11"/>
-[...12 lines deleted...]
-      <c r="T170" s="11"/>
+      <c r="G170" s="12"/>
+      <c r="H170" s="12"/>
+      <c r="I170" s="12"/>
+      <c r="J170" s="12"/>
+      <c r="K170" s="12"/>
+      <c r="L170" s="12"/>
+      <c r="M170" s="12"/>
+      <c r="N170" s="12"/>
+      <c r="O170" s="12"/>
+      <c r="P170" s="12"/>
+      <c r="Q170" s="12"/>
+      <c r="R170" s="12"/>
+      <c r="S170" s="12"/>
+      <c r="T170" s="12"/>
     </row>
     <row r="171" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A171" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D171" s="9" t="s">
+      <c r="A171" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B171" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C171" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D171" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="E171" s="9"/>
-      <c r="F171" s="9" t="s">
+      <c r="E171" s="10"/>
+      <c r="F171" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G171" s="9"/>
-[...12 lines deleted...]
-      <c r="T171" s="9"/>
+      <c r="G171" s="10"/>
+      <c r="H171" s="10"/>
+      <c r="I171" s="10"/>
+      <c r="J171" s="10"/>
+      <c r="K171" s="10"/>
+      <c r="L171" s="10"/>
+      <c r="M171" s="10"/>
+      <c r="N171" s="10"/>
+      <c r="O171" s="10"/>
+      <c r="P171" s="10"/>
+      <c r="Q171" s="10"/>
+      <c r="R171" s="10"/>
+      <c r="S171" s="10"/>
+      <c r="T171" s="10"/>
     </row>
     <row r="172" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A172" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D172" s="11" t="s">
+      <c r="A172" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B172" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C172" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D172" s="12" t="s">
         <v>236</v>
       </c>
-      <c r="E172" s="11"/>
-      <c r="F172" s="11" t="s">
+      <c r="E172" s="12"/>
+      <c r="F172" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G172" s="11"/>
-[...12 lines deleted...]
-      <c r="T172" s="11"/>
+      <c r="G172" s="12"/>
+      <c r="H172" s="12"/>
+      <c r="I172" s="12"/>
+      <c r="J172" s="12"/>
+      <c r="K172" s="12"/>
+      <c r="L172" s="12"/>
+      <c r="M172" s="12"/>
+      <c r="N172" s="12"/>
+      <c r="O172" s="12"/>
+      <c r="P172" s="12"/>
+      <c r="Q172" s="12"/>
+      <c r="R172" s="12"/>
+      <c r="S172" s="12"/>
+      <c r="T172" s="12"/>
     </row>
     <row r="173" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A173" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D173" s="11" t="s">
+      <c r="A173" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B173" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C173" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D173" s="12" t="s">
         <v>239</v>
       </c>
-      <c r="E173" s="11"/>
-      <c r="F173" s="11" t="s">
+      <c r="E173" s="12"/>
+      <c r="F173" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G173" s="11"/>
-[...12 lines deleted...]
-      <c r="T173" s="11"/>
+      <c r="G173" s="12"/>
+      <c r="H173" s="12"/>
+      <c r="I173" s="12"/>
+      <c r="J173" s="12"/>
+      <c r="K173" s="12"/>
+      <c r="L173" s="12"/>
+      <c r="M173" s="12"/>
+      <c r="N173" s="12"/>
+      <c r="O173" s="12"/>
+      <c r="P173" s="12"/>
+      <c r="Q173" s="12"/>
+      <c r="R173" s="12"/>
+      <c r="S173" s="12"/>
+      <c r="T173" s="12"/>
     </row>
     <row r="174" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A174" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D174" s="11" t="s">
+      <c r="A174" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B174" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C174" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D174" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E174" s="11" t="s">
+      <c r="E174" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F174" s="11" t="s">
+      <c r="F174" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G174" s="11"/>
-[...12 lines deleted...]
-      <c r="T174" s="11"/>
+      <c r="G174" s="12"/>
+      <c r="H174" s="12"/>
+      <c r="I174" s="12"/>
+      <c r="J174" s="12"/>
+      <c r="K174" s="12"/>
+      <c r="L174" s="12"/>
+      <c r="M174" s="12"/>
+      <c r="N174" s="12"/>
+      <c r="O174" s="12"/>
+      <c r="P174" s="12"/>
+      <c r="Q174" s="12"/>
+      <c r="R174" s="12"/>
+      <c r="S174" s="12"/>
+      <c r="T174" s="12"/>
     </row>
     <row r="175" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A175" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D175" s="9" t="s">
+      <c r="A175" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B175" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C175" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D175" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="E175" s="9"/>
-      <c r="F175" s="9" t="s">
+      <c r="E175" s="10"/>
+      <c r="F175" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G175" s="9"/>
-[...12 lines deleted...]
-      <c r="T175" s="9"/>
+      <c r="G175" s="10"/>
+      <c r="H175" s="10"/>
+      <c r="I175" s="10"/>
+      <c r="J175" s="10"/>
+      <c r="K175" s="10"/>
+      <c r="L175" s="10"/>
+      <c r="M175" s="10"/>
+      <c r="N175" s="10"/>
+      <c r="O175" s="10"/>
+      <c r="P175" s="10"/>
+      <c r="Q175" s="10"/>
+      <c r="R175" s="10"/>
+      <c r="S175" s="10"/>
+      <c r="T175" s="10"/>
     </row>
     <row r="176" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A176" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D176" s="11" t="s">
+      <c r="A176" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B176" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C176" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D176" s="12" t="s">
         <v>246</v>
       </c>
-      <c r="E176" s="11"/>
-      <c r="F176" s="11" t="s">
+      <c r="E176" s="12"/>
+      <c r="F176" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G176" s="11"/>
-[...12 lines deleted...]
-      <c r="T176" s="11"/>
+      <c r="G176" s="12"/>
+      <c r="H176" s="12"/>
+      <c r="I176" s="12"/>
+      <c r="J176" s="12"/>
+      <c r="K176" s="12"/>
+      <c r="L176" s="12"/>
+      <c r="M176" s="12"/>
+      <c r="N176" s="12"/>
+      <c r="O176" s="12"/>
+      <c r="P176" s="12"/>
+      <c r="Q176" s="12"/>
+      <c r="R176" s="12"/>
+      <c r="S176" s="12"/>
+      <c r="T176" s="12"/>
     </row>
     <row r="177" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A177" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D177" s="11" t="s">
+      <c r="A177" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B177" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C177" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D177" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="E177" s="11"/>
-      <c r="F177" s="11" t="s">
+      <c r="E177" s="12"/>
+      <c r="F177" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G177" s="11"/>
-[...12 lines deleted...]
-      <c r="T177" s="11"/>
+      <c r="G177" s="12"/>
+      <c r="H177" s="12"/>
+      <c r="I177" s="12"/>
+      <c r="J177" s="12"/>
+      <c r="K177" s="12"/>
+      <c r="L177" s="12"/>
+      <c r="M177" s="12"/>
+      <c r="N177" s="12"/>
+      <c r="O177" s="12"/>
+      <c r="P177" s="12"/>
+      <c r="Q177" s="12"/>
+      <c r="R177" s="12"/>
+      <c r="S177" s="12"/>
+      <c r="T177" s="12"/>
     </row>
     <row r="178" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A178" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D178" s="11" t="s">
+      <c r="A178" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B178" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C178" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D178" s="12" t="s">
         <v>252</v>
       </c>
-      <c r="E178" s="11"/>
-      <c r="F178" s="11" t="s">
+      <c r="E178" s="12"/>
+      <c r="F178" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G178" s="11"/>
-[...12 lines deleted...]
-      <c r="T178" s="11"/>
+      <c r="G178" s="12"/>
+      <c r="H178" s="12"/>
+      <c r="I178" s="12"/>
+      <c r="J178" s="12"/>
+      <c r="K178" s="12"/>
+      <c r="L178" s="12"/>
+      <c r="M178" s="12"/>
+      <c r="N178" s="12"/>
+      <c r="O178" s="12"/>
+      <c r="P178" s="12"/>
+      <c r="Q178" s="12"/>
+      <c r="R178" s="12"/>
+      <c r="S178" s="12"/>
+      <c r="T178" s="12"/>
     </row>
     <row r="179" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A179" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D179" s="11" t="s">
+      <c r="A179" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B179" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C179" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D179" s="12" t="s">
         <v>255</v>
       </c>
-      <c r="E179" s="11"/>
-      <c r="F179" s="11" t="s">
+      <c r="E179" s="12"/>
+      <c r="F179" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G179" s="11"/>
-[...12 lines deleted...]
-      <c r="T179" s="11"/>
+      <c r="G179" s="12"/>
+      <c r="H179" s="12"/>
+      <c r="I179" s="12"/>
+      <c r="J179" s="12"/>
+      <c r="K179" s="12"/>
+      <c r="L179" s="12"/>
+      <c r="M179" s="12"/>
+      <c r="N179" s="12"/>
+      <c r="O179" s="12"/>
+      <c r="P179" s="12"/>
+      <c r="Q179" s="12"/>
+      <c r="R179" s="12"/>
+      <c r="S179" s="12"/>
+      <c r="T179" s="12"/>
     </row>
     <row r="180" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D180" s="11" t="s">
+      <c r="A180" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B180" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C180" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D180" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="E180" s="11"/>
-      <c r="F180" s="11" t="s">
+      <c r="E180" s="12"/>
+      <c r="F180" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G180" s="11"/>
-[...12 lines deleted...]
-      <c r="T180" s="11"/>
+      <c r="G180" s="12"/>
+      <c r="H180" s="12"/>
+      <c r="I180" s="12"/>
+      <c r="J180" s="12"/>
+      <c r="K180" s="12"/>
+      <c r="L180" s="12"/>
+      <c r="M180" s="12"/>
+      <c r="N180" s="12"/>
+      <c r="O180" s="12"/>
+      <c r="P180" s="12"/>
+      <c r="Q180" s="12"/>
+      <c r="R180" s="12"/>
+      <c r="S180" s="12"/>
+      <c r="T180" s="12"/>
     </row>
     <row r="181" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="11" t="s">
-[...6 lines deleted...]
-      <c r="D181" s="11" t="s">
+      <c r="A181" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B181" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C181" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D181" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E181" s="11" t="s">
+      <c r="E181" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F181" s="11" t="s">
+      <c r="F181" s="12" t="s">
         <v>308</v>
       </c>
-      <c r="G181" s="11"/>
-[...12 lines deleted...]
-      <c r="T181" s="11"/>
+      <c r="G181" s="12"/>
+      <c r="H181" s="12"/>
+      <c r="I181" s="12"/>
+      <c r="J181" s="12"/>
+      <c r="K181" s="12"/>
+      <c r="L181" s="12"/>
+      <c r="M181" s="12"/>
+      <c r="N181" s="12"/>
+      <c r="O181" s="12"/>
+      <c r="P181" s="12"/>
+      <c r="Q181" s="12"/>
+      <c r="R181" s="12"/>
+      <c r="S181" s="12"/>
+      <c r="T181" s="12"/>
     </row>
     <row r="182" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D182" s="9" t="s">
+      <c r="A182" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C182" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D182" s="10" t="s">
         <v>284</v>
       </c>
-      <c r="E182" s="9"/>
-      <c r="F182" s="9" t="s">
+      <c r="E182" s="10"/>
+      <c r="F182" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G182" s="9"/>
-[...12 lines deleted...]
-      <c r="T182" s="9"/>
+      <c r="G182" s="10"/>
+      <c r="H182" s="10"/>
+      <c r="I182" s="10"/>
+      <c r="J182" s="10"/>
+      <c r="K182" s="10"/>
+      <c r="L182" s="10"/>
+      <c r="M182" s="10"/>
+      <c r="N182" s="10"/>
+      <c r="O182" s="10"/>
+      <c r="P182" s="10"/>
+      <c r="Q182" s="10"/>
+      <c r="R182" s="10"/>
+      <c r="S182" s="10"/>
+      <c r="T182" s="10"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:M167" xr:uid="{8FE26BA7-CC3E-4F39-B866-FE7349051E2A}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="33" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E85B7E4E-6ACE-4121-9FB0-03BCA0564A6A}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Z92"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C22" sqref="C22"/>
+    <sheetView showGridLines="0" topLeftCell="D1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="51.7109375" style="24" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="25" max="16384" width="9.140625" style="10"/>
+    <col min="1" max="1" width="43.42578125" style="25" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.5703125" style="11" customWidth="1"/>
+    <col min="4" max="4" width="80.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32.42578125" style="11" customWidth="1"/>
+    <col min="6" max="7" width="16" style="11" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19" style="11" customWidth="1"/>
+    <col min="9" max="9" width="29.42578125" style="11" customWidth="1"/>
+    <col min="10" max="10" width="16" style="53" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="16" style="11" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="19.140625" style="11" customWidth="1"/>
+    <col min="14" max="14" width="20.85546875" style="11" customWidth="1"/>
+    <col min="15" max="15" width="23.140625" style="11" customWidth="1"/>
+    <col min="16" max="24" width="9.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="25" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" s="23" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:26" s="24" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="15" t="s">
+      <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="15" t="s">
+      <c r="C1" s="16" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="15" t="s">
+      <c r="D1" s="16" t="s">
         <v>289</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="16" t="s">
         <v>290</v>
       </c>
-      <c r="F1" s="15" t="s">
+      <c r="F1" s="16" t="s">
         <v>309</v>
       </c>
-      <c r="G1" s="15" t="s">
+      <c r="G1" s="16" t="s">
         <v>310</v>
       </c>
-      <c r="H1" s="15" t="s">
+      <c r="H1" s="16" t="s">
         <v>311</v>
       </c>
-      <c r="I1" s="15" t="s">
+      <c r="I1" s="16" t="s">
         <v>312</v>
       </c>
-      <c r="J1" s="15" t="s">
+      <c r="J1" s="16" t="s">
         <v>313</v>
       </c>
-      <c r="K1" s="30" t="s">
+      <c r="K1" s="31" t="s">
         <v>314</v>
       </c>
-      <c r="L1" s="30" t="s">
+      <c r="L1" s="31" t="s">
         <v>315</v>
       </c>
-      <c r="M1" s="30" t="s">
+      <c r="M1" s="31" t="s">
         <v>316</v>
       </c>
-      <c r="N1" s="30" t="s">
+      <c r="N1" s="31" t="s">
         <v>317</v>
       </c>
-      <c r="O1" s="30" t="s">
+      <c r="O1" s="31" t="s">
         <v>318</v>
       </c>
-      <c r="P1" s="15" t="s">
+      <c r="P1" s="16" t="s">
         <v>319</v>
       </c>
-      <c r="Q1" s="15" t="s">
+      <c r="Q1" s="16" t="s">
         <v>320</v>
       </c>
-      <c r="R1" s="15" t="s">
+      <c r="R1" s="16" t="s">
         <v>321</v>
       </c>
-      <c r="S1" s="15" t="s">
+      <c r="S1" s="16" t="s">
         <v>322</v>
       </c>
-      <c r="T1" s="15" t="s">
+      <c r="T1" s="16" t="s">
         <v>323</v>
       </c>
-      <c r="U1" s="30" t="s">
+      <c r="U1" s="31" t="s">
         <v>324</v>
       </c>
-      <c r="V1" s="30" t="s">
+      <c r="V1" s="31" t="s">
         <v>325</v>
       </c>
-      <c r="W1" s="30" t="s">
+      <c r="W1" s="31" t="s">
         <v>326</v>
       </c>
-      <c r="X1" s="30" t="s">
+      <c r="X1" s="31" t="s">
         <v>327</v>
       </c>
-      <c r="Y1" s="30" t="s">
+      <c r="Y1" s="31" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="2" spans="1:26" x14ac:dyDescent="0.2">
-      <c r="A2" s="25" t="s">
+      <c r="A2" s="26" t="s">
         <v>329</v>
       </c>
       <c r="B2" s="7" t="s">
-        <v>430</v>
+        <v>5</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="7"/>
       <c r="F2" s="7">
-        <v>518436</v>
+        <v>373139</v>
       </c>
       <c r="G2" s="7"/>
       <c r="H2" s="7">
-        <v>518436</v>
+        <v>373139</v>
       </c>
       <c r="I2" s="7"/>
-      <c r="J2" s="55">
-        <v>0.51542824073840166</v>
+      <c r="J2" s="56">
+        <v>0.64513888888888893</v>
       </c>
       <c r="K2" s="7"/>
-      <c r="L2" s="31"/>
-[...4 lines deleted...]
-      <c r="O2" s="26"/>
+      <c r="L2" s="32"/>
+      <c r="M2" s="27"/>
+      <c r="N2" s="27">
+        <v>383423</v>
+      </c>
+      <c r="O2" s="27"/>
       <c r="P2" s="7"/>
       <c r="Q2" s="7"/>
       <c r="R2" s="7"/>
       <c r="S2" s="7"/>
       <c r="T2" s="7"/>
       <c r="U2" s="7"/>
-      <c r="V2" s="31"/>
-[...2 lines deleted...]
-      <c r="Y2" s="26"/>
+      <c r="V2" s="32"/>
+      <c r="W2" s="27"/>
+      <c r="X2" s="27"/>
+      <c r="Y2" s="27"/>
     </row>
     <row r="3" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="25" t="s">
+      <c r="A3" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B3" s="9" t="s">
-        <v>430</v>
+      <c r="B3" s="10" t="s">
+        <v>5</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D3" s="9" t="s">
+      <c r="D3" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="9"/>
-      <c r="F3" s="9">
+      <c r="E3" s="10"/>
+      <c r="F3" s="10">
         <v>0</v>
       </c>
-      <c r="G3" s="9"/>
-      <c r="H3" s="9">
+      <c r="G3" s="10"/>
+      <c r="H3" s="10">
         <v>0</v>
       </c>
-      <c r="I3" s="9"/>
-      <c r="J3" s="51">
+      <c r="I3" s="10"/>
+      <c r="J3" s="50">
         <v>0</v>
       </c>
-      <c r="K3" s="9"/>
+      <c r="K3" s="10"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
-      <c r="P3" s="9"/>
-[...4 lines deleted...]
-      <c r="U3" s="9"/>
+      <c r="P3" s="10"/>
+      <c r="Q3" s="10"/>
+      <c r="R3" s="10"/>
+      <c r="S3" s="10"/>
+      <c r="T3" s="10"/>
+      <c r="U3" s="10"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3"/>
       <c r="Z3"/>
     </row>
     <row r="4" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B4" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="11" t="s">
+      <c r="B4" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="11"/>
-[...5 lines deleted...]
-      <c r="K4" s="11"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="12"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="51"/>
+      <c r="K4" s="12"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
-      <c r="P4" s="11"/>
-[...4 lines deleted...]
-      <c r="U4" s="11"/>
+      <c r="P4" s="12"/>
+      <c r="Q4" s="12"/>
+      <c r="R4" s="12"/>
+      <c r="S4" s="12"/>
+      <c r="T4" s="12"/>
+      <c r="U4" s="12"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
     </row>
     <row r="5" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="25" t="s">
+      <c r="A5" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B5" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="11" t="s">
+      <c r="B5" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="11"/>
-[...5 lines deleted...]
-      <c r="K5" s="11"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="51"/>
+      <c r="K5" s="12"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
-      <c r="P5" s="11"/>
-[...4 lines deleted...]
-      <c r="U5" s="11"/>
+      <c r="P5" s="12"/>
+      <c r="Q5" s="12"/>
+      <c r="R5" s="12"/>
+      <c r="S5" s="12"/>
+      <c r="T5" s="12"/>
+      <c r="U5" s="12"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
       <c r="Y5"/>
     </row>
     <row r="6" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="25" t="s">
+      <c r="A6" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D6" s="11" t="s">
+      <c r="B6" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="E6" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F6" s="11"/>
-[...4 lines deleted...]
-      <c r="K6" s="11"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="51"/>
+      <c r="K6" s="12"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
-      <c r="P6" s="11"/>
-[...4 lines deleted...]
-      <c r="U6" s="11"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="12"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="12"/>
+      <c r="U6" s="12"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
     </row>
     <row r="7" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="25" t="s">
+      <c r="A7" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B7" s="29" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="29" t="s">
+      <c r="B7" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="30" t="s">
+        <v>306</v>
+      </c>
+      <c r="D7" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="E7" s="29"/>
-[...7 lines deleted...]
-      <c r="I7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="10">
+        <v>2575</v>
+      </c>
+      <c r="G7" s="30"/>
+      <c r="H7" s="10">
+        <v>2575</v>
+      </c>
+      <c r="I7" s="30"/>
       <c r="J7" s="50">
-        <v>0.49751736111284117</v>
-[...1 lines deleted...]
-      <c r="K7" s="29"/>
+        <v>0.68333333333430346</v>
+      </c>
+      <c r="K7" s="30"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
-      <c r="P7" s="29"/>
-[...4 lines deleted...]
-      <c r="U7" s="29"/>
+      <c r="P7" s="30"/>
+      <c r="Q7" s="30"/>
+      <c r="R7" s="30"/>
+      <c r="S7" s="30"/>
+      <c r="T7" s="30"/>
+      <c r="U7" s="30"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
     </row>
     <row r="8" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="25" t="s">
+      <c r="A8" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B8" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D8" s="11" t="s">
+      <c r="B8" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="E8" s="11"/>
-[...5 lines deleted...]
-      <c r="K8" s="11"/>
+      <c r="E8" s="12"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="51"/>
+      <c r="K8" s="12"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
-      <c r="P8" s="11"/>
-[...4 lines deleted...]
-      <c r="U8" s="11"/>
+      <c r="P8" s="12"/>
+      <c r="Q8" s="12"/>
+      <c r="R8" s="12"/>
+      <c r="S8" s="12"/>
+      <c r="T8" s="12"/>
+      <c r="U8" s="12"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
     </row>
     <row r="9" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="25" t="s">
+      <c r="A9" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B9" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="11" t="s">
+      <c r="B9" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="E9" s="11"/>
-[...5 lines deleted...]
-      <c r="K9" s="11"/>
+      <c r="E9" s="12"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="51"/>
+      <c r="K9" s="12"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
-      <c r="P9" s="11"/>
-[...4 lines deleted...]
-      <c r="U9" s="11"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="12"/>
+      <c r="R9" s="12"/>
+      <c r="S9" s="12"/>
+      <c r="T9" s="12"/>
+      <c r="U9" s="12"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
     </row>
     <row r="10" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="25" t="s">
+      <c r="A10" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B10" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D10" s="11" t="s">
+      <c r="B10" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D10" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="E10" s="11"/>
-[...5 lines deleted...]
-      <c r="K10" s="11"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="51"/>
+      <c r="K10" s="12"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
-      <c r="P10" s="11"/>
-[...4 lines deleted...]
-      <c r="U10" s="11"/>
+      <c r="P10" s="12"/>
+      <c r="Q10" s="12"/>
+      <c r="R10" s="12"/>
+      <c r="S10" s="12"/>
+      <c r="T10" s="12"/>
+      <c r="U10" s="12"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
     </row>
     <row r="11" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="25" t="s">
+      <c r="A11" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B11" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="11" t="s">
+      <c r="B11" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D11" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="11"/>
-[...5 lines deleted...]
-      <c r="K11" s="11"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="51"/>
+      <c r="K11" s="12"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
-      <c r="P11" s="11"/>
-[...4 lines deleted...]
-      <c r="U11" s="11"/>
+      <c r="P11" s="12"/>
+      <c r="Q11" s="12"/>
+      <c r="R11" s="12"/>
+      <c r="S11" s="12"/>
+      <c r="T11" s="12"/>
+      <c r="U11" s="12"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
     </row>
     <row r="12" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="25" t="s">
+      <c r="A12" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B12" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="11" t="s">
+      <c r="B12" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="11"/>
-[...5 lines deleted...]
-      <c r="K12" s="11"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="51"/>
+      <c r="K12" s="12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
-      <c r="P12" s="11"/>
-[...4 lines deleted...]
-      <c r="U12" s="11"/>
+      <c r="P12" s="12"/>
+      <c r="Q12" s="12"/>
+      <c r="R12" s="12"/>
+      <c r="S12" s="12"/>
+      <c r="T12" s="12"/>
+      <c r="U12" s="12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
     </row>
     <row r="13" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="25" t="s">
+      <c r="A13" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B13" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="11" t="s">
+      <c r="B13" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D13" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="11" t="s">
+      <c r="E13" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F13" s="11"/>
-[...4 lines deleted...]
-      <c r="K13" s="11"/>
+      <c r="F13" s="12"/>
+      <c r="G13" s="12"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="51"/>
+      <c r="K13" s="12"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
-      <c r="P13" s="11"/>
-[...4 lines deleted...]
-      <c r="U13" s="11"/>
+      <c r="P13" s="12"/>
+      <c r="Q13" s="12"/>
+      <c r="R13" s="12"/>
+      <c r="S13" s="12"/>
+      <c r="T13" s="12"/>
+      <c r="U13" s="12"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
     </row>
     <row r="14" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="25" t="s">
+      <c r="A14" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B14" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D14" s="9" t="s">
+      <c r="B14" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D14" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="E14" s="9"/>
-[...11 lines deleted...]
-      <c r="K14" s="9"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="10">
+        <v>0</v>
+      </c>
+      <c r="G14" s="10"/>
+      <c r="H14" s="10">
+        <v>0</v>
+      </c>
+      <c r="I14" s="10"/>
+      <c r="J14" s="50">
+        <v>0</v>
+      </c>
+      <c r="K14" s="10"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
-      <c r="P14" s="9"/>
-[...4 lines deleted...]
-      <c r="U14" s="9"/>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="10"/>
+      <c r="R14" s="10"/>
+      <c r="S14" s="10"/>
+      <c r="T14" s="10"/>
+      <c r="U14" s="10"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
     </row>
     <row r="15" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="25" t="s">
+      <c r="A15" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B15" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D15" s="11" t="s">
+      <c r="B15" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="11"/>
-[...5 lines deleted...]
-      <c r="K15" s="11"/>
+      <c r="E15" s="12"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="51"/>
+      <c r="K15" s="12"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
-      <c r="P15" s="11"/>
-[...4 lines deleted...]
-      <c r="U15" s="11"/>
+      <c r="P15" s="12"/>
+      <c r="Q15" s="12"/>
+      <c r="R15" s="12"/>
+      <c r="S15" s="12"/>
+      <c r="T15" s="12"/>
+      <c r="U15" s="12"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
     </row>
     <row r="16" spans="1:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="25" t="s">
+      <c r="A16" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B16" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D16" s="11" t="s">
+      <c r="B16" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="E16" s="11"/>
-[...5 lines deleted...]
-      <c r="K16" s="11"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="51"/>
+      <c r="K16" s="12"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
-      <c r="P16" s="11"/>
-[...4 lines deleted...]
-      <c r="U16" s="11"/>
+      <c r="P16" s="12"/>
+      <c r="Q16" s="12"/>
+      <c r="R16" s="12"/>
+      <c r="S16" s="12"/>
+      <c r="T16" s="12"/>
+      <c r="U16" s="12"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
     </row>
     <row r="17" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="25" t="s">
+      <c r="A17" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B17" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D17" s="11" t="s">
+      <c r="B17" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="E17" s="11"/>
-[...5 lines deleted...]
-      <c r="K17" s="11"/>
+      <c r="E17" s="12"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="12"/>
+      <c r="J17" s="51"/>
+      <c r="K17" s="12"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
-      <c r="P17" s="11"/>
-[...4 lines deleted...]
-      <c r="U17" s="11"/>
+      <c r="P17" s="12"/>
+      <c r="Q17" s="12"/>
+      <c r="R17" s="12"/>
+      <c r="S17" s="12"/>
+      <c r="T17" s="12"/>
+      <c r="U17" s="12"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
     </row>
     <row r="18" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A18" s="25" t="s">
+      <c r="A18" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B18" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D18" s="11" t="s">
+      <c r="B18" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D18" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E18" s="11"/>
-[...5 lines deleted...]
-      <c r="K18" s="11"/>
+      <c r="E18" s="12"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="51"/>
+      <c r="K18" s="12"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
-      <c r="P18" s="11"/>
-[...4 lines deleted...]
-      <c r="U18" s="11"/>
+      <c r="P18" s="12"/>
+      <c r="Q18" s="12"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="12"/>
+      <c r="U18" s="12"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
     </row>
     <row r="19" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A19" s="25" t="s">
+      <c r="A19" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B19" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D19" s="11" t="s">
+      <c r="B19" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D19" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="E19" s="11"/>
-[...5 lines deleted...]
-      <c r="K19" s="11"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="51"/>
+      <c r="K19" s="12"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
-      <c r="P19" s="11"/>
-[...4 lines deleted...]
-      <c r="U19" s="11"/>
+      <c r="P19" s="12"/>
+      <c r="Q19" s="12"/>
+      <c r="R19" s="12"/>
+      <c r="S19" s="12"/>
+      <c r="T19" s="12"/>
+      <c r="U19" s="12"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
     </row>
     <row r="20" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="25" t="s">
+      <c r="A20" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B20" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D20" s="11" t="s">
+      <c r="B20" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D20" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="E20" s="11"/>
-[...5 lines deleted...]
-      <c r="K20" s="11"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="51"/>
+      <c r="K20" s="12"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
-      <c r="P20" s="11"/>
-[...4 lines deleted...]
-      <c r="U20" s="11"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="12"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="12"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="12"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
     </row>
     <row r="21" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A21" s="25" t="s">
+      <c r="A21" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B21" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D21" s="11" t="s">
+      <c r="B21" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E21" s="11" t="s">
+      <c r="E21" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F21" s="11"/>
-[...4 lines deleted...]
-      <c r="K21" s="11"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="51"/>
+      <c r="K21" s="12"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
-      <c r="P21" s="11"/>
-[...4 lines deleted...]
-      <c r="U21" s="11"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="12"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="12"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="12"/>
       <c r="V21"/>
       <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
     </row>
     <row r="22" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A22" s="25" t="s">
+      <c r="A22" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B22" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D22" s="9" t="s">
+      <c r="B22" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D22" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="E22" s="9"/>
-      <c r="F22" s="9">
+      <c r="E22" s="10"/>
+      <c r="F22" s="10">
         <v>0</v>
       </c>
-      <c r="G22" s="9"/>
-      <c r="H22" s="9">
+      <c r="G22" s="10"/>
+      <c r="H22" s="10">
         <v>0</v>
       </c>
-      <c r="I22" s="9"/>
-      <c r="J22" s="51">
+      <c r="I22" s="10"/>
+      <c r="J22" s="50">
         <v>0</v>
       </c>
-      <c r="K22" s="9"/>
+      <c r="K22" s="10"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
-      <c r="P22" s="9"/>
-[...4 lines deleted...]
-      <c r="U22" s="9"/>
+      <c r="P22" s="10"/>
+      <c r="Q22" s="10"/>
+      <c r="R22" s="10"/>
+      <c r="S22" s="10"/>
+      <c r="T22" s="10"/>
+      <c r="U22" s="10"/>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
       <c r="Y22"/>
     </row>
     <row r="23" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A23" s="25" t="s">
+      <c r="A23" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B23" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="11" t="s">
+      <c r="B23" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D23" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="E23" s="11"/>
-[...5 lines deleted...]
-      <c r="K23" s="11"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="51"/>
+      <c r="K23" s="12"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
-      <c r="P23" s="11"/>
-[...4 lines deleted...]
-      <c r="U23" s="11"/>
+      <c r="P23" s="12"/>
+      <c r="Q23" s="12"/>
+      <c r="R23" s="12"/>
+      <c r="S23" s="12"/>
+      <c r="T23" s="12"/>
+      <c r="U23" s="12"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
     </row>
     <row r="24" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A24" s="25" t="s">
+      <c r="A24" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B24" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="11" t="s">
+      <c r="B24" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D24" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="E24" s="11"/>
-[...5 lines deleted...]
-      <c r="K24" s="11"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="51"/>
+      <c r="K24" s="12"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
-      <c r="P24" s="11"/>
-[...4 lines deleted...]
-      <c r="U24" s="11"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="12"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="12"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="12"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
     </row>
     <row r="25" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A25" s="25" t="s">
+      <c r="A25" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B25" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D25" s="11" t="s">
+      <c r="B25" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D25" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="E25" s="11"/>
-[...5 lines deleted...]
-      <c r="K25" s="11"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="51"/>
+      <c r="K25" s="12"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
-      <c r="P25" s="11"/>
-[...4 lines deleted...]
-      <c r="U25" s="11"/>
+      <c r="P25" s="12"/>
+      <c r="Q25" s="12"/>
+      <c r="R25" s="12"/>
+      <c r="S25" s="12"/>
+      <c r="T25" s="12"/>
+      <c r="U25" s="12"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
     </row>
     <row r="26" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A26" s="25" t="s">
+      <c r="A26" s="26" t="s">
         <v>329</v>
       </c>
       <c r="B26" s="37" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="C26" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="C26" s="12" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="37" t="s">
         <v>86</v>
       </c>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="37"/>
       <c r="I26" s="37"/>
-      <c r="J26" s="53"/>
+      <c r="J26" s="52"/>
       <c r="K26" s="37"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26" s="37"/>
       <c r="Q26" s="37"/>
       <c r="R26" s="37"/>
       <c r="S26" s="37"/>
       <c r="T26" s="37"/>
       <c r="U26" s="37"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
     </row>
     <row r="27" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A27" s="25" t="s">
+      <c r="A27" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B27" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D27" s="11" t="s">
+      <c r="B27" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D27" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="E27" s="11"/>
-[...5 lines deleted...]
-      <c r="K27" s="11"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="51"/>
+      <c r="K27" s="12"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
-      <c r="P27" s="11"/>
-[...4 lines deleted...]
-      <c r="U27" s="11"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="12"/>
+      <c r="R27" s="12"/>
+      <c r="S27" s="12"/>
+      <c r="T27" s="12"/>
+      <c r="U27" s="12"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
     </row>
     <row r="28" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="25" t="s">
+      <c r="A28" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B28" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D28" s="11" t="s">
+      <c r="B28" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D28" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="E28" s="11"/>
-[...5 lines deleted...]
-      <c r="K28" s="11"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="51"/>
+      <c r="K28" s="12"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
-      <c r="P28" s="11"/>
-[...4 lines deleted...]
-      <c r="U28" s="11"/>
+      <c r="P28" s="12"/>
+      <c r="Q28" s="12"/>
+      <c r="R28" s="12"/>
+      <c r="S28" s="12"/>
+      <c r="T28" s="12"/>
+      <c r="U28" s="12"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
     </row>
     <row r="29" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A29" s="25" t="s">
+      <c r="A29" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B29" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="11" t="s">
+      <c r="B29" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D29" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="E29" s="11"/>
-[...5 lines deleted...]
-      <c r="K29" s="11"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="51"/>
+      <c r="K29" s="12"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
-      <c r="P29" s="11"/>
-[...4 lines deleted...]
-      <c r="U29" s="11"/>
+      <c r="P29" s="12"/>
+      <c r="Q29" s="12"/>
+      <c r="R29" s="12"/>
+      <c r="S29" s="12"/>
+      <c r="T29" s="12"/>
+      <c r="U29" s="12"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
     </row>
     <row r="30" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A30" s="25" t="s">
+      <c r="A30" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B30" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D30" s="11" t="s">
+      <c r="B30" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D30" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E30" s="11" t="s">
+      <c r="E30" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F30" s="11"/>
-[...4 lines deleted...]
-      <c r="K30" s="11"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="51"/>
+      <c r="K30" s="12"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
-      <c r="P30" s="11"/>
-[...4 lines deleted...]
-      <c r="U30" s="11"/>
+      <c r="P30" s="12"/>
+      <c r="Q30" s="12"/>
+      <c r="R30" s="12"/>
+      <c r="S30" s="12"/>
+      <c r="T30" s="12"/>
+      <c r="U30" s="12"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
     </row>
     <row r="31" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A31" s="25" t="s">
+      <c r="A31" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B31" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D31" s="9" t="s">
+      <c r="B31" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D31" s="10" t="s">
         <v>99</v>
       </c>
-      <c r="E31" s="9"/>
-      <c r="F31" s="9">
+      <c r="E31" s="10"/>
+      <c r="F31" s="10">
         <v>0</v>
       </c>
-      <c r="G31" s="9"/>
-      <c r="H31" s="9">
+      <c r="G31" s="10"/>
+      <c r="H31" s="10">
         <v>0</v>
       </c>
-      <c r="I31" s="9"/>
-      <c r="J31" s="51">
+      <c r="I31" s="10"/>
+      <c r="J31" s="50">
         <v>0</v>
       </c>
-      <c r="K31" s="9"/>
+      <c r="K31" s="10"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
-      <c r="P31" s="9"/>
-[...4 lines deleted...]
-      <c r="U31" s="9"/>
+      <c r="P31" s="10"/>
+      <c r="Q31" s="10"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="10"/>
+      <c r="T31" s="10"/>
+      <c r="U31" s="10"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
     </row>
     <row r="32" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A32" s="25" t="s">
+      <c r="A32" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B32" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D32" s="11" t="s">
+      <c r="B32" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D32" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="E32" s="11"/>
-[...5 lines deleted...]
-      <c r="K32" s="11"/>
+      <c r="E32" s="12"/>
+      <c r="F32" s="12"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="51"/>
+      <c r="K32" s="12"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
-      <c r="P32" s="11"/>
-[...4 lines deleted...]
-      <c r="U32" s="11"/>
+      <c r="P32" s="12"/>
+      <c r="Q32" s="12"/>
+      <c r="R32" s="12"/>
+      <c r="S32" s="12"/>
+      <c r="T32" s="12"/>
+      <c r="U32" s="12"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
     </row>
     <row r="33" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A33" s="25" t="s">
+      <c r="A33" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B33" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D33" s="11" t="s">
+      <c r="B33" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D33" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="E33" s="11"/>
-[...5 lines deleted...]
-      <c r="K33" s="11"/>
+      <c r="E33" s="12"/>
+      <c r="F33" s="12"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="12"/>
+      <c r="J33" s="51"/>
+      <c r="K33" s="12"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
-      <c r="P33" s="11"/>
-[...4 lines deleted...]
-      <c r="U33" s="11"/>
+      <c r="P33" s="12"/>
+      <c r="Q33" s="12"/>
+      <c r="R33" s="12"/>
+      <c r="S33" s="12"/>
+      <c r="T33" s="12"/>
+      <c r="U33" s="12"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
     </row>
     <row r="34" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A34" s="25" t="s">
+      <c r="A34" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B34" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D34" s="11" t="s">
+      <c r="B34" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D34" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="E34" s="11"/>
-[...5 lines deleted...]
-      <c r="K34" s="11"/>
+      <c r="E34" s="12"/>
+      <c r="F34" s="12"/>
+      <c r="G34" s="12"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="51"/>
+      <c r="K34" s="12"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
-      <c r="P34" s="11"/>
-[...4 lines deleted...]
-      <c r="U34" s="11"/>
+      <c r="P34" s="12"/>
+      <c r="Q34" s="12"/>
+      <c r="R34" s="12"/>
+      <c r="S34" s="12"/>
+      <c r="T34" s="12"/>
+      <c r="U34" s="12"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
     </row>
     <row r="35" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A35" s="25" t="s">
+      <c r="A35" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B35" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D35" s="11" t="s">
+      <c r="B35" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D35" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="E35" s="11"/>
-[...5 lines deleted...]
-      <c r="K35" s="11"/>
+      <c r="E35" s="12"/>
+      <c r="F35" s="12"/>
+      <c r="G35" s="12"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="12"/>
+      <c r="J35" s="51"/>
+      <c r="K35" s="12"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
-      <c r="P35" s="11"/>
-[...4 lines deleted...]
-      <c r="U35" s="11"/>
+      <c r="P35" s="12"/>
+      <c r="Q35" s="12"/>
+      <c r="R35" s="12"/>
+      <c r="S35" s="12"/>
+      <c r="T35" s="12"/>
+      <c r="U35" s="12"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
     </row>
     <row r="36" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A36" s="25" t="s">
+      <c r="A36" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B36" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D36" s="11" t="s">
+      <c r="B36" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D36" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E36" s="11" t="s">
+      <c r="E36" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F36" s="11"/>
-[...4 lines deleted...]
-      <c r="K36" s="11"/>
+      <c r="F36" s="12"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="51"/>
+      <c r="K36" s="12"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
-      <c r="P36" s="11"/>
-[...4 lines deleted...]
-      <c r="U36" s="11"/>
+      <c r="P36" s="12"/>
+      <c r="Q36" s="12"/>
+      <c r="R36" s="12"/>
+      <c r="S36" s="12"/>
+      <c r="T36" s="12"/>
+      <c r="U36" s="12"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
     </row>
     <row r="37" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A37" s="25" t="s">
+      <c r="A37" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B37" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D37" s="9" t="s">
+      <c r="B37" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D37" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="E37" s="9"/>
-[...11 lines deleted...]
-      <c r="K37" s="9"/>
+      <c r="E37" s="10"/>
+      <c r="F37" s="10">
+        <v>174872</v>
+      </c>
+      <c r="G37" s="10"/>
+      <c r="H37" s="10">
+        <v>174872</v>
+      </c>
+      <c r="I37" s="10"/>
+      <c r="J37" s="50">
+        <v>0.56180555556056788</v>
+      </c>
+      <c r="K37" s="10"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
-      <c r="P37" s="9"/>
-[...4 lines deleted...]
-      <c r="U37" s="9"/>
+      <c r="P37" s="10"/>
+      <c r="Q37" s="10"/>
+      <c r="R37" s="10"/>
+      <c r="S37" s="10"/>
+      <c r="T37" s="10"/>
+      <c r="U37" s="10"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
     </row>
     <row r="38" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A38" s="25" t="s">
+      <c r="A38" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B38" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D38" s="11" t="s">
+      <c r="B38" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D38" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="E38" s="11"/>
-[...5 lines deleted...]
-      <c r="K38" s="11"/>
+      <c r="E38" s="12"/>
+      <c r="F38" s="12"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="12"/>
+      <c r="J38" s="51"/>
+      <c r="K38" s="12"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
-      <c r="P38" s="11"/>
-[...4 lines deleted...]
-      <c r="U38" s="11"/>
+      <c r="P38" s="12"/>
+      <c r="Q38" s="12"/>
+      <c r="R38" s="12"/>
+      <c r="S38" s="12"/>
+      <c r="T38" s="12"/>
+      <c r="U38" s="12"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
     </row>
     <row r="39" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A39" s="25" t="s">
+      <c r="A39" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B39" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D39" s="11" t="s">
+      <c r="B39" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D39" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="E39" s="11"/>
-[...5 lines deleted...]
-      <c r="K39" s="11"/>
+      <c r="E39" s="12"/>
+      <c r="F39" s="12"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="51"/>
+      <c r="K39" s="12"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
-      <c r="P39" s="11"/>
-[...4 lines deleted...]
-      <c r="U39" s="11"/>
+      <c r="P39" s="12"/>
+      <c r="Q39" s="12"/>
+      <c r="R39" s="12"/>
+      <c r="S39" s="12"/>
+      <c r="T39" s="12"/>
+      <c r="U39" s="12"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
     </row>
     <row r="40" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A40" s="25" t="s">
+      <c r="A40" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B40" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D40" s="11" t="s">
+      <c r="B40" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C40" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D40" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="E40" s="11"/>
-[...5 lines deleted...]
-      <c r="K40" s="11"/>
+      <c r="E40" s="12"/>
+      <c r="F40" s="12"/>
+      <c r="G40" s="12"/>
+      <c r="H40" s="12"/>
+      <c r="I40" s="12"/>
+      <c r="J40" s="51"/>
+      <c r="K40" s="12"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
-      <c r="P40" s="11"/>
-[...4 lines deleted...]
-      <c r="U40" s="11"/>
+      <c r="P40" s="12"/>
+      <c r="Q40" s="12"/>
+      <c r="R40" s="12"/>
+      <c r="S40" s="12"/>
+      <c r="T40" s="12"/>
+      <c r="U40" s="12"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
     </row>
     <row r="41" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A41" s="25" t="s">
+      <c r="A41" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B41" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D41" s="11" t="s">
+      <c r="B41" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C41" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D41" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E41" s="11" t="s">
+      <c r="E41" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F41" s="11"/>
-[...4 lines deleted...]
-      <c r="K41" s="11"/>
+      <c r="F41" s="12"/>
+      <c r="G41" s="12"/>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+      <c r="J41" s="51"/>
+      <c r="K41" s="12"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41"/>
-      <c r="P41" s="11"/>
-[...4 lines deleted...]
-      <c r="U41" s="11"/>
+      <c r="P41" s="12"/>
+      <c r="Q41" s="12"/>
+      <c r="R41" s="12"/>
+      <c r="S41" s="12"/>
+      <c r="T41" s="12"/>
+      <c r="U41" s="12"/>
       <c r="V41"/>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
     </row>
     <row r="42" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A42" s="25" t="s">
+      <c r="A42" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B42" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D42" s="9" t="s">
+      <c r="B42" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="E42" s="9"/>
-[...11 lines deleted...]
-      <c r="K42" s="9"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10">
+        <v>941</v>
+      </c>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10">
+        <v>941</v>
+      </c>
+      <c r="I42" s="10"/>
+      <c r="J42" s="50">
+        <v>0.6100694444430701</v>
+      </c>
+      <c r="K42" s="10"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
-      <c r="P42" s="9"/>
-[...4 lines deleted...]
-      <c r="U42" s="9"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10"/>
+      <c r="S42" s="10"/>
+      <c r="T42" s="10"/>
+      <c r="U42" s="10"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
     </row>
     <row r="43" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A43" s="25" t="s">
+      <c r="A43" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B43" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D43" s="11" t="s">
+      <c r="B43" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C43" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D43" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="E43" s="11"/>
-[...5 lines deleted...]
-      <c r="K43" s="11"/>
+      <c r="E43" s="12"/>
+      <c r="F43" s="12"/>
+      <c r="G43" s="12"/>
+      <c r="H43" s="12"/>
+      <c r="I43" s="12"/>
+      <c r="J43" s="51"/>
+      <c r="K43" s="12"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
-      <c r="P43" s="11"/>
-[...4 lines deleted...]
-      <c r="U43" s="11"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="12"/>
+      <c r="S43" s="12"/>
+      <c r="T43" s="12"/>
+      <c r="U43" s="12"/>
       <c r="V43"/>
       <c r="W43"/>
       <c r="X43"/>
       <c r="Y43"/>
     </row>
     <row r="44" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A44" s="25" t="s">
+      <c r="A44" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B44" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D44" s="11" t="s">
+      <c r="B44" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D44" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="E44" s="11"/>
-[...5 lines deleted...]
-      <c r="K44" s="11"/>
+      <c r="E44" s="12"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="12"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="51"/>
+      <c r="K44" s="12"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
-      <c r="P44" s="11"/>
-[...4 lines deleted...]
-      <c r="U44" s="11"/>
+      <c r="P44" s="12"/>
+      <c r="Q44" s="12"/>
+      <c r="R44" s="12"/>
+      <c r="S44" s="12"/>
+      <c r="T44" s="12"/>
+      <c r="U44" s="12"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
     </row>
     <row r="45" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A45" s="25" t="s">
+      <c r="A45" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B45" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D45" s="11" t="s">
+      <c r="B45" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D45" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="E45" s="11"/>
-[...5 lines deleted...]
-      <c r="K45" s="11"/>
+      <c r="E45" s="12"/>
+      <c r="F45" s="12"/>
+      <c r="G45" s="12"/>
+      <c r="H45" s="12"/>
+      <c r="I45" s="12"/>
+      <c r="J45" s="51"/>
+      <c r="K45" s="12"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
-      <c r="P45" s="11"/>
-[...4 lines deleted...]
-      <c r="U45" s="11"/>
+      <c r="P45" s="12"/>
+      <c r="Q45" s="12"/>
+      <c r="R45" s="12"/>
+      <c r="S45" s="12"/>
+      <c r="T45" s="12"/>
+      <c r="U45" s="12"/>
       <c r="V45"/>
       <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
     </row>
     <row r="46" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A46" s="25" t="s">
+      <c r="A46" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B46" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D46" s="11" t="s">
+      <c r="B46" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="E46" s="11"/>
-[...5 lines deleted...]
-      <c r="K46" s="11"/>
+      <c r="E46" s="12"/>
+      <c r="F46" s="12"/>
+      <c r="G46" s="12"/>
+      <c r="H46" s="12"/>
+      <c r="I46" s="12"/>
+      <c r="J46" s="51"/>
+      <c r="K46" s="12"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46"/>
-      <c r="P46" s="11"/>
-[...4 lines deleted...]
-      <c r="U46" s="11"/>
+      <c r="P46" s="12"/>
+      <c r="Q46" s="12"/>
+      <c r="R46" s="12"/>
+      <c r="S46" s="12"/>
+      <c r="T46" s="12"/>
+      <c r="U46" s="12"/>
       <c r="V46"/>
       <c r="W46"/>
       <c r="X46"/>
       <c r="Y46"/>
     </row>
     <row r="47" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A47" s="25" t="s">
+      <c r="A47" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B47" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D47" s="11" t="s">
+      <c r="B47" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="E47" s="11"/>
-[...5 lines deleted...]
-      <c r="K47" s="11"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="51"/>
+      <c r="K47" s="12"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
-      <c r="P47" s="11"/>
-[...4 lines deleted...]
-      <c r="U47" s="11"/>
+      <c r="P47" s="12"/>
+      <c r="Q47" s="12"/>
+      <c r="R47" s="12"/>
+      <c r="S47" s="12"/>
+      <c r="T47" s="12"/>
+      <c r="U47" s="12"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
     </row>
     <row r="48" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A48" s="25" t="s">
+      <c r="A48" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B48" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D48" s="11" t="s">
+      <c r="B48" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="E48" s="11"/>
-[...5 lines deleted...]
-      <c r="K48" s="11"/>
+      <c r="E48" s="12"/>
+      <c r="F48" s="12"/>
+      <c r="G48" s="12"/>
+      <c r="H48" s="12"/>
+      <c r="I48" s="12"/>
+      <c r="J48" s="51"/>
+      <c r="K48" s="12"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
-      <c r="P48" s="11"/>
-[...4 lines deleted...]
-      <c r="U48" s="11"/>
+      <c r="P48" s="12"/>
+      <c r="Q48" s="12"/>
+      <c r="R48" s="12"/>
+      <c r="S48" s="12"/>
+      <c r="T48" s="12"/>
+      <c r="U48" s="12"/>
       <c r="V48"/>
       <c r="W48"/>
       <c r="X48"/>
       <c r="Y48"/>
     </row>
     <row r="49" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A49" s="25" t="s">
+      <c r="A49" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B49" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D49" s="11" t="s">
+      <c r="B49" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C49" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D49" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E49" s="11" t="s">
+      <c r="E49" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F49" s="11"/>
-[...4 lines deleted...]
-      <c r="K49" s="11"/>
+      <c r="F49" s="12"/>
+      <c r="G49" s="12"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
+      <c r="J49" s="51"/>
+      <c r="K49" s="12"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49"/>
-      <c r="P49" s="11"/>
-[...4 lines deleted...]
-      <c r="U49" s="11"/>
+      <c r="P49" s="12"/>
+      <c r="Q49" s="12"/>
+      <c r="R49" s="12"/>
+      <c r="S49" s="12"/>
+      <c r="T49" s="12"/>
+      <c r="U49" s="12"/>
       <c r="V49"/>
       <c r="W49"/>
       <c r="X49"/>
       <c r="Y49"/>
     </row>
     <row r="50" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A50" s="25" t="s">
+      <c r="A50" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B50" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D50" s="9" t="s">
+      <c r="B50" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D50" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="E50" s="9"/>
-      <c r="F50" s="9">
+      <c r="E50" s="10"/>
+      <c r="F50" s="10">
         <v>0</v>
       </c>
-      <c r="G50" s="9"/>
-      <c r="H50" s="9">
+      <c r="G50" s="10"/>
+      <c r="H50" s="10">
         <v>0</v>
       </c>
-      <c r="I50" s="9"/>
-      <c r="J50" s="51">
+      <c r="I50" s="10"/>
+      <c r="J50" s="50">
         <v>0</v>
       </c>
-      <c r="K50" s="9"/>
+      <c r="K50" s="10"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
-      <c r="P50" s="9"/>
-[...4 lines deleted...]
-      <c r="U50" s="9"/>
+      <c r="P50" s="10"/>
+      <c r="Q50" s="10"/>
+      <c r="R50" s="10"/>
+      <c r="S50" s="10"/>
+      <c r="T50" s="10"/>
+      <c r="U50" s="10"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
     </row>
     <row r="51" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A51" s="25" t="s">
+      <c r="A51" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B51" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D51" s="11" t="s">
+      <c r="B51" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D51" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="E51" s="11"/>
-[...5 lines deleted...]
-      <c r="K51" s="11"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="51"/>
+      <c r="K51" s="12"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
-      <c r="P51" s="11"/>
-[...4 lines deleted...]
-      <c r="U51" s="11"/>
+      <c r="P51" s="12"/>
+      <c r="Q51" s="12"/>
+      <c r="R51" s="12"/>
+      <c r="S51" s="12"/>
+      <c r="T51" s="12"/>
+      <c r="U51" s="12"/>
       <c r="V51"/>
       <c r="W51"/>
       <c r="X51"/>
       <c r="Y51"/>
     </row>
     <row r="52" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A52" s="25" t="s">
+      <c r="A52" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B52" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D52" s="11" t="s">
+      <c r="B52" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D52" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="E52" s="11"/>
-[...5 lines deleted...]
-      <c r="K52" s="11"/>
+      <c r="E52" s="12"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+      <c r="J52" s="51"/>
+      <c r="K52" s="12"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
-      <c r="P52" s="11"/>
-[...4 lines deleted...]
-      <c r="U52" s="11"/>
+      <c r="P52" s="12"/>
+      <c r="Q52" s="12"/>
+      <c r="R52" s="12"/>
+      <c r="S52" s="12"/>
+      <c r="T52" s="12"/>
+      <c r="U52" s="12"/>
       <c r="V52"/>
       <c r="W52"/>
       <c r="X52"/>
       <c r="Y52"/>
     </row>
     <row r="53" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A53" s="25" t="s">
+      <c r="A53" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B53" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D53" s="11" t="s">
+      <c r="B53" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C53" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D53" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="E53" s="11"/>
-[...5 lines deleted...]
-      <c r="K53" s="11"/>
+      <c r="E53" s="12"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12"/>
+      <c r="J53" s="51"/>
+      <c r="K53" s="12"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
-      <c r="P53" s="11"/>
-[...4 lines deleted...]
-      <c r="U53" s="11"/>
+      <c r="P53" s="12"/>
+      <c r="Q53" s="12"/>
+      <c r="R53" s="12"/>
+      <c r="S53" s="12"/>
+      <c r="T53" s="12"/>
+      <c r="U53" s="12"/>
       <c r="V53"/>
       <c r="W53"/>
       <c r="X53"/>
       <c r="Y53"/>
     </row>
     <row r="54" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A54" s="25" t="s">
+      <c r="A54" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B54" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D54" s="11" t="s">
+      <c r="B54" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C54" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D54" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E54" s="11" t="s">
+      <c r="E54" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F54" s="11"/>
-[...4 lines deleted...]
-      <c r="K54" s="11"/>
+      <c r="F54" s="12"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+      <c r="I54" s="12"/>
+      <c r="J54" s="51"/>
+      <c r="K54" s="12"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
-      <c r="P54" s="11"/>
-[...4 lines deleted...]
-      <c r="U54" s="11"/>
+      <c r="P54" s="12"/>
+      <c r="Q54" s="12"/>
+      <c r="R54" s="12"/>
+      <c r="S54" s="12"/>
+      <c r="T54" s="12"/>
+      <c r="U54" s="12"/>
       <c r="V54"/>
       <c r="W54"/>
       <c r="X54"/>
       <c r="Y54"/>
     </row>
     <row r="55" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A55" s="25" t="s">
+      <c r="A55" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B55" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D55" s="9" t="s">
+      <c r="B55" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D55" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="E55" s="9"/>
-[...11 lines deleted...]
-      <c r="K55" s="9"/>
+      <c r="E55" s="10"/>
+      <c r="F55" s="10">
+        <v>2874</v>
+      </c>
+      <c r="G55" s="10"/>
+      <c r="H55" s="10">
+        <v>2874</v>
+      </c>
+      <c r="I55" s="10"/>
+      <c r="J55" s="50">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="K55" s="10"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
-      <c r="P55" s="9"/>
-[...4 lines deleted...]
-      <c r="U55" s="9"/>
+      <c r="P55" s="10"/>
+      <c r="Q55" s="10"/>
+      <c r="R55" s="10"/>
+      <c r="S55" s="10"/>
+      <c r="T55" s="10"/>
+      <c r="U55" s="10"/>
       <c r="V55"/>
       <c r="W55"/>
       <c r="X55"/>
       <c r="Y55"/>
     </row>
     <row r="56" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A56" s="25" t="s">
+      <c r="A56" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B56" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D56" s="11" t="s">
+      <c r="B56" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D56" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="E56" s="11"/>
-[...5 lines deleted...]
-      <c r="K56" s="11"/>
+      <c r="E56" s="12"/>
+      <c r="F56" s="12"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+      <c r="J56" s="51"/>
+      <c r="K56" s="12"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
-      <c r="P56" s="11"/>
-[...4 lines deleted...]
-      <c r="U56" s="11"/>
+      <c r="P56" s="12"/>
+      <c r="Q56" s="12"/>
+      <c r="R56" s="12"/>
+      <c r="S56" s="12"/>
+      <c r="T56" s="12"/>
+      <c r="U56" s="12"/>
       <c r="V56"/>
       <c r="W56"/>
       <c r="X56"/>
       <c r="Y56"/>
     </row>
     <row r="57" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A57" s="25" t="s">
+      <c r="A57" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B57" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D57" s="11" t="s">
+      <c r="B57" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D57" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="E57" s="11"/>
-[...5 lines deleted...]
-      <c r="K57" s="11"/>
+      <c r="E57" s="12"/>
+      <c r="F57" s="12"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+      <c r="J57" s="51"/>
+      <c r="K57" s="12"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
       <c r="O57"/>
-      <c r="P57" s="11"/>
-[...4 lines deleted...]
-      <c r="U57" s="11"/>
+      <c r="P57" s="12"/>
+      <c r="Q57" s="12"/>
+      <c r="R57" s="12"/>
+      <c r="S57" s="12"/>
+      <c r="T57" s="12"/>
+      <c r="U57" s="12"/>
       <c r="V57"/>
       <c r="W57"/>
       <c r="X57"/>
       <c r="Y57"/>
     </row>
     <row r="58" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A58" s="25" t="s">
+      <c r="A58" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B58" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D58" s="11" t="s">
+      <c r="B58" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C58" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D58" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="E58" s="11"/>
-[...5 lines deleted...]
-      <c r="K58" s="11"/>
+      <c r="E58" s="12"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+      <c r="J58" s="51"/>
+      <c r="K58" s="12"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58"/>
-      <c r="P58" s="11"/>
-[...4 lines deleted...]
-      <c r="U58" s="11"/>
+      <c r="P58" s="12"/>
+      <c r="Q58" s="12"/>
+      <c r="R58" s="12"/>
+      <c r="S58" s="12"/>
+      <c r="T58" s="12"/>
+      <c r="U58" s="12"/>
       <c r="V58"/>
       <c r="W58"/>
       <c r="X58"/>
       <c r="Y58"/>
     </row>
     <row r="59" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A59" s="25" t="s">
+      <c r="A59" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B59" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D59" s="11" t="s">
+      <c r="B59" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C59" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D59" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="E59" s="11"/>
-[...5 lines deleted...]
-      <c r="K59" s="11"/>
+      <c r="E59" s="12"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="12"/>
+      <c r="I59" s="12"/>
+      <c r="J59" s="51"/>
+      <c r="K59" s="12"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59"/>
-      <c r="P59" s="11"/>
-[...4 lines deleted...]
-      <c r="U59" s="11"/>
+      <c r="P59" s="12"/>
+      <c r="Q59" s="12"/>
+      <c r="R59" s="12"/>
+      <c r="S59" s="12"/>
+      <c r="T59" s="12"/>
+      <c r="U59" s="12"/>
       <c r="V59"/>
       <c r="W59"/>
       <c r="X59"/>
       <c r="Y59"/>
     </row>
     <row r="60" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A60" s="25" t="s">
+      <c r="A60" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B60" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D60" s="11" t="s">
+      <c r="B60" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D60" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="E60" s="11"/>
-[...5 lines deleted...]
-      <c r="K60" s="11"/>
+      <c r="E60" s="12"/>
+      <c r="F60" s="12"/>
+      <c r="G60" s="12"/>
+      <c r="H60" s="12"/>
+      <c r="I60" s="12"/>
+      <c r="J60" s="51"/>
+      <c r="K60" s="12"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
       <c r="O60"/>
-      <c r="P60" s="11"/>
-[...4 lines deleted...]
-      <c r="U60" s="11"/>
+      <c r="P60" s="12"/>
+      <c r="Q60" s="12"/>
+      <c r="R60" s="12"/>
+      <c r="S60" s="12"/>
+      <c r="T60" s="12"/>
+      <c r="U60" s="12"/>
       <c r="V60"/>
       <c r="W60"/>
       <c r="X60"/>
       <c r="Y60"/>
     </row>
     <row r="61" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A61" s="25" t="s">
+      <c r="A61" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B61" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D61" s="11" t="s">
+      <c r="B61" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D61" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E61" s="11" t="s">
+      <c r="E61" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F61" s="11"/>
-[...4 lines deleted...]
-      <c r="K61" s="11"/>
+      <c r="F61" s="12"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="12"/>
+      <c r="I61" s="12"/>
+      <c r="J61" s="51"/>
+      <c r="K61" s="12"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
       <c r="O61"/>
-      <c r="P61" s="11"/>
-[...4 lines deleted...]
-      <c r="U61" s="11"/>
+      <c r="P61" s="12"/>
+      <c r="Q61" s="12"/>
+      <c r="R61" s="12"/>
+      <c r="S61" s="12"/>
+      <c r="T61" s="12"/>
+      <c r="U61" s="12"/>
       <c r="V61"/>
       <c r="W61"/>
       <c r="X61"/>
       <c r="Y61"/>
     </row>
     <row r="62" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A62" s="25" t="s">
+      <c r="A62" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B62" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D62" s="9" t="s">
+      <c r="B62" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D62" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="E62" s="9"/>
-[...11 lines deleted...]
-      <c r="K62" s="9"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10">
+        <v>5472</v>
+      </c>
+      <c r="G62" s="10"/>
+      <c r="H62" s="10">
+        <v>5472</v>
+      </c>
+      <c r="I62" s="10"/>
+      <c r="J62" s="50">
+        <v>0.52326388888832298</v>
+      </c>
+      <c r="K62" s="10"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62"/>
-      <c r="P62" s="9"/>
-[...4 lines deleted...]
-      <c r="U62" s="9"/>
+      <c r="P62" s="10"/>
+      <c r="Q62" s="10"/>
+      <c r="R62" s="10"/>
+      <c r="S62" s="10"/>
+      <c r="T62" s="10"/>
+      <c r="U62" s="10"/>
       <c r="V62"/>
       <c r="W62"/>
       <c r="X62"/>
       <c r="Y62"/>
     </row>
     <row r="63" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A63" s="25" t="s">
+      <c r="A63" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B63" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D63" s="11" t="s">
+      <c r="B63" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D63" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="E63" s="11"/>
-[...5 lines deleted...]
-      <c r="K63" s="11"/>
+      <c r="E63" s="12"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="12"/>
+      <c r="I63" s="12"/>
+      <c r="J63" s="51"/>
+      <c r="K63" s="12"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
       <c r="O63"/>
-      <c r="P63" s="11"/>
-[...4 lines deleted...]
-      <c r="U63" s="11"/>
+      <c r="P63" s="12"/>
+      <c r="Q63" s="12"/>
+      <c r="R63" s="12"/>
+      <c r="S63" s="12"/>
+      <c r="T63" s="12"/>
+      <c r="U63" s="12"/>
       <c r="V63"/>
       <c r="W63"/>
       <c r="X63"/>
       <c r="Y63"/>
     </row>
     <row r="64" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A64" s="25" t="s">
+      <c r="A64" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B64" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D64" s="11" t="s">
+      <c r="B64" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D64" s="12" t="s">
         <v>188</v>
       </c>
-      <c r="E64" s="11"/>
-[...5 lines deleted...]
-      <c r="K64" s="11"/>
+      <c r="E64" s="12"/>
+      <c r="F64" s="12"/>
+      <c r="G64" s="12"/>
+      <c r="H64" s="12"/>
+      <c r="I64" s="12"/>
+      <c r="J64" s="51"/>
+      <c r="K64" s="12"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
-      <c r="P64" s="11"/>
-[...4 lines deleted...]
-      <c r="U64" s="11"/>
+      <c r="P64" s="12"/>
+      <c r="Q64" s="12"/>
+      <c r="R64" s="12"/>
+      <c r="S64" s="12"/>
+      <c r="T64" s="12"/>
+      <c r="U64" s="12"/>
       <c r="V64"/>
       <c r="W64"/>
       <c r="X64"/>
       <c r="Y64"/>
     </row>
     <row r="65" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A65" s="25" t="s">
+      <c r="A65" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B65" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D65" s="11" t="s">
+      <c r="B65" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D65" s="12" t="s">
         <v>191</v>
       </c>
-      <c r="E65" s="11"/>
-[...5 lines deleted...]
-      <c r="K65" s="11"/>
+      <c r="E65" s="12"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+      <c r="J65" s="51"/>
+      <c r="K65" s="12"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65"/>
-      <c r="P65" s="11"/>
-[...4 lines deleted...]
-      <c r="U65" s="11"/>
+      <c r="P65" s="12"/>
+      <c r="Q65" s="12"/>
+      <c r="R65" s="12"/>
+      <c r="S65" s="12"/>
+      <c r="T65" s="12"/>
+      <c r="U65" s="12"/>
       <c r="V65"/>
       <c r="W65"/>
       <c r="X65"/>
       <c r="Y65"/>
     </row>
     <row r="66" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A66" s="25" t="s">
+      <c r="A66" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B66" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D66" s="11" t="s">
+      <c r="B66" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D66" s="12" t="s">
         <v>194</v>
       </c>
-      <c r="E66" s="11"/>
-[...5 lines deleted...]
-      <c r="K66" s="11"/>
+      <c r="E66" s="12"/>
+      <c r="F66" s="12"/>
+      <c r="G66" s="12"/>
+      <c r="H66" s="12"/>
+      <c r="I66" s="12"/>
+      <c r="J66" s="51"/>
+      <c r="K66" s="12"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
-      <c r="P66" s="11"/>
-[...4 lines deleted...]
-      <c r="U66" s="11"/>
+      <c r="P66" s="12"/>
+      <c r="Q66" s="12"/>
+      <c r="R66" s="12"/>
+      <c r="S66" s="12"/>
+      <c r="T66" s="12"/>
+      <c r="U66" s="12"/>
       <c r="V66"/>
       <c r="W66"/>
       <c r="X66"/>
       <c r="Y66"/>
     </row>
     <row r="67" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A67" s="25" t="s">
+      <c r="A67" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B67" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D67" s="11" t="s">
+      <c r="B67" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D67" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E67" s="11" t="s">
+      <c r="E67" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F67" s="11"/>
-[...4 lines deleted...]
-      <c r="K67" s="11"/>
+      <c r="F67" s="12"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="12"/>
+      <c r="I67" s="12"/>
+      <c r="J67" s="51"/>
+      <c r="K67" s="12"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
-      <c r="P67" s="11"/>
-[...4 lines deleted...]
-      <c r="U67" s="11"/>
+      <c r="P67" s="12"/>
+      <c r="Q67" s="12"/>
+      <c r="R67" s="12"/>
+      <c r="S67" s="12"/>
+      <c r="T67" s="12"/>
+      <c r="U67" s="12"/>
       <c r="V67"/>
       <c r="W67"/>
       <c r="X67"/>
       <c r="Y67"/>
     </row>
     <row r="68" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A68" s="25" t="s">
+      <c r="A68" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B68" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D68" s="9" t="s">
+      <c r="B68" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D68" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="E68" s="9"/>
-[...11 lines deleted...]
-      <c r="K68" s="9"/>
+      <c r="E68" s="10"/>
+      <c r="F68" s="10">
+        <v>28170</v>
+      </c>
+      <c r="G68" s="10"/>
+      <c r="H68" s="10">
+        <v>28170</v>
+      </c>
+      <c r="I68" s="10"/>
+      <c r="J68" s="50">
+        <v>0.19444444444525288</v>
+      </c>
+      <c r="K68" s="10"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
-      <c r="P68" s="9"/>
-[...4 lines deleted...]
-      <c r="U68" s="9"/>
+      <c r="P68" s="10"/>
+      <c r="Q68" s="10"/>
+      <c r="R68" s="10"/>
+      <c r="S68" s="10"/>
+      <c r="T68" s="10"/>
+      <c r="U68" s="10"/>
       <c r="V68"/>
       <c r="W68"/>
       <c r="X68"/>
       <c r="Y68"/>
     </row>
     <row r="69" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A69" s="25" t="s">
+      <c r="A69" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B69" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D69" s="11" t="s">
+      <c r="B69" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D69" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="E69" s="11"/>
-[...5 lines deleted...]
-      <c r="K69" s="11"/>
+      <c r="E69" s="12"/>
+      <c r="F69" s="12"/>
+      <c r="G69" s="12"/>
+      <c r="H69" s="12"/>
+      <c r="I69" s="12"/>
+      <c r="J69" s="51"/>
+      <c r="K69" s="12"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
-      <c r="P69" s="11"/>
-[...4 lines deleted...]
-      <c r="U69" s="11"/>
+      <c r="P69" s="12"/>
+      <c r="Q69" s="12"/>
+      <c r="R69" s="12"/>
+      <c r="S69" s="12"/>
+      <c r="T69" s="12"/>
+      <c r="U69" s="12"/>
       <c r="V69"/>
       <c r="W69"/>
       <c r="X69"/>
       <c r="Y69"/>
     </row>
     <row r="70" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A70" s="25" t="s">
+      <c r="A70" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B70" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D70" s="11" t="s">
+      <c r="B70" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D70" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="E70" s="11"/>
-[...5 lines deleted...]
-      <c r="K70" s="11"/>
+      <c r="E70" s="12"/>
+      <c r="F70" s="12"/>
+      <c r="G70" s="12"/>
+      <c r="H70" s="12"/>
+      <c r="I70" s="12"/>
+      <c r="J70" s="51"/>
+      <c r="K70" s="12"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70"/>
-      <c r="P70" s="11"/>
-[...4 lines deleted...]
-      <c r="U70" s="11"/>
+      <c r="P70" s="12"/>
+      <c r="Q70" s="12"/>
+      <c r="R70" s="12"/>
+      <c r="S70" s="12"/>
+      <c r="T70" s="12"/>
+      <c r="U70" s="12"/>
       <c r="V70"/>
       <c r="W70"/>
       <c r="X70"/>
       <c r="Y70"/>
     </row>
     <row r="71" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A71" s="25" t="s">
+      <c r="A71" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B71" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D71" s="11" t="s">
+      <c r="B71" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D71" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E71" s="11"/>
-[...5 lines deleted...]
-      <c r="K71" s="11"/>
+      <c r="E71" s="12"/>
+      <c r="F71" s="12"/>
+      <c r="G71" s="12"/>
+      <c r="H71" s="12"/>
+      <c r="I71" s="12"/>
+      <c r="J71" s="51"/>
+      <c r="K71" s="12"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
-      <c r="P71" s="11"/>
-[...4 lines deleted...]
-      <c r="U71" s="11"/>
+      <c r="P71" s="12"/>
+      <c r="Q71" s="12"/>
+      <c r="R71" s="12"/>
+      <c r="S71" s="12"/>
+      <c r="T71" s="12"/>
+      <c r="U71" s="12"/>
       <c r="V71"/>
       <c r="W71"/>
       <c r="X71"/>
       <c r="Y71"/>
     </row>
     <row r="72" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A72" s="25" t="s">
+      <c r="A72" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B72" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D72" s="11" t="s">
+      <c r="B72" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D72" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="E72" s="11"/>
-[...5 lines deleted...]
-      <c r="K72" s="11"/>
+      <c r="E72" s="12"/>
+      <c r="F72" s="12"/>
+      <c r="G72" s="12"/>
+      <c r="H72" s="12"/>
+      <c r="I72" s="12"/>
+      <c r="J72" s="51"/>
+      <c r="K72" s="12"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72"/>
-      <c r="P72" s="11"/>
-[...4 lines deleted...]
-      <c r="U72" s="11"/>
+      <c r="P72" s="12"/>
+      <c r="Q72" s="12"/>
+      <c r="R72" s="12"/>
+      <c r="S72" s="12"/>
+      <c r="T72" s="12"/>
+      <c r="U72" s="12"/>
       <c r="V72"/>
       <c r="W72"/>
       <c r="X72"/>
       <c r="Y72"/>
     </row>
     <row r="73" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A73" s="25" t="s">
+      <c r="A73" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B73" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D73" s="11" t="s">
+      <c r="B73" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="E73" s="11"/>
-[...5 lines deleted...]
-      <c r="K73" s="11"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="12"/>
+      <c r="G73" s="12"/>
+      <c r="H73" s="12"/>
+      <c r="I73" s="12"/>
+      <c r="J73" s="51"/>
+      <c r="K73" s="12"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73"/>
-      <c r="P73" s="11"/>
-[...4 lines deleted...]
-      <c r="U73" s="11"/>
+      <c r="P73" s="12"/>
+      <c r="Q73" s="12"/>
+      <c r="R73" s="12"/>
+      <c r="S73" s="12"/>
+      <c r="T73" s="12"/>
+      <c r="U73" s="12"/>
       <c r="V73"/>
       <c r="W73"/>
       <c r="X73"/>
       <c r="Y73"/>
     </row>
     <row r="74" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A74" s="25" t="s">
+      <c r="A74" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B74" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D74" s="11" t="s">
+      <c r="B74" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="E74" s="11"/>
-[...5 lines deleted...]
-      <c r="K74" s="11"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="12"/>
+      <c r="G74" s="12"/>
+      <c r="H74" s="12"/>
+      <c r="I74" s="12"/>
+      <c r="J74" s="51"/>
+      <c r="K74" s="12"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74"/>
-      <c r="P74" s="11"/>
-[...4 lines deleted...]
-      <c r="U74" s="11"/>
+      <c r="P74" s="12"/>
+      <c r="Q74" s="12"/>
+      <c r="R74" s="12"/>
+      <c r="S74" s="12"/>
+      <c r="T74" s="12"/>
+      <c r="U74" s="12"/>
       <c r="V74"/>
       <c r="W74"/>
       <c r="X74"/>
       <c r="Y74"/>
     </row>
     <row r="75" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A75" s="25" t="s">
+      <c r="A75" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B75" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D75" s="11" t="s">
+      <c r="B75" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D75" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E75" s="11" t="s">
+      <c r="E75" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F75" s="11"/>
-[...4 lines deleted...]
-      <c r="K75" s="11"/>
+      <c r="F75" s="12"/>
+      <c r="G75" s="12"/>
+      <c r="H75" s="12"/>
+      <c r="I75" s="12"/>
+      <c r="J75" s="51"/>
+      <c r="K75" s="12"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75"/>
-      <c r="P75" s="11"/>
-[...4 lines deleted...]
-      <c r="U75" s="11"/>
+      <c r="P75" s="12"/>
+      <c r="Q75" s="12"/>
+      <c r="R75" s="12"/>
+      <c r="S75" s="12"/>
+      <c r="T75" s="12"/>
+      <c r="U75" s="12"/>
       <c r="V75"/>
       <c r="W75"/>
       <c r="X75"/>
       <c r="Y75"/>
     </row>
     <row r="76" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A76" s="25" t="s">
+      <c r="A76" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B76" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D76" s="9" t="s">
+      <c r="B76" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="E76" s="9"/>
-[...11 lines deleted...]
-      <c r="K76" s="9"/>
+      <c r="E76" s="10"/>
+      <c r="F76" s="10">
+        <v>1079</v>
+      </c>
+      <c r="G76" s="10"/>
+      <c r="H76" s="10">
+        <v>1079</v>
+      </c>
+      <c r="I76" s="10"/>
+      <c r="J76" s="50">
+        <v>0.77013888888905058</v>
+      </c>
+      <c r="K76" s="10"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
       <c r="O76"/>
-      <c r="P76" s="9"/>
-[...4 lines deleted...]
-      <c r="U76" s="9"/>
+      <c r="P76" s="10"/>
+      <c r="Q76" s="10"/>
+      <c r="R76" s="10"/>
+      <c r="S76" s="10"/>
+      <c r="T76" s="10"/>
+      <c r="U76" s="10"/>
       <c r="V76"/>
       <c r="W76"/>
       <c r="X76"/>
       <c r="Y76"/>
     </row>
     <row r="77" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A77" s="25" t="s">
+      <c r="A77" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B77" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D77" s="11" t="s">
+      <c r="B77" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D77" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="E77" s="11"/>
-[...5 lines deleted...]
-      <c r="K77" s="11"/>
+      <c r="E77" s="12"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="12"/>
+      <c r="I77" s="12"/>
+      <c r="J77" s="51"/>
+      <c r="K77" s="12"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
       <c r="O77"/>
-      <c r="P77" s="11"/>
-[...4 lines deleted...]
-      <c r="U77" s="11"/>
+      <c r="P77" s="12"/>
+      <c r="Q77" s="12"/>
+      <c r="R77" s="12"/>
+      <c r="S77" s="12"/>
+      <c r="T77" s="12"/>
+      <c r="U77" s="12"/>
       <c r="V77"/>
       <c r="W77"/>
       <c r="X77"/>
       <c r="Y77"/>
     </row>
     <row r="78" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A78" s="25" t="s">
+      <c r="A78" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B78" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D78" s="11" t="s">
+      <c r="B78" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D78" s="12" t="s">
         <v>226</v>
       </c>
-      <c r="E78" s="11"/>
-[...5 lines deleted...]
-      <c r="K78" s="11"/>
+      <c r="E78" s="12"/>
+      <c r="F78" s="12"/>
+      <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
+      <c r="J78" s="51"/>
+      <c r="K78" s="12"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
       <c r="O78"/>
-      <c r="P78" s="11"/>
-[...4 lines deleted...]
-      <c r="U78" s="11"/>
+      <c r="P78" s="12"/>
+      <c r="Q78" s="12"/>
+      <c r="R78" s="12"/>
+      <c r="S78" s="12"/>
+      <c r="T78" s="12"/>
+      <c r="U78" s="12"/>
       <c r="V78"/>
       <c r="W78"/>
       <c r="X78"/>
       <c r="Y78"/>
     </row>
     <row r="79" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A79" s="25" t="s">
+      <c r="A79" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B79" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D79" s="11" t="s">
+      <c r="B79" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D79" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="E79" s="11"/>
-[...5 lines deleted...]
-      <c r="K79" s="11"/>
+      <c r="E79" s="12"/>
+      <c r="F79" s="12"/>
+      <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="51"/>
+      <c r="K79" s="12"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
       <c r="O79"/>
-      <c r="P79" s="11"/>
-[...4 lines deleted...]
-      <c r="U79" s="11"/>
+      <c r="P79" s="12"/>
+      <c r="Q79" s="12"/>
+      <c r="R79" s="12"/>
+      <c r="S79" s="12"/>
+      <c r="T79" s="12"/>
+      <c r="U79" s="12"/>
       <c r="V79"/>
       <c r="W79"/>
       <c r="X79"/>
       <c r="Y79"/>
     </row>
     <row r="80" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A80" s="25" t="s">
+      <c r="A80" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B80" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D80" s="11" t="s">
+      <c r="B80" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D80" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E80" s="11" t="s">
+      <c r="E80" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F80" s="11"/>
-[...4 lines deleted...]
-      <c r="K80" s="11"/>
+      <c r="F80" s="12"/>
+      <c r="G80" s="12"/>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+      <c r="J80" s="51"/>
+      <c r="K80" s="12"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
       <c r="O80"/>
-      <c r="P80" s="11"/>
-[...4 lines deleted...]
-      <c r="U80" s="11"/>
+      <c r="P80" s="12"/>
+      <c r="Q80" s="12"/>
+      <c r="R80" s="12"/>
+      <c r="S80" s="12"/>
+      <c r="T80" s="12"/>
+      <c r="U80" s="12"/>
       <c r="V80"/>
       <c r="W80"/>
       <c r="X80"/>
       <c r="Y80"/>
     </row>
     <row r="81" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A81" s="25" t="s">
+      <c r="A81" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B81" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D81" s="9" t="s">
+      <c r="B81" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D81" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="E81" s="9"/>
-      <c r="F81" s="9">
+      <c r="E81" s="10"/>
+      <c r="F81" s="10">
         <v>0</v>
       </c>
-      <c r="G81" s="9"/>
-      <c r="H81" s="9">
+      <c r="G81" s="10"/>
+      <c r="H81" s="10">
         <v>0</v>
       </c>
-      <c r="I81" s="9"/>
-      <c r="J81" s="51">
+      <c r="I81" s="10"/>
+      <c r="J81" s="50">
         <v>0</v>
       </c>
-      <c r="K81" s="9"/>
+      <c r="K81" s="10"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81"/>
-      <c r="P81" s="9"/>
-[...4 lines deleted...]
-      <c r="U81" s="9"/>
+      <c r="P81" s="10"/>
+      <c r="Q81" s="10"/>
+      <c r="R81" s="10"/>
+      <c r="S81" s="10"/>
+      <c r="T81" s="10"/>
+      <c r="U81" s="10"/>
       <c r="V81"/>
       <c r="W81"/>
       <c r="X81"/>
       <c r="Y81"/>
     </row>
     <row r="82" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A82" s="25" t="s">
+      <c r="A82" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B82" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D82" s="11" t="s">
+      <c r="B82" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D82" s="12" t="s">
         <v>236</v>
       </c>
-      <c r="E82" s="11"/>
-[...5 lines deleted...]
-      <c r="K82" s="11"/>
+      <c r="E82" s="12"/>
+      <c r="F82" s="12"/>
+      <c r="G82" s="12"/>
+      <c r="H82" s="12"/>
+      <c r="I82" s="12"/>
+      <c r="J82" s="51"/>
+      <c r="K82" s="12"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
-      <c r="P82" s="11"/>
-[...4 lines deleted...]
-      <c r="U82" s="11"/>
+      <c r="P82" s="12"/>
+      <c r="Q82" s="12"/>
+      <c r="R82" s="12"/>
+      <c r="S82" s="12"/>
+      <c r="T82" s="12"/>
+      <c r="U82" s="12"/>
       <c r="V82"/>
       <c r="W82"/>
       <c r="X82"/>
       <c r="Y82"/>
     </row>
     <row r="83" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A83" s="25" t="s">
+      <c r="A83" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B83" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D83" s="11" t="s">
+      <c r="B83" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D83" s="12" t="s">
         <v>239</v>
       </c>
-      <c r="E83" s="11"/>
-[...5 lines deleted...]
-      <c r="K83" s="11"/>
+      <c r="E83" s="12"/>
+      <c r="F83" s="12"/>
+      <c r="G83" s="12"/>
+      <c r="H83" s="12"/>
+      <c r="I83" s="12"/>
+      <c r="J83" s="51"/>
+      <c r="K83" s="12"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
       <c r="O83"/>
-      <c r="P83" s="11"/>
-[...4 lines deleted...]
-      <c r="U83" s="11"/>
+      <c r="P83" s="12"/>
+      <c r="Q83" s="12"/>
+      <c r="R83" s="12"/>
+      <c r="S83" s="12"/>
+      <c r="T83" s="12"/>
+      <c r="U83" s="12"/>
       <c r="V83"/>
       <c r="W83"/>
       <c r="X83"/>
       <c r="Y83"/>
     </row>
     <row r="84" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A84" s="25" t="s">
+      <c r="A84" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B84" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D84" s="11" t="s">
+      <c r="B84" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C84" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D84" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E84" s="11" t="s">
+      <c r="E84" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F84" s="11"/>
-[...4 lines deleted...]
-      <c r="K84" s="11"/>
+      <c r="F84" s="12"/>
+      <c r="G84" s="12"/>
+      <c r="H84" s="12"/>
+      <c r="I84" s="12"/>
+      <c r="J84" s="51"/>
+      <c r="K84" s="12"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
-      <c r="P84" s="11"/>
-[...4 lines deleted...]
-      <c r="U84" s="11"/>
+      <c r="P84" s="12"/>
+      <c r="Q84" s="12"/>
+      <c r="R84" s="12"/>
+      <c r="S84" s="12"/>
+      <c r="T84" s="12"/>
+      <c r="U84" s="12"/>
       <c r="V84"/>
       <c r="W84"/>
       <c r="X84"/>
       <c r="Y84"/>
     </row>
     <row r="85" spans="1:25" ht="15" x14ac:dyDescent="0.25">
-      <c r="A85" s="25" t="s">
+      <c r="A85" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B85" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D85" s="9" t="s">
+      <c r="B85" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D85" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="E85" s="9"/>
-      <c r="F85" s="9">
+      <c r="E85" s="10"/>
+      <c r="F85" s="10">
         <v>0</v>
       </c>
-      <c r="G85" s="9"/>
-      <c r="H85" s="9">
+      <c r="G85" s="10"/>
+      <c r="H85" s="10">
         <v>0</v>
       </c>
-      <c r="I85" s="9"/>
-      <c r="J85" s="51">
+      <c r="I85" s="10"/>
+      <c r="J85" s="50">
         <v>0</v>
       </c>
-      <c r="K85" s="9"/>
+      <c r="K85" s="10"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
       <c r="O85"/>
-      <c r="P85" s="9"/>
-[...4 lines deleted...]
-      <c r="U85" s="9"/>
+      <c r="P85" s="10"/>
+      <c r="Q85" s="10"/>
+      <c r="R85" s="10"/>
+      <c r="S85" s="10"/>
+      <c r="T85" s="10"/>
+      <c r="U85" s="10"/>
       <c r="V85"/>
       <c r="W85"/>
       <c r="X85"/>
       <c r="Y85"/>
     </row>
     <row r="86" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A86" s="25" t="s">
+      <c r="A86" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B86" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D86" s="11" t="s">
+      <c r="B86" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C86" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D86" s="12" t="s">
         <v>246</v>
       </c>
-      <c r="E86" s="11"/>
-[...11 lines deleted...]
-      <c r="U86" s="11"/>
+      <c r="E86" s="12"/>
+      <c r="F86" s="12"/>
+      <c r="G86" s="12"/>
+      <c r="H86" s="12"/>
+      <c r="I86" s="12"/>
+      <c r="J86" s="51"/>
+      <c r="K86" s="12"/>
+      <c r="P86" s="12"/>
+      <c r="Q86" s="12"/>
+      <c r="R86" s="12"/>
+      <c r="S86" s="12"/>
+      <c r="T86" s="12"/>
+      <c r="U86" s="12"/>
     </row>
     <row r="87" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A87" s="25" t="s">
+      <c r="A87" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B87" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D87" s="11" t="s">
+      <c r="B87" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C87" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D87" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="E87" s="11"/>
-[...11 lines deleted...]
-      <c r="U87" s="11"/>
+      <c r="E87" s="12"/>
+      <c r="F87" s="12"/>
+      <c r="G87" s="12"/>
+      <c r="H87" s="12"/>
+      <c r="I87" s="12"/>
+      <c r="J87" s="51"/>
+      <c r="K87" s="12"/>
+      <c r="P87" s="12"/>
+      <c r="Q87" s="12"/>
+      <c r="R87" s="12"/>
+      <c r="S87" s="12"/>
+      <c r="T87" s="12"/>
+      <c r="U87" s="12"/>
     </row>
     <row r="88" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A88" s="25" t="s">
+      <c r="A88" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B88" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D88" s="11" t="s">
+      <c r="B88" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C88" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D88" s="12" t="s">
         <v>252</v>
       </c>
-      <c r="E88" s="11"/>
-[...11 lines deleted...]
-      <c r="U88" s="11"/>
+      <c r="E88" s="12"/>
+      <c r="F88" s="12"/>
+      <c r="G88" s="12"/>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+      <c r="J88" s="51"/>
+      <c r="K88" s="12"/>
+      <c r="P88" s="12"/>
+      <c r="Q88" s="12"/>
+      <c r="R88" s="12"/>
+      <c r="S88" s="12"/>
+      <c r="T88" s="12"/>
+      <c r="U88" s="12"/>
     </row>
     <row r="89" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A89" s="25" t="s">
+      <c r="A89" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B89" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D89" s="11" t="s">
+      <c r="B89" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D89" s="12" t="s">
         <v>255</v>
       </c>
-      <c r="E89" s="11"/>
-[...11 lines deleted...]
-      <c r="U89" s="11"/>
+      <c r="E89" s="12"/>
+      <c r="F89" s="12"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+      <c r="J89" s="51"/>
+      <c r="K89" s="12"/>
+      <c r="P89" s="12"/>
+      <c r="Q89" s="12"/>
+      <c r="R89" s="12"/>
+      <c r="S89" s="12"/>
+      <c r="T89" s="12"/>
+      <c r="U89" s="12"/>
     </row>
     <row r="90" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A90" s="25" t="s">
+      <c r="A90" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B90" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D90" s="11" t="s">
+      <c r="B90" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D90" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="E90" s="11"/>
-[...11 lines deleted...]
-      <c r="U90" s="11"/>
+      <c r="E90" s="12"/>
+      <c r="F90" s="12"/>
+      <c r="G90" s="12"/>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+      <c r="J90" s="51"/>
+      <c r="K90" s="12"/>
+      <c r="P90" s="12"/>
+      <c r="Q90" s="12"/>
+      <c r="R90" s="12"/>
+      <c r="S90" s="12"/>
+      <c r="T90" s="12"/>
+      <c r="U90" s="12"/>
     </row>
     <row r="91" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A91" s="25" t="s">
+      <c r="A91" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B91" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D91" s="11" t="s">
+      <c r="B91" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C91" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D91" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E91" s="11" t="s">
+      <c r="E91" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F91" s="11"/>
-[...10 lines deleted...]
-      <c r="U91" s="11"/>
+      <c r="F91" s="12"/>
+      <c r="G91" s="12"/>
+      <c r="H91" s="12"/>
+      <c r="I91" s="12"/>
+      <c r="J91" s="51"/>
+      <c r="K91" s="12"/>
+      <c r="P91" s="12"/>
+      <c r="Q91" s="12"/>
+      <c r="R91" s="12"/>
+      <c r="S91" s="12"/>
+      <c r="T91" s="12"/>
+      <c r="U91" s="12"/>
     </row>
     <row r="92" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A92" s="25" t="s">
+      <c r="A92" s="26" t="s">
         <v>329</v>
       </c>
-      <c r="B92" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D92" s="9" t="s">
+      <c r="B92" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D92" s="10" t="s">
         <v>287</v>
       </c>
-      <c r="E92" s="9"/>
-[...17 lines deleted...]
-      <c r="U92" s="9"/>
+      <c r="E92" s="10"/>
+      <c r="F92" s="10">
+        <v>157156</v>
+      </c>
+      <c r="G92" s="10"/>
+      <c r="H92" s="10">
+        <v>157156</v>
+      </c>
+      <c r="I92" s="10"/>
+      <c r="J92" s="50">
+        <v>0.82361111111094942</v>
+      </c>
+      <c r="K92" s="10"/>
+      <c r="P92" s="10"/>
+      <c r="Q92" s="10"/>
+      <c r="R92" s="10"/>
+      <c r="S92" s="10"/>
+      <c r="T92" s="10"/>
+      <c r="U92" s="10"/>
     </row>
   </sheetData>
   <phoneticPr fontId="15" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35CFF44C-AAF8-4971-82A7-E637C956C776}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AK91"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A9" sqref="A9"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="14" style="10" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="35" max="16384" width="9.140625" style="10"/>
+    <col min="1" max="1" width="14" style="11" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="80.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.85546875" style="11" bestFit="1" customWidth="1"/>
+    <col min="6" max="14" width="13.5703125" style="11" customWidth="1"/>
+    <col min="15" max="21" width="15.42578125" style="11" customWidth="1"/>
+    <col min="22" max="34" width="9.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="35" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:37" s="14" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:37" s="15" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="15" t="s">
+      <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="15" t="s">
+      <c r="C1" s="16" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="15" t="s">
+      <c r="D1" s="16" t="s">
         <v>289</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="16" t="s">
         <v>290</v>
       </c>
-      <c r="F1" s="15" t="s">
+      <c r="F1" s="16" t="s">
         <v>330</v>
       </c>
-      <c r="G1" s="15" t="s">
+      <c r="G1" s="16" t="s">
         <v>331</v>
       </c>
-      <c r="H1" s="15" t="s">
+      <c r="H1" s="16" t="s">
         <v>332</v>
       </c>
-      <c r="I1" s="15" t="s">
+      <c r="I1" s="16" t="s">
         <v>333</v>
       </c>
-      <c r="J1" s="15" t="s">
+      <c r="J1" s="16" t="s">
         <v>334</v>
       </c>
-      <c r="K1" s="15" t="s">
+      <c r="K1" s="16" t="s">
         <v>335</v>
       </c>
-      <c r="L1" s="15" t="s">
+      <c r="L1" s="16" t="s">
         <v>336</v>
       </c>
-      <c r="M1" s="15" t="s">
+      <c r="M1" s="16" t="s">
         <v>337</v>
       </c>
-      <c r="N1" s="15" t="s">
+      <c r="N1" s="16" t="s">
         <v>338</v>
       </c>
-      <c r="O1" s="15" t="s">
+      <c r="O1" s="16" t="s">
         <v>339</v>
       </c>
-      <c r="P1" s="15" t="s">
+      <c r="P1" s="16" t="s">
         <v>340</v>
       </c>
-      <c r="Q1" s="15" t="s">
+      <c r="Q1" s="16" t="s">
         <v>341</v>
       </c>
-      <c r="R1" s="15" t="s">
+      <c r="R1" s="16" t="s">
         <v>342</v>
       </c>
-      <c r="S1" s="15" t="s">
+      <c r="S1" s="16" t="s">
         <v>343</v>
       </c>
-      <c r="T1" s="15" t="s">
+      <c r="T1" s="16" t="s">
         <v>344</v>
       </c>
-      <c r="U1" s="15" t="s">
+      <c r="U1" s="16" t="s">
         <v>345</v>
       </c>
-      <c r="V1" s="15" t="s">
+      <c r="V1" s="16" t="s">
         <v>346</v>
       </c>
-      <c r="W1" s="15" t="s">
+      <c r="W1" s="16" t="s">
         <v>347</v>
       </c>
-      <c r="X1" s="15" t="s">
+      <c r="X1" s="16" t="s">
         <v>348</v>
       </c>
-      <c r="Y1" s="15" t="s">
+      <c r="Y1" s="16" t="s">
         <v>349</v>
       </c>
-      <c r="Z1" s="15" t="s">
+      <c r="Z1" s="16" t="s">
         <v>350</v>
       </c>
-      <c r="AA1" s="15" t="s">
+      <c r="AA1" s="16" t="s">
         <v>351</v>
       </c>
-      <c r="AB1" s="15" t="s">
+      <c r="AB1" s="16" t="s">
         <v>352</v>
       </c>
-      <c r="AC1" s="15" t="s">
+      <c r="AC1" s="16" t="s">
         <v>353</v>
       </c>
-      <c r="AD1" s="15" t="s">
+      <c r="AD1" s="16" t="s">
         <v>354</v>
       </c>
-      <c r="AE1" s="15" t="s">
+      <c r="AE1" s="16" t="s">
         <v>355</v>
       </c>
-      <c r="AF1" s="15" t="s">
+      <c r="AF1" s="16" t="s">
         <v>356</v>
       </c>
-      <c r="AG1" s="15" t="s">
+      <c r="AG1" s="16" t="s">
         <v>357</v>
       </c>
-      <c r="AH1" s="15" t="s">
+      <c r="AH1" s="16" t="s">
         <v>358</v>
       </c>
-      <c r="AI1" s="15" t="s">
+      <c r="AI1" s="16" t="s">
         <v>359</v>
       </c>
-      <c r="AJ1" s="15" t="s">
+      <c r="AJ1" s="16" t="s">
         <v>360</v>
       </c>
-      <c r="AK1" s="15" t="s">
+      <c r="AK1" s="16" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="2" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="7"/>
+      <c r="B2" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C2" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="7"/>
       <c r="N2" s="7"/>
       <c r="O2" s="7"/>
       <c r="P2" s="7"/>
       <c r="Q2" s="7"/>
       <c r="R2" s="7"/>
       <c r="S2" s="7"/>
       <c r="T2" s="7"/>
       <c r="U2" s="7"/>
       <c r="V2" s="7"/>
       <c r="W2" s="7"/>
       <c r="X2" s="7"/>
       <c r="Y2" s="7"/>
       <c r="Z2" s="7"/>
       <c r="AA2" s="7"/>
       <c r="AB2" s="7"/>
       <c r="AC2" s="7"/>
       <c r="AD2" s="7"/>
       <c r="AE2" s="7"/>
       <c r="AF2" s="7"/>
       <c r="AG2" s="7"/>
       <c r="AH2" s="7"/>
       <c r="AI2" s="7"/>
       <c r="AJ2" s="7"/>
       <c r="AK2" s="7"/>
     </row>
     <row r="3" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A3" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="9"/>
-[...3 lines deleted...]
-      <c r="D3" s="9" t="s">
+      <c r="B3" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D3" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="9"/>
-[...31 lines deleted...]
-      <c r="AK3" s="9"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+      <c r="J3" s="10"/>
+      <c r="K3" s="10"/>
+      <c r="L3" s="10"/>
+      <c r="M3" s="10"/>
+      <c r="N3" s="10"/>
+      <c r="O3" s="10"/>
+      <c r="P3" s="10"/>
+      <c r="Q3" s="10"/>
+      <c r="R3" s="10"/>
+      <c r="S3" s="10"/>
+      <c r="T3" s="10"/>
+      <c r="U3" s="10"/>
+      <c r="V3" s="10"/>
+      <c r="W3" s="10"/>
+      <c r="X3" s="10"/>
+      <c r="Y3" s="10"/>
+      <c r="Z3" s="10"/>
+      <c r="AA3" s="10"/>
+      <c r="AB3" s="10"/>
+      <c r="AC3" s="10"/>
+      <c r="AD3" s="10"/>
+      <c r="AE3" s="10"/>
+      <c r="AF3" s="10"/>
+      <c r="AG3" s="10"/>
+      <c r="AH3" s="10"/>
+      <c r="AI3" s="10"/>
+      <c r="AJ3" s="10"/>
+      <c r="AK3" s="10"/>
     </row>
     <row r="4" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A4" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="11"/>
-[...3 lines deleted...]
-      <c r="D4" s="11" t="s">
+      <c r="B4" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="11"/>
-[...31 lines deleted...]
-      <c r="AK4" s="11"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="12"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="12"/>
+      <c r="L4" s="12"/>
+      <c r="M4" s="12"/>
+      <c r="N4" s="12"/>
+      <c r="O4" s="12"/>
+      <c r="P4" s="12"/>
+      <c r="Q4" s="12"/>
+      <c r="R4" s="12"/>
+      <c r="S4" s="12"/>
+      <c r="T4" s="12"/>
+      <c r="U4" s="12"/>
+      <c r="V4" s="12"/>
+      <c r="W4" s="12"/>
+      <c r="X4" s="12"/>
+      <c r="Y4" s="12"/>
+      <c r="Z4" s="12"/>
+      <c r="AA4" s="12"/>
+      <c r="AB4" s="12"/>
+      <c r="AC4" s="12"/>
+      <c r="AD4" s="12"/>
+      <c r="AE4" s="12"/>
+      <c r="AF4" s="12"/>
+      <c r="AG4" s="12"/>
+      <c r="AH4" s="12"/>
+      <c r="AI4" s="12"/>
+      <c r="AJ4" s="12"/>
+      <c r="AK4" s="12"/>
     </row>
     <row r="5" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="11"/>
-[...3 lines deleted...]
-      <c r="D5" s="11" t="s">
+      <c r="B5" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="11"/>
-[...31 lines deleted...]
-      <c r="AK5" s="11"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="12"/>
+      <c r="L5" s="12"/>
+      <c r="M5" s="12"/>
+      <c r="N5" s="12"/>
+      <c r="O5" s="12"/>
+      <c r="P5" s="12"/>
+      <c r="Q5" s="12"/>
+      <c r="R5" s="12"/>
+      <c r="S5" s="12"/>
+      <c r="T5" s="12"/>
+      <c r="U5" s="12"/>
+      <c r="V5" s="12"/>
+      <c r="W5" s="12"/>
+      <c r="X5" s="12"/>
+      <c r="Y5" s="12"/>
+      <c r="Z5" s="12"/>
+      <c r="AA5" s="12"/>
+      <c r="AB5" s="12"/>
+      <c r="AC5" s="12"/>
+      <c r="AD5" s="12"/>
+      <c r="AE5" s="12"/>
+      <c r="AF5" s="12"/>
+      <c r="AG5" s="12"/>
+      <c r="AH5" s="12"/>
+      <c r="AI5" s="12"/>
+      <c r="AJ5" s="12"/>
+      <c r="AK5" s="12"/>
     </row>
     <row r="6" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="11"/>
-[...3 lines deleted...]
-      <c r="D6" s="11" t="s">
+      <c r="B6" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="E6" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F6" s="11"/>
-[...30 lines deleted...]
-      <c r="AK6" s="11"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="12"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="12"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="12"/>
+      <c r="U6" s="12"/>
+      <c r="V6" s="12"/>
+      <c r="W6" s="12"/>
+      <c r="X6" s="12"/>
+      <c r="Y6" s="12"/>
+      <c r="Z6" s="12"/>
+      <c r="AA6" s="12"/>
+      <c r="AB6" s="12"/>
+      <c r="AC6" s="12"/>
+      <c r="AD6" s="12"/>
+      <c r="AE6" s="12"/>
+      <c r="AF6" s="12"/>
+      <c r="AG6" s="12"/>
+      <c r="AH6" s="12"/>
+      <c r="AI6" s="12"/>
+      <c r="AJ6" s="12"/>
+      <c r="AK6" s="12"/>
     </row>
     <row r="7" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="29"/>
-[...3 lines deleted...]
-      <c r="D7" s="29" t="s">
+      <c r="B7" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="30" t="s">
+        <v>306</v>
+      </c>
+      <c r="D7" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="E7" s="29"/>
-[...31 lines deleted...]
-      <c r="AK7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="30"/>
+      <c r="G7" s="30"/>
+      <c r="H7" s="30"/>
+      <c r="I7" s="30"/>
+      <c r="J7" s="30"/>
+      <c r="K7" s="30"/>
+      <c r="L7" s="30"/>
+      <c r="M7" s="30"/>
+      <c r="N7" s="30"/>
+      <c r="O7" s="30"/>
+      <c r="P7" s="30"/>
+      <c r="Q7" s="30"/>
+      <c r="R7" s="30"/>
+      <c r="S7" s="30"/>
+      <c r="T7" s="30"/>
+      <c r="U7" s="30"/>
+      <c r="V7" s="30"/>
+      <c r="W7" s="30"/>
+      <c r="X7" s="30"/>
+      <c r="Y7" s="30"/>
+      <c r="Z7" s="30"/>
+      <c r="AA7" s="30"/>
+      <c r="AB7" s="30"/>
+      <c r="AC7" s="30"/>
+      <c r="AD7" s="30"/>
+      <c r="AE7" s="30"/>
+      <c r="AF7" s="30"/>
+      <c r="AG7" s="30"/>
+      <c r="AH7" s="30"/>
+      <c r="AI7" s="30"/>
+      <c r="AJ7" s="30"/>
+      <c r="AK7" s="30"/>
     </row>
     <row r="8" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="11"/>
-[...3 lines deleted...]
-      <c r="D8" s="11" t="s">
+      <c r="B8" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="E8" s="11"/>
-[...31 lines deleted...]
-      <c r="AK8" s="11"/>
+      <c r="E8" s="12"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12"/>
+      <c r="L8" s="12"/>
+      <c r="M8" s="12"/>
+      <c r="N8" s="12"/>
+      <c r="O8" s="12"/>
+      <c r="P8" s="12"/>
+      <c r="Q8" s="12"/>
+      <c r="R8" s="12"/>
+      <c r="S8" s="12"/>
+      <c r="T8" s="12"/>
+      <c r="U8" s="12"/>
+      <c r="V8" s="12"/>
+      <c r="W8" s="12"/>
+      <c r="X8" s="12"/>
+      <c r="Y8" s="12"/>
+      <c r="Z8" s="12"/>
+      <c r="AA8" s="12"/>
+      <c r="AB8" s="12"/>
+      <c r="AC8" s="12"/>
+      <c r="AD8" s="12"/>
+      <c r="AE8" s="12"/>
+      <c r="AF8" s="12"/>
+      <c r="AG8" s="12"/>
+      <c r="AH8" s="12"/>
+      <c r="AI8" s="12"/>
+      <c r="AJ8" s="12"/>
+      <c r="AK8" s="12"/>
     </row>
     <row r="9" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="11"/>
-[...3 lines deleted...]
-      <c r="D9" s="11" t="s">
+      <c r="B9" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="E9" s="11"/>
-[...31 lines deleted...]
-      <c r="AK9" s="11"/>
+      <c r="E9" s="12"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
+      <c r="O9" s="12"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="12"/>
+      <c r="R9" s="12"/>
+      <c r="S9" s="12"/>
+      <c r="T9" s="12"/>
+      <c r="U9" s="12"/>
+      <c r="V9" s="12"/>
+      <c r="W9" s="12"/>
+      <c r="X9" s="12"/>
+      <c r="Y9" s="12"/>
+      <c r="Z9" s="12"/>
+      <c r="AA9" s="12"/>
+      <c r="AB9" s="12"/>
+      <c r="AC9" s="12"/>
+      <c r="AD9" s="12"/>
+      <c r="AE9" s="12"/>
+      <c r="AF9" s="12"/>
+      <c r="AG9" s="12"/>
+      <c r="AH9" s="12"/>
+      <c r="AI9" s="12"/>
+      <c r="AJ9" s="12"/>
+      <c r="AK9" s="12"/>
     </row>
     <row r="10" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="11"/>
-[...3 lines deleted...]
-      <c r="D10" s="11" t="s">
+      <c r="B10" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D10" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="E10" s="11"/>
-[...31 lines deleted...]
-      <c r="AK10" s="11"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="12"/>
+      <c r="N10" s="12"/>
+      <c r="O10" s="12"/>
+      <c r="P10" s="12"/>
+      <c r="Q10" s="12"/>
+      <c r="R10" s="12"/>
+      <c r="S10" s="12"/>
+      <c r="T10" s="12"/>
+      <c r="U10" s="12"/>
+      <c r="V10" s="12"/>
+      <c r="W10" s="12"/>
+      <c r="X10" s="12"/>
+      <c r="Y10" s="12"/>
+      <c r="Z10" s="12"/>
+      <c r="AA10" s="12"/>
+      <c r="AB10" s="12"/>
+      <c r="AC10" s="12"/>
+      <c r="AD10" s="12"/>
+      <c r="AE10" s="12"/>
+      <c r="AF10" s="12"/>
+      <c r="AG10" s="12"/>
+      <c r="AH10" s="12"/>
+      <c r="AI10" s="12"/>
+      <c r="AJ10" s="12"/>
+      <c r="AK10" s="12"/>
     </row>
     <row r="11" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="11"/>
-[...3 lines deleted...]
-      <c r="D11" s="11" t="s">
+      <c r="B11" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D11" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="11"/>
-[...31 lines deleted...]
-      <c r="AK11" s="11"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
+      <c r="N11" s="12"/>
+      <c r="O11" s="12"/>
+      <c r="P11" s="12"/>
+      <c r="Q11" s="12"/>
+      <c r="R11" s="12"/>
+      <c r="S11" s="12"/>
+      <c r="T11" s="12"/>
+      <c r="U11" s="12"/>
+      <c r="V11" s="12"/>
+      <c r="W11" s="12"/>
+      <c r="X11" s="12"/>
+      <c r="Y11" s="12"/>
+      <c r="Z11" s="12"/>
+      <c r="AA11" s="12"/>
+      <c r="AB11" s="12"/>
+      <c r="AC11" s="12"/>
+      <c r="AD11" s="12"/>
+      <c r="AE11" s="12"/>
+      <c r="AF11" s="12"/>
+      <c r="AG11" s="12"/>
+      <c r="AH11" s="12"/>
+      <c r="AI11" s="12"/>
+      <c r="AJ11" s="12"/>
+      <c r="AK11" s="12"/>
     </row>
     <row r="12" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B12" s="11"/>
-[...3 lines deleted...]
-      <c r="D12" s="11" t="s">
+      <c r="B12" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="11"/>
-[...31 lines deleted...]
-      <c r="AK12" s="11"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="12"/>
+      <c r="K12" s="12"/>
+      <c r="L12" s="12"/>
+      <c r="M12" s="12"/>
+      <c r="N12" s="12"/>
+      <c r="O12" s="12"/>
+      <c r="P12" s="12"/>
+      <c r="Q12" s="12"/>
+      <c r="R12" s="12"/>
+      <c r="S12" s="12"/>
+      <c r="T12" s="12"/>
+      <c r="U12" s="12"/>
+      <c r="V12" s="12"/>
+      <c r="W12" s="12"/>
+      <c r="X12" s="12"/>
+      <c r="Y12" s="12"/>
+      <c r="Z12" s="12"/>
+      <c r="AA12" s="12"/>
+      <c r="AB12" s="12"/>
+      <c r="AC12" s="12"/>
+      <c r="AD12" s="12"/>
+      <c r="AE12" s="12"/>
+      <c r="AF12" s="12"/>
+      <c r="AG12" s="12"/>
+      <c r="AH12" s="12"/>
+      <c r="AI12" s="12"/>
+      <c r="AJ12" s="12"/>
+      <c r="AK12" s="12"/>
     </row>
     <row r="13" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B13" s="11"/>
-[...3 lines deleted...]
-      <c r="D13" s="11" t="s">
+      <c r="B13" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D13" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="11" t="s">
+      <c r="E13" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F13" s="11"/>
-[...30 lines deleted...]
-      <c r="AK13" s="11"/>
+      <c r="F13" s="12"/>
+      <c r="G13" s="12"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="12"/>
+      <c r="K13" s="12"/>
+      <c r="L13" s="12"/>
+      <c r="M13" s="12"/>
+      <c r="N13" s="12"/>
+      <c r="O13" s="12"/>
+      <c r="P13" s="12"/>
+      <c r="Q13" s="12"/>
+      <c r="R13" s="12"/>
+      <c r="S13" s="12"/>
+      <c r="T13" s="12"/>
+      <c r="U13" s="12"/>
+      <c r="V13" s="12"/>
+      <c r="W13" s="12"/>
+      <c r="X13" s="12"/>
+      <c r="Y13" s="12"/>
+      <c r="Z13" s="12"/>
+      <c r="AA13" s="12"/>
+      <c r="AB13" s="12"/>
+      <c r="AC13" s="12"/>
+      <c r="AD13" s="12"/>
+      <c r="AE13" s="12"/>
+      <c r="AF13" s="12"/>
+      <c r="AG13" s="12"/>
+      <c r="AH13" s="12"/>
+      <c r="AI13" s="12"/>
+      <c r="AJ13" s="12"/>
+      <c r="AK13" s="12"/>
     </row>
     <row r="14" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="9"/>
-[...3 lines deleted...]
-      <c r="D14" s="9" t="s">
+      <c r="B14" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D14" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="E14" s="9"/>
-[...31 lines deleted...]
-      <c r="AK14" s="9"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="10"/>
+      <c r="G14" s="10"/>
+      <c r="H14" s="10"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="10"/>
+      <c r="K14" s="10"/>
+      <c r="L14" s="10"/>
+      <c r="M14" s="10"/>
+      <c r="N14" s="10"/>
+      <c r="O14" s="10"/>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="10"/>
+      <c r="R14" s="10"/>
+      <c r="S14" s="10"/>
+      <c r="T14" s="10"/>
+      <c r="U14" s="10"/>
+      <c r="V14" s="10"/>
+      <c r="W14" s="10"/>
+      <c r="X14" s="10"/>
+      <c r="Y14" s="10"/>
+      <c r="Z14" s="10"/>
+      <c r="AA14" s="10"/>
+      <c r="AB14" s="10"/>
+      <c r="AC14" s="10"/>
+      <c r="AD14" s="10"/>
+      <c r="AE14" s="10"/>
+      <c r="AF14" s="10"/>
+      <c r="AG14" s="10"/>
+      <c r="AH14" s="10"/>
+      <c r="AI14" s="10"/>
+      <c r="AJ14" s="10"/>
+      <c r="AK14" s="10"/>
     </row>
     <row r="15" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B15" s="11"/>
-[...3 lines deleted...]
-      <c r="D15" s="11" t="s">
+      <c r="B15" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="11"/>
-[...31 lines deleted...]
-      <c r="AK15" s="11"/>
+      <c r="E15" s="12"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="12"/>
+      <c r="L15" s="12"/>
+      <c r="M15" s="12"/>
+      <c r="N15" s="12"/>
+      <c r="O15" s="12"/>
+      <c r="P15" s="12"/>
+      <c r="Q15" s="12"/>
+      <c r="R15" s="12"/>
+      <c r="S15" s="12"/>
+      <c r="T15" s="12"/>
+      <c r="U15" s="12"/>
+      <c r="V15" s="12"/>
+      <c r="W15" s="12"/>
+      <c r="X15" s="12"/>
+      <c r="Y15" s="12"/>
+      <c r="Z15" s="12"/>
+      <c r="AA15" s="12"/>
+      <c r="AB15" s="12"/>
+      <c r="AC15" s="12"/>
+      <c r="AD15" s="12"/>
+      <c r="AE15" s="12"/>
+      <c r="AF15" s="12"/>
+      <c r="AG15" s="12"/>
+      <c r="AH15" s="12"/>
+      <c r="AI15" s="12"/>
+      <c r="AJ15" s="12"/>
+      <c r="AK15" s="12"/>
     </row>
     <row r="16" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B16" s="11"/>
-[...3 lines deleted...]
-      <c r="D16" s="11" t="s">
+      <c r="B16" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="E16" s="11"/>
-[...31 lines deleted...]
-      <c r="AK16" s="11"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="12"/>
+      <c r="K16" s="12"/>
+      <c r="L16" s="12"/>
+      <c r="M16" s="12"/>
+      <c r="N16" s="12"/>
+      <c r="O16" s="12"/>
+      <c r="P16" s="12"/>
+      <c r="Q16" s="12"/>
+      <c r="R16" s="12"/>
+      <c r="S16" s="12"/>
+      <c r="T16" s="12"/>
+      <c r="U16" s="12"/>
+      <c r="V16" s="12"/>
+      <c r="W16" s="12"/>
+      <c r="X16" s="12"/>
+      <c r="Y16" s="12"/>
+      <c r="Z16" s="12"/>
+      <c r="AA16" s="12"/>
+      <c r="AB16" s="12"/>
+      <c r="AC16" s="12"/>
+      <c r="AD16" s="12"/>
+      <c r="AE16" s="12"/>
+      <c r="AF16" s="12"/>
+      <c r="AG16" s="12"/>
+      <c r="AH16" s="12"/>
+      <c r="AI16" s="12"/>
+      <c r="AJ16" s="12"/>
+      <c r="AK16" s="12"/>
     </row>
     <row r="17" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B17" s="11"/>
-[...3 lines deleted...]
-      <c r="D17" s="11" t="s">
+      <c r="B17" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="E17" s="11"/>
-[...31 lines deleted...]
-      <c r="AK17" s="11"/>
+      <c r="E17" s="12"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="12"/>
+      <c r="J17" s="12"/>
+      <c r="K17" s="12"/>
+      <c r="L17" s="12"/>
+      <c r="M17" s="12"/>
+      <c r="N17" s="12"/>
+      <c r="O17" s="12"/>
+      <c r="P17" s="12"/>
+      <c r="Q17" s="12"/>
+      <c r="R17" s="12"/>
+      <c r="S17" s="12"/>
+      <c r="T17" s="12"/>
+      <c r="U17" s="12"/>
+      <c r="V17" s="12"/>
+      <c r="W17" s="12"/>
+      <c r="X17" s="12"/>
+      <c r="Y17" s="12"/>
+      <c r="Z17" s="12"/>
+      <c r="AA17" s="12"/>
+      <c r="AB17" s="12"/>
+      <c r="AC17" s="12"/>
+      <c r="AD17" s="12"/>
+      <c r="AE17" s="12"/>
+      <c r="AF17" s="12"/>
+      <c r="AG17" s="12"/>
+      <c r="AH17" s="12"/>
+      <c r="AI17" s="12"/>
+      <c r="AJ17" s="12"/>
+      <c r="AK17" s="12"/>
     </row>
     <row r="18" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B18" s="11"/>
-[...3 lines deleted...]
-      <c r="D18" s="11" t="s">
+      <c r="B18" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D18" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E18" s="11"/>
-[...31 lines deleted...]
-      <c r="AK18" s="11"/>
+      <c r="E18" s="12"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="12"/>
+      <c r="M18" s="12"/>
+      <c r="N18" s="12"/>
+      <c r="O18" s="12"/>
+      <c r="P18" s="12"/>
+      <c r="Q18" s="12"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="12"/>
+      <c r="U18" s="12"/>
+      <c r="V18" s="12"/>
+      <c r="W18" s="12"/>
+      <c r="X18" s="12"/>
+      <c r="Y18" s="12"/>
+      <c r="Z18" s="12"/>
+      <c r="AA18" s="12"/>
+      <c r="AB18" s="12"/>
+      <c r="AC18" s="12"/>
+      <c r="AD18" s="12"/>
+      <c r="AE18" s="12"/>
+      <c r="AF18" s="12"/>
+      <c r="AG18" s="12"/>
+      <c r="AH18" s="12"/>
+      <c r="AI18" s="12"/>
+      <c r="AJ18" s="12"/>
+      <c r="AK18" s="12"/>
     </row>
     <row r="19" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B19" s="11"/>
-[...3 lines deleted...]
-      <c r="D19" s="11" t="s">
+      <c r="B19" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D19" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="E19" s="11"/>
-[...31 lines deleted...]
-      <c r="AK19" s="11"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12"/>
+      <c r="L19" s="12"/>
+      <c r="M19" s="12"/>
+      <c r="N19" s="12"/>
+      <c r="O19" s="12"/>
+      <c r="P19" s="12"/>
+      <c r="Q19" s="12"/>
+      <c r="R19" s="12"/>
+      <c r="S19" s="12"/>
+      <c r="T19" s="12"/>
+      <c r="U19" s="12"/>
+      <c r="V19" s="12"/>
+      <c r="W19" s="12"/>
+      <c r="X19" s="12"/>
+      <c r="Y19" s="12"/>
+      <c r="Z19" s="12"/>
+      <c r="AA19" s="12"/>
+      <c r="AB19" s="12"/>
+      <c r="AC19" s="12"/>
+      <c r="AD19" s="12"/>
+      <c r="AE19" s="12"/>
+      <c r="AF19" s="12"/>
+      <c r="AG19" s="12"/>
+      <c r="AH19" s="12"/>
+      <c r="AI19" s="12"/>
+      <c r="AJ19" s="12"/>
+      <c r="AK19" s="12"/>
     </row>
     <row r="20" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B20" s="11"/>
-[...3 lines deleted...]
-      <c r="D20" s="11" t="s">
+      <c r="B20" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D20" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="E20" s="11"/>
-[...31 lines deleted...]
-      <c r="AK20" s="11"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="12"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="12"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="12"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="12"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="12"/>
+      <c r="V20" s="12"/>
+      <c r="W20" s="12"/>
+      <c r="X20" s="12"/>
+      <c r="Y20" s="12"/>
+      <c r="Z20" s="12"/>
+      <c r="AA20" s="12"/>
+      <c r="AB20" s="12"/>
+      <c r="AC20" s="12"/>
+      <c r="AD20" s="12"/>
+      <c r="AE20" s="12"/>
+      <c r="AF20" s="12"/>
+      <c r="AG20" s="12"/>
+      <c r="AH20" s="12"/>
+      <c r="AI20" s="12"/>
+      <c r="AJ20" s="12"/>
+      <c r="AK20" s="12"/>
     </row>
     <row r="21" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B21" s="11"/>
-[...3 lines deleted...]
-      <c r="D21" s="11" t="s">
+      <c r="B21" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E21" s="11" t="s">
+      <c r="E21" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F21" s="11"/>
-[...30 lines deleted...]
-      <c r="AK21" s="11"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="12"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="12"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="12"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="12"/>
+      <c r="V21" s="12"/>
+      <c r="W21" s="12"/>
+      <c r="X21" s="12"/>
+      <c r="Y21" s="12"/>
+      <c r="Z21" s="12"/>
+      <c r="AA21" s="12"/>
+      <c r="AB21" s="12"/>
+      <c r="AC21" s="12"/>
+      <c r="AD21" s="12"/>
+      <c r="AE21" s="12"/>
+      <c r="AF21" s="12"/>
+      <c r="AG21" s="12"/>
+      <c r="AH21" s="12"/>
+      <c r="AI21" s="12"/>
+      <c r="AJ21" s="12"/>
+      <c r="AK21" s="12"/>
     </row>
     <row r="22" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B22" s="9"/>
-[...3 lines deleted...]
-      <c r="D22" s="9" t="s">
+      <c r="B22" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D22" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="E22" s="9"/>
-[...31 lines deleted...]
-      <c r="AK22" s="9"/>
+      <c r="E22" s="10"/>
+      <c r="F22" s="10"/>
+      <c r="G22" s="10"/>
+      <c r="H22" s="10"/>
+      <c r="I22" s="10"/>
+      <c r="J22" s="10"/>
+      <c r="K22" s="10"/>
+      <c r="L22" s="10"/>
+      <c r="M22" s="10"/>
+      <c r="N22" s="10"/>
+      <c r="O22" s="10"/>
+      <c r="P22" s="10"/>
+      <c r="Q22" s="10"/>
+      <c r="R22" s="10"/>
+      <c r="S22" s="10"/>
+      <c r="T22" s="10"/>
+      <c r="U22" s="10"/>
+      <c r="V22" s="10"/>
+      <c r="W22" s="10"/>
+      <c r="X22" s="10"/>
+      <c r="Y22" s="10"/>
+      <c r="Z22" s="10"/>
+      <c r="AA22" s="10"/>
+      <c r="AB22" s="10"/>
+      <c r="AC22" s="10"/>
+      <c r="AD22" s="10"/>
+      <c r="AE22" s="10"/>
+      <c r="AF22" s="10"/>
+      <c r="AG22" s="10"/>
+      <c r="AH22" s="10"/>
+      <c r="AI22" s="10"/>
+      <c r="AJ22" s="10"/>
+      <c r="AK22" s="10"/>
     </row>
     <row r="23" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B23" s="11"/>
-[...3 lines deleted...]
-      <c r="D23" s="11" t="s">
+      <c r="B23" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D23" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="E23" s="11"/>
-[...31 lines deleted...]
-      <c r="AK23" s="11"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="12"/>
+      <c r="N23" s="12"/>
+      <c r="O23" s="12"/>
+      <c r="P23" s="12"/>
+      <c r="Q23" s="12"/>
+      <c r="R23" s="12"/>
+      <c r="S23" s="12"/>
+      <c r="T23" s="12"/>
+      <c r="U23" s="12"/>
+      <c r="V23" s="12"/>
+      <c r="W23" s="12"/>
+      <c r="X23" s="12"/>
+      <c r="Y23" s="12"/>
+      <c r="Z23" s="12"/>
+      <c r="AA23" s="12"/>
+      <c r="AB23" s="12"/>
+      <c r="AC23" s="12"/>
+      <c r="AD23" s="12"/>
+      <c r="AE23" s="12"/>
+      <c r="AF23" s="12"/>
+      <c r="AG23" s="12"/>
+      <c r="AH23" s="12"/>
+      <c r="AI23" s="12"/>
+      <c r="AJ23" s="12"/>
+      <c r="AK23" s="12"/>
     </row>
     <row r="24" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B24" s="11"/>
-[...3 lines deleted...]
-      <c r="D24" s="11" t="s">
+      <c r="B24" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D24" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="E24" s="11"/>
-[...31 lines deleted...]
-      <c r="AK24" s="11"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="12"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="12"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="12"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="12"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="12"/>
+      <c r="V24" s="12"/>
+      <c r="W24" s="12"/>
+      <c r="X24" s="12"/>
+      <c r="Y24" s="12"/>
+      <c r="Z24" s="12"/>
+      <c r="AA24" s="12"/>
+      <c r="AB24" s="12"/>
+      <c r="AC24" s="12"/>
+      <c r="AD24" s="12"/>
+      <c r="AE24" s="12"/>
+      <c r="AF24" s="12"/>
+      <c r="AG24" s="12"/>
+      <c r="AH24" s="12"/>
+      <c r="AI24" s="12"/>
+      <c r="AJ24" s="12"/>
+      <c r="AK24" s="12"/>
     </row>
     <row r="25" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B25" s="11"/>
-[...3 lines deleted...]
-      <c r="D25" s="11" t="s">
+      <c r="B25" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D25" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="E25" s="11"/>
-[...31 lines deleted...]
-      <c r="AK25" s="11"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="12"/>
+      <c r="M25" s="12"/>
+      <c r="N25" s="12"/>
+      <c r="O25" s="12"/>
+      <c r="P25" s="12"/>
+      <c r="Q25" s="12"/>
+      <c r="R25" s="12"/>
+      <c r="S25" s="12"/>
+      <c r="T25" s="12"/>
+      <c r="U25" s="12"/>
+      <c r="V25" s="12"/>
+      <c r="W25" s="12"/>
+      <c r="X25" s="12"/>
+      <c r="Y25" s="12"/>
+      <c r="Z25" s="12"/>
+      <c r="AA25" s="12"/>
+      <c r="AB25" s="12"/>
+      <c r="AC25" s="12"/>
+      <c r="AD25" s="12"/>
+      <c r="AE25" s="12"/>
+      <c r="AF25" s="12"/>
+      <c r="AG25" s="12"/>
+      <c r="AH25" s="12"/>
+      <c r="AI25" s="12"/>
+      <c r="AJ25" s="12"/>
+      <c r="AK25" s="12"/>
     </row>
     <row r="26" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B26" s="37"/>
+      <c r="B26" s="37" t="s">
+        <v>5</v>
+      </c>
       <c r="C26" s="37" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="37" t="s">
         <v>86</v>
       </c>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="37"/>
       <c r="I26" s="37"/>
       <c r="J26" s="37"/>
       <c r="K26" s="37"/>
       <c r="L26" s="37"/>
       <c r="M26" s="37"/>
       <c r="N26" s="37"/>
       <c r="O26" s="37"/>
       <c r="P26" s="37"/>
       <c r="Q26" s="37"/>
       <c r="R26" s="37"/>
       <c r="S26" s="37"/>
       <c r="T26" s="37"/>
       <c r="U26" s="37"/>
       <c r="V26" s="37"/>
       <c r="W26" s="37"/>
       <c r="X26" s="37"/>
       <c r="Y26" s="37"/>
       <c r="Z26" s="37"/>
       <c r="AA26" s="37"/>
       <c r="AB26" s="37"/>
       <c r="AC26" s="37"/>
       <c r="AD26" s="37"/>
       <c r="AE26" s="37"/>
       <c r="AF26" s="37"/>
       <c r="AG26" s="37"/>
       <c r="AH26" s="37"/>
       <c r="AI26" s="37"/>
       <c r="AJ26" s="37"/>
       <c r="AK26" s="37"/>
     </row>
     <row r="27" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B27" s="11"/>
-[...3 lines deleted...]
-      <c r="D27" s="11" t="s">
+      <c r="B27" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D27" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="E27" s="11"/>
-[...31 lines deleted...]
-      <c r="AK27" s="11"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+      <c r="M27" s="12"/>
+      <c r="N27" s="12"/>
+      <c r="O27" s="12"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="12"/>
+      <c r="R27" s="12"/>
+      <c r="S27" s="12"/>
+      <c r="T27" s="12"/>
+      <c r="U27" s="12"/>
+      <c r="V27" s="12"/>
+      <c r="W27" s="12"/>
+      <c r="X27" s="12"/>
+      <c r="Y27" s="12"/>
+      <c r="Z27" s="12"/>
+      <c r="AA27" s="12"/>
+      <c r="AB27" s="12"/>
+      <c r="AC27" s="12"/>
+      <c r="AD27" s="12"/>
+      <c r="AE27" s="12"/>
+      <c r="AF27" s="12"/>
+      <c r="AG27" s="12"/>
+      <c r="AH27" s="12"/>
+      <c r="AI27" s="12"/>
+      <c r="AJ27" s="12"/>
+      <c r="AK27" s="12"/>
     </row>
     <row r="28" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B28" s="11"/>
-[...3 lines deleted...]
-      <c r="D28" s="11" t="s">
+      <c r="B28" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D28" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="E28" s="11"/>
-[...31 lines deleted...]
-      <c r="AK28" s="11"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
+      <c r="N28" s="12"/>
+      <c r="O28" s="12"/>
+      <c r="P28" s="12"/>
+      <c r="Q28" s="12"/>
+      <c r="R28" s="12"/>
+      <c r="S28" s="12"/>
+      <c r="T28" s="12"/>
+      <c r="U28" s="12"/>
+      <c r="V28" s="12"/>
+      <c r="W28" s="12"/>
+      <c r="X28" s="12"/>
+      <c r="Y28" s="12"/>
+      <c r="Z28" s="12"/>
+      <c r="AA28" s="12"/>
+      <c r="AB28" s="12"/>
+      <c r="AC28" s="12"/>
+      <c r="AD28" s="12"/>
+      <c r="AE28" s="12"/>
+      <c r="AF28" s="12"/>
+      <c r="AG28" s="12"/>
+      <c r="AH28" s="12"/>
+      <c r="AI28" s="12"/>
+      <c r="AJ28" s="12"/>
+      <c r="AK28" s="12"/>
     </row>
     <row r="29" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B29" s="11"/>
-[...3 lines deleted...]
-      <c r="D29" s="11" t="s">
+      <c r="B29" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D29" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="E29" s="11"/>
-[...31 lines deleted...]
-      <c r="AK29" s="11"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="12"/>
+      <c r="M29" s="12"/>
+      <c r="N29" s="12"/>
+      <c r="O29" s="12"/>
+      <c r="P29" s="12"/>
+      <c r="Q29" s="12"/>
+      <c r="R29" s="12"/>
+      <c r="S29" s="12"/>
+      <c r="T29" s="12"/>
+      <c r="U29" s="12"/>
+      <c r="V29" s="12"/>
+      <c r="W29" s="12"/>
+      <c r="X29" s="12"/>
+      <c r="Y29" s="12"/>
+      <c r="Z29" s="12"/>
+      <c r="AA29" s="12"/>
+      <c r="AB29" s="12"/>
+      <c r="AC29" s="12"/>
+      <c r="AD29" s="12"/>
+      <c r="AE29" s="12"/>
+      <c r="AF29" s="12"/>
+      <c r="AG29" s="12"/>
+      <c r="AH29" s="12"/>
+      <c r="AI29" s="12"/>
+      <c r="AJ29" s="12"/>
+      <c r="AK29" s="12"/>
     </row>
     <row r="30" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B30" s="11"/>
-[...3 lines deleted...]
-      <c r="D30" s="11" t="s">
+      <c r="B30" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D30" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E30" s="11" t="s">
+      <c r="E30" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F30" s="11"/>
-[...30 lines deleted...]
-      <c r="AK30" s="11"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12"/>
+      <c r="L30" s="12"/>
+      <c r="M30" s="12"/>
+      <c r="N30" s="12"/>
+      <c r="O30" s="12"/>
+      <c r="P30" s="12"/>
+      <c r="Q30" s="12"/>
+      <c r="R30" s="12"/>
+      <c r="S30" s="12"/>
+      <c r="T30" s="12"/>
+      <c r="U30" s="12"/>
+      <c r="V30" s="12"/>
+      <c r="W30" s="12"/>
+      <c r="X30" s="12"/>
+      <c r="Y30" s="12"/>
+      <c r="Z30" s="12"/>
+      <c r="AA30" s="12"/>
+      <c r="AB30" s="12"/>
+      <c r="AC30" s="12"/>
+      <c r="AD30" s="12"/>
+      <c r="AE30" s="12"/>
+      <c r="AF30" s="12"/>
+      <c r="AG30" s="12"/>
+      <c r="AH30" s="12"/>
+      <c r="AI30" s="12"/>
+      <c r="AJ30" s="12"/>
+      <c r="AK30" s="12"/>
     </row>
     <row r="31" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B31" s="9"/>
-[...3 lines deleted...]
-      <c r="D31" s="9" t="s">
+      <c r="B31" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D31" s="10" t="s">
         <v>99</v>
       </c>
-      <c r="E31" s="9"/>
-[...31 lines deleted...]
-      <c r="AK31" s="9"/>
+      <c r="E31" s="10"/>
+      <c r="F31" s="10"/>
+      <c r="G31" s="10"/>
+      <c r="H31" s="10"/>
+      <c r="I31" s="10"/>
+      <c r="J31" s="10"/>
+      <c r="K31" s="10"/>
+      <c r="L31" s="10"/>
+      <c r="M31" s="10"/>
+      <c r="N31" s="10"/>
+      <c r="O31" s="10"/>
+      <c r="P31" s="10"/>
+      <c r="Q31" s="10"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="10"/>
+      <c r="T31" s="10"/>
+      <c r="U31" s="10"/>
+      <c r="V31" s="10"/>
+      <c r="W31" s="10"/>
+      <c r="X31" s="10"/>
+      <c r="Y31" s="10"/>
+      <c r="Z31" s="10"/>
+      <c r="AA31" s="10"/>
+      <c r="AB31" s="10"/>
+      <c r="AC31" s="10"/>
+      <c r="AD31" s="10"/>
+      <c r="AE31" s="10"/>
+      <c r="AF31" s="10"/>
+      <c r="AG31" s="10"/>
+      <c r="AH31" s="10"/>
+      <c r="AI31" s="10"/>
+      <c r="AJ31" s="10"/>
+      <c r="AK31" s="10"/>
     </row>
     <row r="32" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B32" s="11"/>
-[...3 lines deleted...]
-      <c r="D32" s="11" t="s">
+      <c r="B32" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D32" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="E32" s="11"/>
-[...31 lines deleted...]
-      <c r="AK32" s="11"/>
+      <c r="E32" s="12"/>
+      <c r="F32" s="12"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="12"/>
+      <c r="K32" s="12"/>
+      <c r="L32" s="12"/>
+      <c r="M32" s="12"/>
+      <c r="N32" s="12"/>
+      <c r="O32" s="12"/>
+      <c r="P32" s="12"/>
+      <c r="Q32" s="12"/>
+      <c r="R32" s="12"/>
+      <c r="S32" s="12"/>
+      <c r="T32" s="12"/>
+      <c r="U32" s="12"/>
+      <c r="V32" s="12"/>
+      <c r="W32" s="12"/>
+      <c r="X32" s="12"/>
+      <c r="Y32" s="12"/>
+      <c r="Z32" s="12"/>
+      <c r="AA32" s="12"/>
+      <c r="AB32" s="12"/>
+      <c r="AC32" s="12"/>
+      <c r="AD32" s="12"/>
+      <c r="AE32" s="12"/>
+      <c r="AF32" s="12"/>
+      <c r="AG32" s="12"/>
+      <c r="AH32" s="12"/>
+      <c r="AI32" s="12"/>
+      <c r="AJ32" s="12"/>
+      <c r="AK32" s="12"/>
     </row>
     <row r="33" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B33" s="11"/>
-[...3 lines deleted...]
-      <c r="D33" s="11" t="s">
+      <c r="B33" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D33" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="E33" s="11"/>
-[...31 lines deleted...]
-      <c r="AK33" s="11"/>
+      <c r="E33" s="12"/>
+      <c r="F33" s="12"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="12"/>
+      <c r="J33" s="12"/>
+      <c r="K33" s="12"/>
+      <c r="L33" s="12"/>
+      <c r="M33" s="12"/>
+      <c r="N33" s="12"/>
+      <c r="O33" s="12"/>
+      <c r="P33" s="12"/>
+      <c r="Q33" s="12"/>
+      <c r="R33" s="12"/>
+      <c r="S33" s="12"/>
+      <c r="T33" s="12"/>
+      <c r="U33" s="12"/>
+      <c r="V33" s="12"/>
+      <c r="W33" s="12"/>
+      <c r="X33" s="12"/>
+      <c r="Y33" s="12"/>
+      <c r="Z33" s="12"/>
+      <c r="AA33" s="12"/>
+      <c r="AB33" s="12"/>
+      <c r="AC33" s="12"/>
+      <c r="AD33" s="12"/>
+      <c r="AE33" s="12"/>
+      <c r="AF33" s="12"/>
+      <c r="AG33" s="12"/>
+      <c r="AH33" s="12"/>
+      <c r="AI33" s="12"/>
+      <c r="AJ33" s="12"/>
+      <c r="AK33" s="12"/>
     </row>
     <row r="34" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B34" s="11"/>
-[...3 lines deleted...]
-      <c r="D34" s="11" t="s">
+      <c r="B34" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D34" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="E34" s="11"/>
-[...31 lines deleted...]
-      <c r="AK34" s="11"/>
+      <c r="E34" s="12"/>
+      <c r="F34" s="12"/>
+      <c r="G34" s="12"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="12"/>
+      <c r="K34" s="12"/>
+      <c r="L34" s="12"/>
+      <c r="M34" s="12"/>
+      <c r="N34" s="12"/>
+      <c r="O34" s="12"/>
+      <c r="P34" s="12"/>
+      <c r="Q34" s="12"/>
+      <c r="R34" s="12"/>
+      <c r="S34" s="12"/>
+      <c r="T34" s="12"/>
+      <c r="U34" s="12"/>
+      <c r="V34" s="12"/>
+      <c r="W34" s="12"/>
+      <c r="X34" s="12"/>
+      <c r="Y34" s="12"/>
+      <c r="Z34" s="12"/>
+      <c r="AA34" s="12"/>
+      <c r="AB34" s="12"/>
+      <c r="AC34" s="12"/>
+      <c r="AD34" s="12"/>
+      <c r="AE34" s="12"/>
+      <c r="AF34" s="12"/>
+      <c r="AG34" s="12"/>
+      <c r="AH34" s="12"/>
+      <c r="AI34" s="12"/>
+      <c r="AJ34" s="12"/>
+      <c r="AK34" s="12"/>
     </row>
     <row r="35" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B35" s="11"/>
-[...3 lines deleted...]
-      <c r="D35" s="11" t="s">
+      <c r="B35" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D35" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="E35" s="11"/>
-[...31 lines deleted...]
-      <c r="AK35" s="11"/>
+      <c r="E35" s="12"/>
+      <c r="F35" s="12"/>
+      <c r="G35" s="12"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="12"/>
+      <c r="J35" s="12"/>
+      <c r="K35" s="12"/>
+      <c r="L35" s="12"/>
+      <c r="M35" s="12"/>
+      <c r="N35" s="12"/>
+      <c r="O35" s="12"/>
+      <c r="P35" s="12"/>
+      <c r="Q35" s="12"/>
+      <c r="R35" s="12"/>
+      <c r="S35" s="12"/>
+      <c r="T35" s="12"/>
+      <c r="U35" s="12"/>
+      <c r="V35" s="12"/>
+      <c r="W35" s="12"/>
+      <c r="X35" s="12"/>
+      <c r="Y35" s="12"/>
+      <c r="Z35" s="12"/>
+      <c r="AA35" s="12"/>
+      <c r="AB35" s="12"/>
+      <c r="AC35" s="12"/>
+      <c r="AD35" s="12"/>
+      <c r="AE35" s="12"/>
+      <c r="AF35" s="12"/>
+      <c r="AG35" s="12"/>
+      <c r="AH35" s="12"/>
+      <c r="AI35" s="12"/>
+      <c r="AJ35" s="12"/>
+      <c r="AK35" s="12"/>
     </row>
     <row r="36" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B36" s="11"/>
-[...3 lines deleted...]
-      <c r="D36" s="11" t="s">
+      <c r="B36" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D36" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E36" s="11" t="s">
+      <c r="E36" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F36" s="11"/>
-[...30 lines deleted...]
-      <c r="AK36" s="11"/>
+      <c r="F36" s="12"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="12"/>
+      <c r="K36" s="12"/>
+      <c r="L36" s="12"/>
+      <c r="M36" s="12"/>
+      <c r="N36" s="12"/>
+      <c r="O36" s="12"/>
+      <c r="P36" s="12"/>
+      <c r="Q36" s="12"/>
+      <c r="R36" s="12"/>
+      <c r="S36" s="12"/>
+      <c r="T36" s="12"/>
+      <c r="U36" s="12"/>
+      <c r="V36" s="12"/>
+      <c r="W36" s="12"/>
+      <c r="X36" s="12"/>
+      <c r="Y36" s="12"/>
+      <c r="Z36" s="12"/>
+      <c r="AA36" s="12"/>
+      <c r="AB36" s="12"/>
+      <c r="AC36" s="12"/>
+      <c r="AD36" s="12"/>
+      <c r="AE36" s="12"/>
+      <c r="AF36" s="12"/>
+      <c r="AG36" s="12"/>
+      <c r="AH36" s="12"/>
+      <c r="AI36" s="12"/>
+      <c r="AJ36" s="12"/>
+      <c r="AK36" s="12"/>
     </row>
     <row r="37" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B37" s="9"/>
-[...3 lines deleted...]
-      <c r="D37" s="9" t="s">
+      <c r="B37" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D37" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="E37" s="9"/>
-[...31 lines deleted...]
-      <c r="AK37" s="9"/>
+      <c r="E37" s="10"/>
+      <c r="F37" s="10"/>
+      <c r="G37" s="10"/>
+      <c r="H37" s="10"/>
+      <c r="I37" s="10"/>
+      <c r="J37" s="10"/>
+      <c r="K37" s="10"/>
+      <c r="L37" s="10"/>
+      <c r="M37" s="10"/>
+      <c r="N37" s="10"/>
+      <c r="O37" s="10"/>
+      <c r="P37" s="10"/>
+      <c r="Q37" s="10"/>
+      <c r="R37" s="10"/>
+      <c r="S37" s="10"/>
+      <c r="T37" s="10"/>
+      <c r="U37" s="10"/>
+      <c r="V37" s="10"/>
+      <c r="W37" s="10"/>
+      <c r="X37" s="10"/>
+      <c r="Y37" s="10"/>
+      <c r="Z37" s="10"/>
+      <c r="AA37" s="10"/>
+      <c r="AB37" s="10"/>
+      <c r="AC37" s="10"/>
+      <c r="AD37" s="10"/>
+      <c r="AE37" s="10"/>
+      <c r="AF37" s="10"/>
+      <c r="AG37" s="10"/>
+      <c r="AH37" s="10"/>
+      <c r="AI37" s="10"/>
+      <c r="AJ37" s="10"/>
+      <c r="AK37" s="10"/>
     </row>
     <row r="38" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B38" s="11"/>
-[...3 lines deleted...]
-      <c r="D38" s="11" t="s">
+      <c r="B38" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D38" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="E38" s="11"/>
-[...31 lines deleted...]
-      <c r="AK38" s="11"/>
+      <c r="E38" s="12"/>
+      <c r="F38" s="12"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="12"/>
+      <c r="J38" s="12"/>
+      <c r="K38" s="12"/>
+      <c r="L38" s="12"/>
+      <c r="M38" s="12"/>
+      <c r="N38" s="12"/>
+      <c r="O38" s="12"/>
+      <c r="P38" s="12"/>
+      <c r="Q38" s="12"/>
+      <c r="R38" s="12"/>
+      <c r="S38" s="12"/>
+      <c r="T38" s="12"/>
+      <c r="U38" s="12"/>
+      <c r="V38" s="12"/>
+      <c r="W38" s="12"/>
+      <c r="X38" s="12"/>
+      <c r="Y38" s="12"/>
+      <c r="Z38" s="12"/>
+      <c r="AA38" s="12"/>
+      <c r="AB38" s="12"/>
+      <c r="AC38" s="12"/>
+      <c r="AD38" s="12"/>
+      <c r="AE38" s="12"/>
+      <c r="AF38" s="12"/>
+      <c r="AG38" s="12"/>
+      <c r="AH38" s="12"/>
+      <c r="AI38" s="12"/>
+      <c r="AJ38" s="12"/>
+      <c r="AK38" s="12"/>
     </row>
     <row r="39" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B39" s="11"/>
-[...3 lines deleted...]
-      <c r="D39" s="11" t="s">
+      <c r="B39" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D39" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="E39" s="11"/>
-[...31 lines deleted...]
-      <c r="AK39" s="11"/>
+      <c r="E39" s="12"/>
+      <c r="F39" s="12"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="12"/>
+      <c r="K39" s="12"/>
+      <c r="L39" s="12"/>
+      <c r="M39" s="12"/>
+      <c r="N39" s="12"/>
+      <c r="O39" s="12"/>
+      <c r="P39" s="12"/>
+      <c r="Q39" s="12"/>
+      <c r="R39" s="12"/>
+      <c r="S39" s="12"/>
+      <c r="T39" s="12"/>
+      <c r="U39" s="12"/>
+      <c r="V39" s="12"/>
+      <c r="W39" s="12"/>
+      <c r="X39" s="12"/>
+      <c r="Y39" s="12"/>
+      <c r="Z39" s="12"/>
+      <c r="AA39" s="12"/>
+      <c r="AB39" s="12"/>
+      <c r="AC39" s="12"/>
+      <c r="AD39" s="12"/>
+      <c r="AE39" s="12"/>
+      <c r="AF39" s="12"/>
+      <c r="AG39" s="12"/>
+      <c r="AH39" s="12"/>
+      <c r="AI39" s="12"/>
+      <c r="AJ39" s="12"/>
+      <c r="AK39" s="12"/>
     </row>
     <row r="40" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B40" s="11"/>
-[...3 lines deleted...]
-      <c r="D40" s="11" t="s">
+      <c r="B40" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C40" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D40" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="E40" s="11"/>
-[...31 lines deleted...]
-      <c r="AK40" s="11"/>
+      <c r="E40" s="12"/>
+      <c r="F40" s="12"/>
+      <c r="G40" s="12"/>
+      <c r="H40" s="12"/>
+      <c r="I40" s="12"/>
+      <c r="J40" s="12"/>
+      <c r="K40" s="12"/>
+      <c r="L40" s="12"/>
+      <c r="M40" s="12"/>
+      <c r="N40" s="12"/>
+      <c r="O40" s="12"/>
+      <c r="P40" s="12"/>
+      <c r="Q40" s="12"/>
+      <c r="R40" s="12"/>
+      <c r="S40" s="12"/>
+      <c r="T40" s="12"/>
+      <c r="U40" s="12"/>
+      <c r="V40" s="12"/>
+      <c r="W40" s="12"/>
+      <c r="X40" s="12"/>
+      <c r="Y40" s="12"/>
+      <c r="Z40" s="12"/>
+      <c r="AA40" s="12"/>
+      <c r="AB40" s="12"/>
+      <c r="AC40" s="12"/>
+      <c r="AD40" s="12"/>
+      <c r="AE40" s="12"/>
+      <c r="AF40" s="12"/>
+      <c r="AG40" s="12"/>
+      <c r="AH40" s="12"/>
+      <c r="AI40" s="12"/>
+      <c r="AJ40" s="12"/>
+      <c r="AK40" s="12"/>
     </row>
     <row r="41" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B41" s="11"/>
-[...3 lines deleted...]
-      <c r="D41" s="11" t="s">
+      <c r="B41" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C41" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D41" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E41" s="11" t="s">
+      <c r="E41" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F41" s="11"/>
-[...30 lines deleted...]
-      <c r="AK41" s="11"/>
+      <c r="F41" s="12"/>
+      <c r="G41" s="12"/>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+      <c r="J41" s="12"/>
+      <c r="K41" s="12"/>
+      <c r="L41" s="12"/>
+      <c r="M41" s="12"/>
+      <c r="N41" s="12"/>
+      <c r="O41" s="12"/>
+      <c r="P41" s="12"/>
+      <c r="Q41" s="12"/>
+      <c r="R41" s="12"/>
+      <c r="S41" s="12"/>
+      <c r="T41" s="12"/>
+      <c r="U41" s="12"/>
+      <c r="V41" s="12"/>
+      <c r="W41" s="12"/>
+      <c r="X41" s="12"/>
+      <c r="Y41" s="12"/>
+      <c r="Z41" s="12"/>
+      <c r="AA41" s="12"/>
+      <c r="AB41" s="12"/>
+      <c r="AC41" s="12"/>
+      <c r="AD41" s="12"/>
+      <c r="AE41" s="12"/>
+      <c r="AF41" s="12"/>
+      <c r="AG41" s="12"/>
+      <c r="AH41" s="12"/>
+      <c r="AI41" s="12"/>
+      <c r="AJ41" s="12"/>
+      <c r="AK41" s="12"/>
     </row>
     <row r="42" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A42" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B42" s="9"/>
-[...3 lines deleted...]
-      <c r="D42" s="9" t="s">
+      <c r="B42" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="E42" s="9"/>
-[...31 lines deleted...]
-      <c r="AK42" s="9"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
+      <c r="O42" s="10"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10"/>
+      <c r="S42" s="10"/>
+      <c r="T42" s="10"/>
+      <c r="U42" s="10"/>
+      <c r="V42" s="10"/>
+      <c r="W42" s="10"/>
+      <c r="X42" s="10"/>
+      <c r="Y42" s="10"/>
+      <c r="Z42" s="10"/>
+      <c r="AA42" s="10"/>
+      <c r="AB42" s="10"/>
+      <c r="AC42" s="10"/>
+      <c r="AD42" s="10"/>
+      <c r="AE42" s="10"/>
+      <c r="AF42" s="10"/>
+      <c r="AG42" s="10"/>
+      <c r="AH42" s="10"/>
+      <c r="AI42" s="10"/>
+      <c r="AJ42" s="10"/>
+      <c r="AK42" s="10"/>
     </row>
     <row r="43" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B43" s="11"/>
-[...3 lines deleted...]
-      <c r="D43" s="11" t="s">
+      <c r="B43" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C43" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D43" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="E43" s="11"/>
-[...31 lines deleted...]
-      <c r="AK43" s="11"/>
+      <c r="E43" s="12"/>
+      <c r="F43" s="12"/>
+      <c r="G43" s="12"/>
+      <c r="H43" s="12"/>
+      <c r="I43" s="12"/>
+      <c r="J43" s="12"/>
+      <c r="K43" s="12"/>
+      <c r="L43" s="12"/>
+      <c r="M43" s="12"/>
+      <c r="N43" s="12"/>
+      <c r="O43" s="12"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="12"/>
+      <c r="S43" s="12"/>
+      <c r="T43" s="12"/>
+      <c r="U43" s="12"/>
+      <c r="V43" s="12"/>
+      <c r="W43" s="12"/>
+      <c r="X43" s="12"/>
+      <c r="Y43" s="12"/>
+      <c r="Z43" s="12"/>
+      <c r="AA43" s="12"/>
+      <c r="AB43" s="12"/>
+      <c r="AC43" s="12"/>
+      <c r="AD43" s="12"/>
+      <c r="AE43" s="12"/>
+      <c r="AF43" s="12"/>
+      <c r="AG43" s="12"/>
+      <c r="AH43" s="12"/>
+      <c r="AI43" s="12"/>
+      <c r="AJ43" s="12"/>
+      <c r="AK43" s="12"/>
     </row>
     <row r="44" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A44" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B44" s="11"/>
-[...3 lines deleted...]
-      <c r="D44" s="11" t="s">
+      <c r="B44" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D44" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="E44" s="11"/>
-[...31 lines deleted...]
-      <c r="AK44" s="11"/>
+      <c r="E44" s="12"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="12"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="12"/>
+      <c r="L44" s="12"/>
+      <c r="M44" s="12"/>
+      <c r="N44" s="12"/>
+      <c r="O44" s="12"/>
+      <c r="P44" s="12"/>
+      <c r="Q44" s="12"/>
+      <c r="R44" s="12"/>
+      <c r="S44" s="12"/>
+      <c r="T44" s="12"/>
+      <c r="U44" s="12"/>
+      <c r="V44" s="12"/>
+      <c r="W44" s="12"/>
+      <c r="X44" s="12"/>
+      <c r="Y44" s="12"/>
+      <c r="Z44" s="12"/>
+      <c r="AA44" s="12"/>
+      <c r="AB44" s="12"/>
+      <c r="AC44" s="12"/>
+      <c r="AD44" s="12"/>
+      <c r="AE44" s="12"/>
+      <c r="AF44" s="12"/>
+      <c r="AG44" s="12"/>
+      <c r="AH44" s="12"/>
+      <c r="AI44" s="12"/>
+      <c r="AJ44" s="12"/>
+      <c r="AK44" s="12"/>
     </row>
     <row r="45" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A45" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B45" s="11"/>
-[...3 lines deleted...]
-      <c r="D45" s="11" t="s">
+      <c r="B45" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D45" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="E45" s="11"/>
-[...31 lines deleted...]
-      <c r="AK45" s="11"/>
+      <c r="E45" s="12"/>
+      <c r="F45" s="12"/>
+      <c r="G45" s="12"/>
+      <c r="H45" s="12"/>
+      <c r="I45" s="12"/>
+      <c r="J45" s="12"/>
+      <c r="K45" s="12"/>
+      <c r="L45" s="12"/>
+      <c r="M45" s="12"/>
+      <c r="N45" s="12"/>
+      <c r="O45" s="12"/>
+      <c r="P45" s="12"/>
+      <c r="Q45" s="12"/>
+      <c r="R45" s="12"/>
+      <c r="S45" s="12"/>
+      <c r="T45" s="12"/>
+      <c r="U45" s="12"/>
+      <c r="V45" s="12"/>
+      <c r="W45" s="12"/>
+      <c r="X45" s="12"/>
+      <c r="Y45" s="12"/>
+      <c r="Z45" s="12"/>
+      <c r="AA45" s="12"/>
+      <c r="AB45" s="12"/>
+      <c r="AC45" s="12"/>
+      <c r="AD45" s="12"/>
+      <c r="AE45" s="12"/>
+      <c r="AF45" s="12"/>
+      <c r="AG45" s="12"/>
+      <c r="AH45" s="12"/>
+      <c r="AI45" s="12"/>
+      <c r="AJ45" s="12"/>
+      <c r="AK45" s="12"/>
     </row>
     <row r="46" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A46" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B46" s="11"/>
-[...3 lines deleted...]
-      <c r="D46" s="11" t="s">
+      <c r="B46" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="E46" s="11"/>
-[...31 lines deleted...]
-      <c r="AK46" s="11"/>
+      <c r="E46" s="12"/>
+      <c r="F46" s="12"/>
+      <c r="G46" s="12"/>
+      <c r="H46" s="12"/>
+      <c r="I46" s="12"/>
+      <c r="J46" s="12"/>
+      <c r="K46" s="12"/>
+      <c r="L46" s="12"/>
+      <c r="M46" s="12"/>
+      <c r="N46" s="12"/>
+      <c r="O46" s="12"/>
+      <c r="P46" s="12"/>
+      <c r="Q46" s="12"/>
+      <c r="R46" s="12"/>
+      <c r="S46" s="12"/>
+      <c r="T46" s="12"/>
+      <c r="U46" s="12"/>
+      <c r="V46" s="12"/>
+      <c r="W46" s="12"/>
+      <c r="X46" s="12"/>
+      <c r="Y46" s="12"/>
+      <c r="Z46" s="12"/>
+      <c r="AA46" s="12"/>
+      <c r="AB46" s="12"/>
+      <c r="AC46" s="12"/>
+      <c r="AD46" s="12"/>
+      <c r="AE46" s="12"/>
+      <c r="AF46" s="12"/>
+      <c r="AG46" s="12"/>
+      <c r="AH46" s="12"/>
+      <c r="AI46" s="12"/>
+      <c r="AJ46" s="12"/>
+      <c r="AK46" s="12"/>
     </row>
     <row r="47" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A47" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B47" s="11"/>
-[...3 lines deleted...]
-      <c r="D47" s="11" t="s">
+      <c r="B47" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="E47" s="11"/>
-[...31 lines deleted...]
-      <c r="AK47" s="11"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
+      <c r="O47" s="12"/>
+      <c r="P47" s="12"/>
+      <c r="Q47" s="12"/>
+      <c r="R47" s="12"/>
+      <c r="S47" s="12"/>
+      <c r="T47" s="12"/>
+      <c r="U47" s="12"/>
+      <c r="V47" s="12"/>
+      <c r="W47" s="12"/>
+      <c r="X47" s="12"/>
+      <c r="Y47" s="12"/>
+      <c r="Z47" s="12"/>
+      <c r="AA47" s="12"/>
+      <c r="AB47" s="12"/>
+      <c r="AC47" s="12"/>
+      <c r="AD47" s="12"/>
+      <c r="AE47" s="12"/>
+      <c r="AF47" s="12"/>
+      <c r="AG47" s="12"/>
+      <c r="AH47" s="12"/>
+      <c r="AI47" s="12"/>
+      <c r="AJ47" s="12"/>
+      <c r="AK47" s="12"/>
     </row>
     <row r="48" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A48" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B48" s="11"/>
-[...3 lines deleted...]
-      <c r="D48" s="11" t="s">
+      <c r="B48" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="E48" s="11"/>
-[...31 lines deleted...]
-      <c r="AK48" s="11"/>
+      <c r="E48" s="12"/>
+      <c r="F48" s="12"/>
+      <c r="G48" s="12"/>
+      <c r="H48" s="12"/>
+      <c r="I48" s="12"/>
+      <c r="J48" s="12"/>
+      <c r="K48" s="12"/>
+      <c r="L48" s="12"/>
+      <c r="M48" s="12"/>
+      <c r="N48" s="12"/>
+      <c r="O48" s="12"/>
+      <c r="P48" s="12"/>
+      <c r="Q48" s="12"/>
+      <c r="R48" s="12"/>
+      <c r="S48" s="12"/>
+      <c r="T48" s="12"/>
+      <c r="U48" s="12"/>
+      <c r="V48" s="12"/>
+      <c r="W48" s="12"/>
+      <c r="X48" s="12"/>
+      <c r="Y48" s="12"/>
+      <c r="Z48" s="12"/>
+      <c r="AA48" s="12"/>
+      <c r="AB48" s="12"/>
+      <c r="AC48" s="12"/>
+      <c r="AD48" s="12"/>
+      <c r="AE48" s="12"/>
+      <c r="AF48" s="12"/>
+      <c r="AG48" s="12"/>
+      <c r="AH48" s="12"/>
+      <c r="AI48" s="12"/>
+      <c r="AJ48" s="12"/>
+      <c r="AK48" s="12"/>
     </row>
     <row r="49" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B49" s="11"/>
-[...3 lines deleted...]
-      <c r="D49" s="11" t="s">
+      <c r="B49" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C49" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D49" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E49" s="11" t="s">
+      <c r="E49" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F49" s="11"/>
-[...30 lines deleted...]
-      <c r="AK49" s="11"/>
+      <c r="F49" s="12"/>
+      <c r="G49" s="12"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
+      <c r="J49" s="12"/>
+      <c r="K49" s="12"/>
+      <c r="L49" s="12"/>
+      <c r="M49" s="12"/>
+      <c r="N49" s="12"/>
+      <c r="O49" s="12"/>
+      <c r="P49" s="12"/>
+      <c r="Q49" s="12"/>
+      <c r="R49" s="12"/>
+      <c r="S49" s="12"/>
+      <c r="T49" s="12"/>
+      <c r="U49" s="12"/>
+      <c r="V49" s="12"/>
+      <c r="W49" s="12"/>
+      <c r="X49" s="12"/>
+      <c r="Y49" s="12"/>
+      <c r="Z49" s="12"/>
+      <c r="AA49" s="12"/>
+      <c r="AB49" s="12"/>
+      <c r="AC49" s="12"/>
+      <c r="AD49" s="12"/>
+      <c r="AE49" s="12"/>
+      <c r="AF49" s="12"/>
+      <c r="AG49" s="12"/>
+      <c r="AH49" s="12"/>
+      <c r="AI49" s="12"/>
+      <c r="AJ49" s="12"/>
+      <c r="AK49" s="12"/>
     </row>
     <row r="50" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A50" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B50" s="9"/>
-[...3 lines deleted...]
-      <c r="D50" s="9" t="s">
+      <c r="B50" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D50" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="E50" s="9"/>
-[...31 lines deleted...]
-      <c r="AK50" s="9"/>
+      <c r="E50" s="10"/>
+      <c r="F50" s="10"/>
+      <c r="G50" s="10"/>
+      <c r="H50" s="10"/>
+      <c r="I50" s="10"/>
+      <c r="J50" s="10"/>
+      <c r="K50" s="10"/>
+      <c r="L50" s="10"/>
+      <c r="M50" s="10"/>
+      <c r="N50" s="10"/>
+      <c r="O50" s="10"/>
+      <c r="P50" s="10"/>
+      <c r="Q50" s="10"/>
+      <c r="R50" s="10"/>
+      <c r="S50" s="10"/>
+      <c r="T50" s="10"/>
+      <c r="U50" s="10"/>
+      <c r="V50" s="10"/>
+      <c r="W50" s="10"/>
+      <c r="X50" s="10"/>
+      <c r="Y50" s="10"/>
+      <c r="Z50" s="10"/>
+      <c r="AA50" s="10"/>
+      <c r="AB50" s="10"/>
+      <c r="AC50" s="10"/>
+      <c r="AD50" s="10"/>
+      <c r="AE50" s="10"/>
+      <c r="AF50" s="10"/>
+      <c r="AG50" s="10"/>
+      <c r="AH50" s="10"/>
+      <c r="AI50" s="10"/>
+      <c r="AJ50" s="10"/>
+      <c r="AK50" s="10"/>
     </row>
     <row r="51" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A51" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B51" s="11"/>
-[...3 lines deleted...]
-      <c r="D51" s="11" t="s">
+      <c r="B51" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D51" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="E51" s="11"/>
-[...31 lines deleted...]
-      <c r="AK51" s="11"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12"/>
+      <c r="L51" s="12"/>
+      <c r="M51" s="12"/>
+      <c r="N51" s="12"/>
+      <c r="O51" s="12"/>
+      <c r="P51" s="12"/>
+      <c r="Q51" s="12"/>
+      <c r="R51" s="12"/>
+      <c r="S51" s="12"/>
+      <c r="T51" s="12"/>
+      <c r="U51" s="12"/>
+      <c r="V51" s="12"/>
+      <c r="W51" s="12"/>
+      <c r="X51" s="12"/>
+      <c r="Y51" s="12"/>
+      <c r="Z51" s="12"/>
+      <c r="AA51" s="12"/>
+      <c r="AB51" s="12"/>
+      <c r="AC51" s="12"/>
+      <c r="AD51" s="12"/>
+      <c r="AE51" s="12"/>
+      <c r="AF51" s="12"/>
+      <c r="AG51" s="12"/>
+      <c r="AH51" s="12"/>
+      <c r="AI51" s="12"/>
+      <c r="AJ51" s="12"/>
+      <c r="AK51" s="12"/>
     </row>
     <row r="52" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B52" s="11"/>
-[...3 lines deleted...]
-      <c r="D52" s="11" t="s">
+      <c r="B52" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D52" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="E52" s="11"/>
-[...31 lines deleted...]
-      <c r="AK52" s="11"/>
+      <c r="E52" s="12"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+      <c r="J52" s="12"/>
+      <c r="K52" s="12"/>
+      <c r="L52" s="12"/>
+      <c r="M52" s="12"/>
+      <c r="N52" s="12"/>
+      <c r="O52" s="12"/>
+      <c r="P52" s="12"/>
+      <c r="Q52" s="12"/>
+      <c r="R52" s="12"/>
+      <c r="S52" s="12"/>
+      <c r="T52" s="12"/>
+      <c r="U52" s="12"/>
+      <c r="V52" s="12"/>
+      <c r="W52" s="12"/>
+      <c r="X52" s="12"/>
+      <c r="Y52" s="12"/>
+      <c r="Z52" s="12"/>
+      <c r="AA52" s="12"/>
+      <c r="AB52" s="12"/>
+      <c r="AC52" s="12"/>
+      <c r="AD52" s="12"/>
+      <c r="AE52" s="12"/>
+      <c r="AF52" s="12"/>
+      <c r="AG52" s="12"/>
+      <c r="AH52" s="12"/>
+      <c r="AI52" s="12"/>
+      <c r="AJ52" s="12"/>
+      <c r="AK52" s="12"/>
     </row>
     <row r="53" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A53" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B53" s="11"/>
-[...3 lines deleted...]
-      <c r="D53" s="11" t="s">
+      <c r="B53" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C53" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D53" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="E53" s="11"/>
-[...31 lines deleted...]
-      <c r="AK53" s="11"/>
+      <c r="E53" s="12"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12"/>
+      <c r="J53" s="12"/>
+      <c r="K53" s="12"/>
+      <c r="L53" s="12"/>
+      <c r="M53" s="12"/>
+      <c r="N53" s="12"/>
+      <c r="O53" s="12"/>
+      <c r="P53" s="12"/>
+      <c r="Q53" s="12"/>
+      <c r="R53" s="12"/>
+      <c r="S53" s="12"/>
+      <c r="T53" s="12"/>
+      <c r="U53" s="12"/>
+      <c r="V53" s="12"/>
+      <c r="W53" s="12"/>
+      <c r="X53" s="12"/>
+      <c r="Y53" s="12"/>
+      <c r="Z53" s="12"/>
+      <c r="AA53" s="12"/>
+      <c r="AB53" s="12"/>
+      <c r="AC53" s="12"/>
+      <c r="AD53" s="12"/>
+      <c r="AE53" s="12"/>
+      <c r="AF53" s="12"/>
+      <c r="AG53" s="12"/>
+      <c r="AH53" s="12"/>
+      <c r="AI53" s="12"/>
+      <c r="AJ53" s="12"/>
+      <c r="AK53" s="12"/>
     </row>
     <row r="54" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A54" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B54" s="11"/>
-[...3 lines deleted...]
-      <c r="D54" s="11" t="s">
+      <c r="B54" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C54" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D54" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E54" s="11" t="s">
+      <c r="E54" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F54" s="11"/>
-[...30 lines deleted...]
-      <c r="AK54" s="11"/>
+      <c r="F54" s="12"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+      <c r="I54" s="12"/>
+      <c r="J54" s="12"/>
+      <c r="K54" s="12"/>
+      <c r="L54" s="12"/>
+      <c r="M54" s="12"/>
+      <c r="N54" s="12"/>
+      <c r="O54" s="12"/>
+      <c r="P54" s="12"/>
+      <c r="Q54" s="12"/>
+      <c r="R54" s="12"/>
+      <c r="S54" s="12"/>
+      <c r="T54" s="12"/>
+      <c r="U54" s="12"/>
+      <c r="V54" s="12"/>
+      <c r="W54" s="12"/>
+      <c r="X54" s="12"/>
+      <c r="Y54" s="12"/>
+      <c r="Z54" s="12"/>
+      <c r="AA54" s="12"/>
+      <c r="AB54" s="12"/>
+      <c r="AC54" s="12"/>
+      <c r="AD54" s="12"/>
+      <c r="AE54" s="12"/>
+      <c r="AF54" s="12"/>
+      <c r="AG54" s="12"/>
+      <c r="AH54" s="12"/>
+      <c r="AI54" s="12"/>
+      <c r="AJ54" s="12"/>
+      <c r="AK54" s="12"/>
     </row>
     <row r="55" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A55" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B55" s="9"/>
-[...3 lines deleted...]
-      <c r="D55" s="9" t="s">
+      <c r="B55" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D55" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="E55" s="9"/>
-[...31 lines deleted...]
-      <c r="AK55" s="9"/>
+      <c r="E55" s="10"/>
+      <c r="F55" s="10"/>
+      <c r="G55" s="10"/>
+      <c r="H55" s="10"/>
+      <c r="I55" s="10"/>
+      <c r="J55" s="10"/>
+      <c r="K55" s="10"/>
+      <c r="L55" s="10"/>
+      <c r="M55" s="10"/>
+      <c r="N55" s="10"/>
+      <c r="O55" s="10"/>
+      <c r="P55" s="10"/>
+      <c r="Q55" s="10"/>
+      <c r="R55" s="10"/>
+      <c r="S55" s="10"/>
+      <c r="T55" s="10"/>
+      <c r="U55" s="10"/>
+      <c r="V55" s="10"/>
+      <c r="W55" s="10"/>
+      <c r="X55" s="10"/>
+      <c r="Y55" s="10"/>
+      <c r="Z55" s="10"/>
+      <c r="AA55" s="10"/>
+      <c r="AB55" s="10"/>
+      <c r="AC55" s="10"/>
+      <c r="AD55" s="10"/>
+      <c r="AE55" s="10"/>
+      <c r="AF55" s="10"/>
+      <c r="AG55" s="10"/>
+      <c r="AH55" s="10"/>
+      <c r="AI55" s="10"/>
+      <c r="AJ55" s="10"/>
+      <c r="AK55" s="10"/>
     </row>
     <row r="56" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A56" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B56" s="11"/>
-[...3 lines deleted...]
-      <c r="D56" s="11" t="s">
+      <c r="B56" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D56" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="E56" s="11"/>
-[...31 lines deleted...]
-      <c r="AK56" s="11"/>
+      <c r="E56" s="12"/>
+      <c r="F56" s="12"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+      <c r="J56" s="12"/>
+      <c r="K56" s="12"/>
+      <c r="L56" s="12"/>
+      <c r="M56" s="12"/>
+      <c r="N56" s="12"/>
+      <c r="O56" s="12"/>
+      <c r="P56" s="12"/>
+      <c r="Q56" s="12"/>
+      <c r="R56" s="12"/>
+      <c r="S56" s="12"/>
+      <c r="T56" s="12"/>
+      <c r="U56" s="12"/>
+      <c r="V56" s="12"/>
+      <c r="W56" s="12"/>
+      <c r="X56" s="12"/>
+      <c r="Y56" s="12"/>
+      <c r="Z56" s="12"/>
+      <c r="AA56" s="12"/>
+      <c r="AB56" s="12"/>
+      <c r="AC56" s="12"/>
+      <c r="AD56" s="12"/>
+      <c r="AE56" s="12"/>
+      <c r="AF56" s="12"/>
+      <c r="AG56" s="12"/>
+      <c r="AH56" s="12"/>
+      <c r="AI56" s="12"/>
+      <c r="AJ56" s="12"/>
+      <c r="AK56" s="12"/>
     </row>
     <row r="57" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B57" s="11"/>
-[...3 lines deleted...]
-      <c r="D57" s="11" t="s">
+      <c r="B57" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D57" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="E57" s="11"/>
-[...31 lines deleted...]
-      <c r="AK57" s="11"/>
+      <c r="E57" s="12"/>
+      <c r="F57" s="12"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+      <c r="J57" s="12"/>
+      <c r="K57" s="12"/>
+      <c r="L57" s="12"/>
+      <c r="M57" s="12"/>
+      <c r="N57" s="12"/>
+      <c r="O57" s="12"/>
+      <c r="P57" s="12"/>
+      <c r="Q57" s="12"/>
+      <c r="R57" s="12"/>
+      <c r="S57" s="12"/>
+      <c r="T57" s="12"/>
+      <c r="U57" s="12"/>
+      <c r="V57" s="12"/>
+      <c r="W57" s="12"/>
+      <c r="X57" s="12"/>
+      <c r="Y57" s="12"/>
+      <c r="Z57" s="12"/>
+      <c r="AA57" s="12"/>
+      <c r="AB57" s="12"/>
+      <c r="AC57" s="12"/>
+      <c r="AD57" s="12"/>
+      <c r="AE57" s="12"/>
+      <c r="AF57" s="12"/>
+      <c r="AG57" s="12"/>
+      <c r="AH57" s="12"/>
+      <c r="AI57" s="12"/>
+      <c r="AJ57" s="12"/>
+      <c r="AK57" s="12"/>
     </row>
     <row r="58" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B58" s="11"/>
-[...3 lines deleted...]
-      <c r="D58" s="11" t="s">
+      <c r="B58" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C58" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D58" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="E58" s="11"/>
-[...31 lines deleted...]
-      <c r="AK58" s="11"/>
+      <c r="E58" s="12"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+      <c r="J58" s="12"/>
+      <c r="K58" s="12"/>
+      <c r="L58" s="12"/>
+      <c r="M58" s="12"/>
+      <c r="N58" s="12"/>
+      <c r="O58" s="12"/>
+      <c r="P58" s="12"/>
+      <c r="Q58" s="12"/>
+      <c r="R58" s="12"/>
+      <c r="S58" s="12"/>
+      <c r="T58" s="12"/>
+      <c r="U58" s="12"/>
+      <c r="V58" s="12"/>
+      <c r="W58" s="12"/>
+      <c r="X58" s="12"/>
+      <c r="Y58" s="12"/>
+      <c r="Z58" s="12"/>
+      <c r="AA58" s="12"/>
+      <c r="AB58" s="12"/>
+      <c r="AC58" s="12"/>
+      <c r="AD58" s="12"/>
+      <c r="AE58" s="12"/>
+      <c r="AF58" s="12"/>
+      <c r="AG58" s="12"/>
+      <c r="AH58" s="12"/>
+      <c r="AI58" s="12"/>
+      <c r="AJ58" s="12"/>
+      <c r="AK58" s="12"/>
     </row>
     <row r="59" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A59" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B59" s="11"/>
-[...3 lines deleted...]
-      <c r="D59" s="11" t="s">
+      <c r="B59" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C59" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D59" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="E59" s="11"/>
-[...31 lines deleted...]
-      <c r="AK59" s="11"/>
+      <c r="E59" s="12"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="12"/>
+      <c r="I59" s="12"/>
+      <c r="J59" s="12"/>
+      <c r="K59" s="12"/>
+      <c r="L59" s="12"/>
+      <c r="M59" s="12"/>
+      <c r="N59" s="12"/>
+      <c r="O59" s="12"/>
+      <c r="P59" s="12"/>
+      <c r="Q59" s="12"/>
+      <c r="R59" s="12"/>
+      <c r="S59" s="12"/>
+      <c r="T59" s="12"/>
+      <c r="U59" s="12"/>
+      <c r="V59" s="12"/>
+      <c r="W59" s="12"/>
+      <c r="X59" s="12"/>
+      <c r="Y59" s="12"/>
+      <c r="Z59" s="12"/>
+      <c r="AA59" s="12"/>
+      <c r="AB59" s="12"/>
+      <c r="AC59" s="12"/>
+      <c r="AD59" s="12"/>
+      <c r="AE59" s="12"/>
+      <c r="AF59" s="12"/>
+      <c r="AG59" s="12"/>
+      <c r="AH59" s="12"/>
+      <c r="AI59" s="12"/>
+      <c r="AJ59" s="12"/>
+      <c r="AK59" s="12"/>
     </row>
     <row r="60" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B60" s="11"/>
-[...3 lines deleted...]
-      <c r="D60" s="11" t="s">
+      <c r="B60" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D60" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="E60" s="11"/>
-[...31 lines deleted...]
-      <c r="AK60" s="11"/>
+      <c r="E60" s="12"/>
+      <c r="F60" s="12"/>
+      <c r="G60" s="12"/>
+      <c r="H60" s="12"/>
+      <c r="I60" s="12"/>
+      <c r="J60" s="12"/>
+      <c r="K60" s="12"/>
+      <c r="L60" s="12"/>
+      <c r="M60" s="12"/>
+      <c r="N60" s="12"/>
+      <c r="O60" s="12"/>
+      <c r="P60" s="12"/>
+      <c r="Q60" s="12"/>
+      <c r="R60" s="12"/>
+      <c r="S60" s="12"/>
+      <c r="T60" s="12"/>
+      <c r="U60" s="12"/>
+      <c r="V60" s="12"/>
+      <c r="W60" s="12"/>
+      <c r="X60" s="12"/>
+      <c r="Y60" s="12"/>
+      <c r="Z60" s="12"/>
+      <c r="AA60" s="12"/>
+      <c r="AB60" s="12"/>
+      <c r="AC60" s="12"/>
+      <c r="AD60" s="12"/>
+      <c r="AE60" s="12"/>
+      <c r="AF60" s="12"/>
+      <c r="AG60" s="12"/>
+      <c r="AH60" s="12"/>
+      <c r="AI60" s="12"/>
+      <c r="AJ60" s="12"/>
+      <c r="AK60" s="12"/>
     </row>
     <row r="61" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A61" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B61" s="11"/>
-[...3 lines deleted...]
-      <c r="D61" s="11" t="s">
+      <c r="B61" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D61" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E61" s="11" t="s">
+      <c r="E61" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F61" s="11"/>
-[...30 lines deleted...]
-      <c r="AK61" s="11"/>
+      <c r="F61" s="12"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="12"/>
+      <c r="I61" s="12"/>
+      <c r="J61" s="12"/>
+      <c r="K61" s="12"/>
+      <c r="L61" s="12"/>
+      <c r="M61" s="12"/>
+      <c r="N61" s="12"/>
+      <c r="O61" s="12"/>
+      <c r="P61" s="12"/>
+      <c r="Q61" s="12"/>
+      <c r="R61" s="12"/>
+      <c r="S61" s="12"/>
+      <c r="T61" s="12"/>
+      <c r="U61" s="12"/>
+      <c r="V61" s="12"/>
+      <c r="W61" s="12"/>
+      <c r="X61" s="12"/>
+      <c r="Y61" s="12"/>
+      <c r="Z61" s="12"/>
+      <c r="AA61" s="12"/>
+      <c r="AB61" s="12"/>
+      <c r="AC61" s="12"/>
+      <c r="AD61" s="12"/>
+      <c r="AE61" s="12"/>
+      <c r="AF61" s="12"/>
+      <c r="AG61" s="12"/>
+      <c r="AH61" s="12"/>
+      <c r="AI61" s="12"/>
+      <c r="AJ61" s="12"/>
+      <c r="AK61" s="12"/>
     </row>
     <row r="62" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A62" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B62" s="9"/>
-[...3 lines deleted...]
-      <c r="D62" s="9" t="s">
+      <c r="B62" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D62" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="E62" s="9"/>
-[...31 lines deleted...]
-      <c r="AK62" s="9"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10"/>
+      <c r="G62" s="10"/>
+      <c r="H62" s="10"/>
+      <c r="I62" s="10"/>
+      <c r="J62" s="10"/>
+      <c r="K62" s="10"/>
+      <c r="L62" s="10"/>
+      <c r="M62" s="10"/>
+      <c r="N62" s="10"/>
+      <c r="O62" s="10"/>
+      <c r="P62" s="10"/>
+      <c r="Q62" s="10"/>
+      <c r="R62" s="10"/>
+      <c r="S62" s="10"/>
+      <c r="T62" s="10"/>
+      <c r="U62" s="10"/>
+      <c r="V62" s="10"/>
+      <c r="W62" s="10"/>
+      <c r="X62" s="10"/>
+      <c r="Y62" s="10"/>
+      <c r="Z62" s="10"/>
+      <c r="AA62" s="10"/>
+      <c r="AB62" s="10"/>
+      <c r="AC62" s="10"/>
+      <c r="AD62" s="10"/>
+      <c r="AE62" s="10"/>
+      <c r="AF62" s="10"/>
+      <c r="AG62" s="10"/>
+      <c r="AH62" s="10"/>
+      <c r="AI62" s="10"/>
+      <c r="AJ62" s="10"/>
+      <c r="AK62" s="10"/>
     </row>
     <row r="63" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A63" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B63" s="11"/>
-[...3 lines deleted...]
-      <c r="D63" s="11" t="s">
+      <c r="B63" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D63" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="E63" s="11"/>
-[...31 lines deleted...]
-      <c r="AK63" s="11"/>
+      <c r="E63" s="12"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="12"/>
+      <c r="I63" s="12"/>
+      <c r="J63" s="12"/>
+      <c r="K63" s="12"/>
+      <c r="L63" s="12"/>
+      <c r="M63" s="12"/>
+      <c r="N63" s="12"/>
+      <c r="O63" s="12"/>
+      <c r="P63" s="12"/>
+      <c r="Q63" s="12"/>
+      <c r="R63" s="12"/>
+      <c r="S63" s="12"/>
+      <c r="T63" s="12"/>
+      <c r="U63" s="12"/>
+      <c r="V63" s="12"/>
+      <c r="W63" s="12"/>
+      <c r="X63" s="12"/>
+      <c r="Y63" s="12"/>
+      <c r="Z63" s="12"/>
+      <c r="AA63" s="12"/>
+      <c r="AB63" s="12"/>
+      <c r="AC63" s="12"/>
+      <c r="AD63" s="12"/>
+      <c r="AE63" s="12"/>
+      <c r="AF63" s="12"/>
+      <c r="AG63" s="12"/>
+      <c r="AH63" s="12"/>
+      <c r="AI63" s="12"/>
+      <c r="AJ63" s="12"/>
+      <c r="AK63" s="12"/>
     </row>
     <row r="64" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A64" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B64" s="11"/>
-[...3 lines deleted...]
-      <c r="D64" s="11" t="s">
+      <c r="B64" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D64" s="12" t="s">
         <v>188</v>
       </c>
-      <c r="E64" s="11"/>
-[...31 lines deleted...]
-      <c r="AK64" s="11"/>
+      <c r="E64" s="12"/>
+      <c r="F64" s="12"/>
+      <c r="G64" s="12"/>
+      <c r="H64" s="12"/>
+      <c r="I64" s="12"/>
+      <c r="J64" s="12"/>
+      <c r="K64" s="12"/>
+      <c r="L64" s="12"/>
+      <c r="M64" s="12"/>
+      <c r="N64" s="12"/>
+      <c r="O64" s="12"/>
+      <c r="P64" s="12"/>
+      <c r="Q64" s="12"/>
+      <c r="R64" s="12"/>
+      <c r="S64" s="12"/>
+      <c r="T64" s="12"/>
+      <c r="U64" s="12"/>
+      <c r="V64" s="12"/>
+      <c r="W64" s="12"/>
+      <c r="X64" s="12"/>
+      <c r="Y64" s="12"/>
+      <c r="Z64" s="12"/>
+      <c r="AA64" s="12"/>
+      <c r="AB64" s="12"/>
+      <c r="AC64" s="12"/>
+      <c r="AD64" s="12"/>
+      <c r="AE64" s="12"/>
+      <c r="AF64" s="12"/>
+      <c r="AG64" s="12"/>
+      <c r="AH64" s="12"/>
+      <c r="AI64" s="12"/>
+      <c r="AJ64" s="12"/>
+      <c r="AK64" s="12"/>
     </row>
     <row r="65" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A65" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B65" s="11"/>
-[...3 lines deleted...]
-      <c r="D65" s="11" t="s">
+      <c r="B65" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D65" s="12" t="s">
         <v>191</v>
       </c>
-      <c r="E65" s="11"/>
-[...31 lines deleted...]
-      <c r="AK65" s="11"/>
+      <c r="E65" s="12"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+      <c r="J65" s="12"/>
+      <c r="K65" s="12"/>
+      <c r="L65" s="12"/>
+      <c r="M65" s="12"/>
+      <c r="N65" s="12"/>
+      <c r="O65" s="12"/>
+      <c r="P65" s="12"/>
+      <c r="Q65" s="12"/>
+      <c r="R65" s="12"/>
+      <c r="S65" s="12"/>
+      <c r="T65" s="12"/>
+      <c r="U65" s="12"/>
+      <c r="V65" s="12"/>
+      <c r="W65" s="12"/>
+      <c r="X65" s="12"/>
+      <c r="Y65" s="12"/>
+      <c r="Z65" s="12"/>
+      <c r="AA65" s="12"/>
+      <c r="AB65" s="12"/>
+      <c r="AC65" s="12"/>
+      <c r="AD65" s="12"/>
+      <c r="AE65" s="12"/>
+      <c r="AF65" s="12"/>
+      <c r="AG65" s="12"/>
+      <c r="AH65" s="12"/>
+      <c r="AI65" s="12"/>
+      <c r="AJ65" s="12"/>
+      <c r="AK65" s="12"/>
     </row>
     <row r="66" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B66" s="11"/>
-[...3 lines deleted...]
-      <c r="D66" s="11" t="s">
+      <c r="B66" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D66" s="12" t="s">
         <v>194</v>
       </c>
-      <c r="E66" s="11"/>
-[...31 lines deleted...]
-      <c r="AK66" s="11"/>
+      <c r="E66" s="12"/>
+      <c r="F66" s="12"/>
+      <c r="G66" s="12"/>
+      <c r="H66" s="12"/>
+      <c r="I66" s="12"/>
+      <c r="J66" s="12"/>
+      <c r="K66" s="12"/>
+      <c r="L66" s="12"/>
+      <c r="M66" s="12"/>
+      <c r="N66" s="12"/>
+      <c r="O66" s="12"/>
+      <c r="P66" s="12"/>
+      <c r="Q66" s="12"/>
+      <c r="R66" s="12"/>
+      <c r="S66" s="12"/>
+      <c r="T66" s="12"/>
+      <c r="U66" s="12"/>
+      <c r="V66" s="12"/>
+      <c r="W66" s="12"/>
+      <c r="X66" s="12"/>
+      <c r="Y66" s="12"/>
+      <c r="Z66" s="12"/>
+      <c r="AA66" s="12"/>
+      <c r="AB66" s="12"/>
+      <c r="AC66" s="12"/>
+      <c r="AD66" s="12"/>
+      <c r="AE66" s="12"/>
+      <c r="AF66" s="12"/>
+      <c r="AG66" s="12"/>
+      <c r="AH66" s="12"/>
+      <c r="AI66" s="12"/>
+      <c r="AJ66" s="12"/>
+      <c r="AK66" s="12"/>
     </row>
     <row r="67" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B67" s="11"/>
-[...3 lines deleted...]
-      <c r="D67" s="11" t="s">
+      <c r="B67" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D67" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E67" s="11" t="s">
+      <c r="E67" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F67" s="11"/>
-[...30 lines deleted...]
-      <c r="AK67" s="11"/>
+      <c r="F67" s="12"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="12"/>
+      <c r="I67" s="12"/>
+      <c r="J67" s="12"/>
+      <c r="K67" s="12"/>
+      <c r="L67" s="12"/>
+      <c r="M67" s="12"/>
+      <c r="N67" s="12"/>
+      <c r="O67" s="12"/>
+      <c r="P67" s="12"/>
+      <c r="Q67" s="12"/>
+      <c r="R67" s="12"/>
+      <c r="S67" s="12"/>
+      <c r="T67" s="12"/>
+      <c r="U67" s="12"/>
+      <c r="V67" s="12"/>
+      <c r="W67" s="12"/>
+      <c r="X67" s="12"/>
+      <c r="Y67" s="12"/>
+      <c r="Z67" s="12"/>
+      <c r="AA67" s="12"/>
+      <c r="AB67" s="12"/>
+      <c r="AC67" s="12"/>
+      <c r="AD67" s="12"/>
+      <c r="AE67" s="12"/>
+      <c r="AF67" s="12"/>
+      <c r="AG67" s="12"/>
+      <c r="AH67" s="12"/>
+      <c r="AI67" s="12"/>
+      <c r="AJ67" s="12"/>
+      <c r="AK67" s="12"/>
     </row>
     <row r="68" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B68" s="9"/>
-[...3 lines deleted...]
-      <c r="D68" s="9" t="s">
+      <c r="B68" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D68" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="E68" s="9"/>
-[...31 lines deleted...]
-      <c r="AK68" s="9"/>
+      <c r="E68" s="10"/>
+      <c r="F68" s="10"/>
+      <c r="G68" s="10"/>
+      <c r="H68" s="10"/>
+      <c r="I68" s="10"/>
+      <c r="J68" s="10"/>
+      <c r="K68" s="10"/>
+      <c r="L68" s="10"/>
+      <c r="M68" s="10"/>
+      <c r="N68" s="10"/>
+      <c r="O68" s="10"/>
+      <c r="P68" s="10"/>
+      <c r="Q68" s="10"/>
+      <c r="R68" s="10"/>
+      <c r="S68" s="10"/>
+      <c r="T68" s="10"/>
+      <c r="U68" s="10"/>
+      <c r="V68" s="10"/>
+      <c r="W68" s="10"/>
+      <c r="X68" s="10"/>
+      <c r="Y68" s="10"/>
+      <c r="Z68" s="10"/>
+      <c r="AA68" s="10"/>
+      <c r="AB68" s="10"/>
+      <c r="AC68" s="10"/>
+      <c r="AD68" s="10"/>
+      <c r="AE68" s="10"/>
+      <c r="AF68" s="10"/>
+      <c r="AG68" s="10"/>
+      <c r="AH68" s="10"/>
+      <c r="AI68" s="10"/>
+      <c r="AJ68" s="10"/>
+      <c r="AK68" s="10"/>
     </row>
     <row r="69" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A69" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B69" s="11"/>
-[...3 lines deleted...]
-      <c r="D69" s="11" t="s">
+      <c r="B69" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D69" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="E69" s="11"/>
-[...31 lines deleted...]
-      <c r="AK69" s="11"/>
+      <c r="E69" s="12"/>
+      <c r="F69" s="12"/>
+      <c r="G69" s="12"/>
+      <c r="H69" s="12"/>
+      <c r="I69" s="12"/>
+      <c r="J69" s="12"/>
+      <c r="K69" s="12"/>
+      <c r="L69" s="12"/>
+      <c r="M69" s="12"/>
+      <c r="N69" s="12"/>
+      <c r="O69" s="12"/>
+      <c r="P69" s="12"/>
+      <c r="Q69" s="12"/>
+      <c r="R69" s="12"/>
+      <c r="S69" s="12"/>
+      <c r="T69" s="12"/>
+      <c r="U69" s="12"/>
+      <c r="V69" s="12"/>
+      <c r="W69" s="12"/>
+      <c r="X69" s="12"/>
+      <c r="Y69" s="12"/>
+      <c r="Z69" s="12"/>
+      <c r="AA69" s="12"/>
+      <c r="AB69" s="12"/>
+      <c r="AC69" s="12"/>
+      <c r="AD69" s="12"/>
+      <c r="AE69" s="12"/>
+      <c r="AF69" s="12"/>
+      <c r="AG69" s="12"/>
+      <c r="AH69" s="12"/>
+      <c r="AI69" s="12"/>
+      <c r="AJ69" s="12"/>
+      <c r="AK69" s="12"/>
     </row>
     <row r="70" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B70" s="11"/>
-[...3 lines deleted...]
-      <c r="D70" s="11" t="s">
+      <c r="B70" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D70" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="E70" s="11"/>
-[...31 lines deleted...]
-      <c r="AK70" s="11"/>
+      <c r="E70" s="12"/>
+      <c r="F70" s="12"/>
+      <c r="G70" s="12"/>
+      <c r="H70" s="12"/>
+      <c r="I70" s="12"/>
+      <c r="J70" s="12"/>
+      <c r="K70" s="12"/>
+      <c r="L70" s="12"/>
+      <c r="M70" s="12"/>
+      <c r="N70" s="12"/>
+      <c r="O70" s="12"/>
+      <c r="P70" s="12"/>
+      <c r="Q70" s="12"/>
+      <c r="R70" s="12"/>
+      <c r="S70" s="12"/>
+      <c r="T70" s="12"/>
+      <c r="U70" s="12"/>
+      <c r="V70" s="12"/>
+      <c r="W70" s="12"/>
+      <c r="X70" s="12"/>
+      <c r="Y70" s="12"/>
+      <c r="Z70" s="12"/>
+      <c r="AA70" s="12"/>
+      <c r="AB70" s="12"/>
+      <c r="AC70" s="12"/>
+      <c r="AD70" s="12"/>
+      <c r="AE70" s="12"/>
+      <c r="AF70" s="12"/>
+      <c r="AG70" s="12"/>
+      <c r="AH70" s="12"/>
+      <c r="AI70" s="12"/>
+      <c r="AJ70" s="12"/>
+      <c r="AK70" s="12"/>
     </row>
     <row r="71" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A71" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B71" s="11"/>
-[...3 lines deleted...]
-      <c r="D71" s="11" t="s">
+      <c r="B71" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D71" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E71" s="11"/>
-[...31 lines deleted...]
-      <c r="AK71" s="11"/>
+      <c r="E71" s="12"/>
+      <c r="F71" s="12"/>
+      <c r="G71" s="12"/>
+      <c r="H71" s="12"/>
+      <c r="I71" s="12"/>
+      <c r="J71" s="12"/>
+      <c r="K71" s="12"/>
+      <c r="L71" s="12"/>
+      <c r="M71" s="12"/>
+      <c r="N71" s="12"/>
+      <c r="O71" s="12"/>
+      <c r="P71" s="12"/>
+      <c r="Q71" s="12"/>
+      <c r="R71" s="12"/>
+      <c r="S71" s="12"/>
+      <c r="T71" s="12"/>
+      <c r="U71" s="12"/>
+      <c r="V71" s="12"/>
+      <c r="W71" s="12"/>
+      <c r="X71" s="12"/>
+      <c r="Y71" s="12"/>
+      <c r="Z71" s="12"/>
+      <c r="AA71" s="12"/>
+      <c r="AB71" s="12"/>
+      <c r="AC71" s="12"/>
+      <c r="AD71" s="12"/>
+      <c r="AE71" s="12"/>
+      <c r="AF71" s="12"/>
+      <c r="AG71" s="12"/>
+      <c r="AH71" s="12"/>
+      <c r="AI71" s="12"/>
+      <c r="AJ71" s="12"/>
+      <c r="AK71" s="12"/>
     </row>
     <row r="72" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A72" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B72" s="11"/>
-[...3 lines deleted...]
-      <c r="D72" s="11" t="s">
+      <c r="B72" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D72" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="E72" s="11"/>
-[...31 lines deleted...]
-      <c r="AK72" s="11"/>
+      <c r="E72" s="12"/>
+      <c r="F72" s="12"/>
+      <c r="G72" s="12"/>
+      <c r="H72" s="12"/>
+      <c r="I72" s="12"/>
+      <c r="J72" s="12"/>
+      <c r="K72" s="12"/>
+      <c r="L72" s="12"/>
+      <c r="M72" s="12"/>
+      <c r="N72" s="12"/>
+      <c r="O72" s="12"/>
+      <c r="P72" s="12"/>
+      <c r="Q72" s="12"/>
+      <c r="R72" s="12"/>
+      <c r="S72" s="12"/>
+      <c r="T72" s="12"/>
+      <c r="U72" s="12"/>
+      <c r="V72" s="12"/>
+      <c r="W72" s="12"/>
+      <c r="X72" s="12"/>
+      <c r="Y72" s="12"/>
+      <c r="Z72" s="12"/>
+      <c r="AA72" s="12"/>
+      <c r="AB72" s="12"/>
+      <c r="AC72" s="12"/>
+      <c r="AD72" s="12"/>
+      <c r="AE72" s="12"/>
+      <c r="AF72" s="12"/>
+      <c r="AG72" s="12"/>
+      <c r="AH72" s="12"/>
+      <c r="AI72" s="12"/>
+      <c r="AJ72" s="12"/>
+      <c r="AK72" s="12"/>
     </row>
     <row r="73" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A73" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B73" s="11"/>
-[...3 lines deleted...]
-      <c r="D73" s="11" t="s">
+      <c r="B73" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="E73" s="11"/>
-[...31 lines deleted...]
-      <c r="AK73" s="11"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="12"/>
+      <c r="G73" s="12"/>
+      <c r="H73" s="12"/>
+      <c r="I73" s="12"/>
+      <c r="J73" s="12"/>
+      <c r="K73" s="12"/>
+      <c r="L73" s="12"/>
+      <c r="M73" s="12"/>
+      <c r="N73" s="12"/>
+      <c r="O73" s="12"/>
+      <c r="P73" s="12"/>
+      <c r="Q73" s="12"/>
+      <c r="R73" s="12"/>
+      <c r="S73" s="12"/>
+      <c r="T73" s="12"/>
+      <c r="U73" s="12"/>
+      <c r="V73" s="12"/>
+      <c r="W73" s="12"/>
+      <c r="X73" s="12"/>
+      <c r="Y73" s="12"/>
+      <c r="Z73" s="12"/>
+      <c r="AA73" s="12"/>
+      <c r="AB73" s="12"/>
+      <c r="AC73" s="12"/>
+      <c r="AD73" s="12"/>
+      <c r="AE73" s="12"/>
+      <c r="AF73" s="12"/>
+      <c r="AG73" s="12"/>
+      <c r="AH73" s="12"/>
+      <c r="AI73" s="12"/>
+      <c r="AJ73" s="12"/>
+      <c r="AK73" s="12"/>
     </row>
     <row r="74" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A74" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B74" s="11"/>
-[...3 lines deleted...]
-      <c r="D74" s="11" t="s">
+      <c r="B74" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="E74" s="11"/>
-[...31 lines deleted...]
-      <c r="AK74" s="11"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="12"/>
+      <c r="G74" s="12"/>
+      <c r="H74" s="12"/>
+      <c r="I74" s="12"/>
+      <c r="J74" s="12"/>
+      <c r="K74" s="12"/>
+      <c r="L74" s="12"/>
+      <c r="M74" s="12"/>
+      <c r="N74" s="12"/>
+      <c r="O74" s="12"/>
+      <c r="P74" s="12"/>
+      <c r="Q74" s="12"/>
+      <c r="R74" s="12"/>
+      <c r="S74" s="12"/>
+      <c r="T74" s="12"/>
+      <c r="U74" s="12"/>
+      <c r="V74" s="12"/>
+      <c r="W74" s="12"/>
+      <c r="X74" s="12"/>
+      <c r="Y74" s="12"/>
+      <c r="Z74" s="12"/>
+      <c r="AA74" s="12"/>
+      <c r="AB74" s="12"/>
+      <c r="AC74" s="12"/>
+      <c r="AD74" s="12"/>
+      <c r="AE74" s="12"/>
+      <c r="AF74" s="12"/>
+      <c r="AG74" s="12"/>
+      <c r="AH74" s="12"/>
+      <c r="AI74" s="12"/>
+      <c r="AJ74" s="12"/>
+      <c r="AK74" s="12"/>
     </row>
     <row r="75" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A75" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B75" s="11"/>
-[...3 lines deleted...]
-      <c r="D75" s="11" t="s">
+      <c r="B75" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D75" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E75" s="11" t="s">
+      <c r="E75" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F75" s="11"/>
-[...30 lines deleted...]
-      <c r="AK75" s="11"/>
+      <c r="F75" s="12"/>
+      <c r="G75" s="12"/>
+      <c r="H75" s="12"/>
+      <c r="I75" s="12"/>
+      <c r="J75" s="12"/>
+      <c r="K75" s="12"/>
+      <c r="L75" s="12"/>
+      <c r="M75" s="12"/>
+      <c r="N75" s="12"/>
+      <c r="O75" s="12"/>
+      <c r="P75" s="12"/>
+      <c r="Q75" s="12"/>
+      <c r="R75" s="12"/>
+      <c r="S75" s="12"/>
+      <c r="T75" s="12"/>
+      <c r="U75" s="12"/>
+      <c r="V75" s="12"/>
+      <c r="W75" s="12"/>
+      <c r="X75" s="12"/>
+      <c r="Y75" s="12"/>
+      <c r="Z75" s="12"/>
+      <c r="AA75" s="12"/>
+      <c r="AB75" s="12"/>
+      <c r="AC75" s="12"/>
+      <c r="AD75" s="12"/>
+      <c r="AE75" s="12"/>
+      <c r="AF75" s="12"/>
+      <c r="AG75" s="12"/>
+      <c r="AH75" s="12"/>
+      <c r="AI75" s="12"/>
+      <c r="AJ75" s="12"/>
+      <c r="AK75" s="12"/>
     </row>
     <row r="76" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A76" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B76" s="9"/>
-[...3 lines deleted...]
-      <c r="D76" s="9" t="s">
+      <c r="B76" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="E76" s="9"/>
-[...31 lines deleted...]
-      <c r="AK76" s="9"/>
+      <c r="E76" s="10"/>
+      <c r="F76" s="10"/>
+      <c r="G76" s="10"/>
+      <c r="H76" s="10"/>
+      <c r="I76" s="10"/>
+      <c r="J76" s="10"/>
+      <c r="K76" s="10"/>
+      <c r="L76" s="10"/>
+      <c r="M76" s="10"/>
+      <c r="N76" s="10"/>
+      <c r="O76" s="10"/>
+      <c r="P76" s="10"/>
+      <c r="Q76" s="10"/>
+      <c r="R76" s="10"/>
+      <c r="S76" s="10"/>
+      <c r="T76" s="10"/>
+      <c r="U76" s="10"/>
+      <c r="V76" s="10"/>
+      <c r="W76" s="10"/>
+      <c r="X76" s="10"/>
+      <c r="Y76" s="10"/>
+      <c r="Z76" s="10"/>
+      <c r="AA76" s="10"/>
+      <c r="AB76" s="10"/>
+      <c r="AC76" s="10"/>
+      <c r="AD76" s="10"/>
+      <c r="AE76" s="10"/>
+      <c r="AF76" s="10"/>
+      <c r="AG76" s="10"/>
+      <c r="AH76" s="10"/>
+      <c r="AI76" s="10"/>
+      <c r="AJ76" s="10"/>
+      <c r="AK76" s="10"/>
     </row>
     <row r="77" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A77" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B77" s="11"/>
-[...3 lines deleted...]
-      <c r="D77" s="11" t="s">
+      <c r="B77" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D77" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="E77" s="11"/>
-[...31 lines deleted...]
-      <c r="AK77" s="11"/>
+      <c r="E77" s="12"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="12"/>
+      <c r="I77" s="12"/>
+      <c r="J77" s="12"/>
+      <c r="K77" s="12"/>
+      <c r="L77" s="12"/>
+      <c r="M77" s="12"/>
+      <c r="N77" s="12"/>
+      <c r="O77" s="12"/>
+      <c r="P77" s="12"/>
+      <c r="Q77" s="12"/>
+      <c r="R77" s="12"/>
+      <c r="S77" s="12"/>
+      <c r="T77" s="12"/>
+      <c r="U77" s="12"/>
+      <c r="V77" s="12"/>
+      <c r="W77" s="12"/>
+      <c r="X77" s="12"/>
+      <c r="Y77" s="12"/>
+      <c r="Z77" s="12"/>
+      <c r="AA77" s="12"/>
+      <c r="AB77" s="12"/>
+      <c r="AC77" s="12"/>
+      <c r="AD77" s="12"/>
+      <c r="AE77" s="12"/>
+      <c r="AF77" s="12"/>
+      <c r="AG77" s="12"/>
+      <c r="AH77" s="12"/>
+      <c r="AI77" s="12"/>
+      <c r="AJ77" s="12"/>
+      <c r="AK77" s="12"/>
     </row>
     <row r="78" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B78" s="11"/>
-[...3 lines deleted...]
-      <c r="D78" s="11" t="s">
+      <c r="B78" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D78" s="12" t="s">
         <v>226</v>
       </c>
-      <c r="E78" s="11"/>
-[...31 lines deleted...]
-      <c r="AK78" s="11"/>
+      <c r="E78" s="12"/>
+      <c r="F78" s="12"/>
+      <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
+      <c r="J78" s="12"/>
+      <c r="K78" s="12"/>
+      <c r="L78" s="12"/>
+      <c r="M78" s="12"/>
+      <c r="N78" s="12"/>
+      <c r="O78" s="12"/>
+      <c r="P78" s="12"/>
+      <c r="Q78" s="12"/>
+      <c r="R78" s="12"/>
+      <c r="S78" s="12"/>
+      <c r="T78" s="12"/>
+      <c r="U78" s="12"/>
+      <c r="V78" s="12"/>
+      <c r="W78" s="12"/>
+      <c r="X78" s="12"/>
+      <c r="Y78" s="12"/>
+      <c r="Z78" s="12"/>
+      <c r="AA78" s="12"/>
+      <c r="AB78" s="12"/>
+      <c r="AC78" s="12"/>
+      <c r="AD78" s="12"/>
+      <c r="AE78" s="12"/>
+      <c r="AF78" s="12"/>
+      <c r="AG78" s="12"/>
+      <c r="AH78" s="12"/>
+      <c r="AI78" s="12"/>
+      <c r="AJ78" s="12"/>
+      <c r="AK78" s="12"/>
     </row>
     <row r="79" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B79" s="11"/>
-[...3 lines deleted...]
-      <c r="D79" s="11" t="s">
+      <c r="B79" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D79" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="E79" s="11"/>
-[...31 lines deleted...]
-      <c r="AK79" s="11"/>
+      <c r="E79" s="12"/>
+      <c r="F79" s="12"/>
+      <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12"/>
+      <c r="L79" s="12"/>
+      <c r="M79" s="12"/>
+      <c r="N79" s="12"/>
+      <c r="O79" s="12"/>
+      <c r="P79" s="12"/>
+      <c r="Q79" s="12"/>
+      <c r="R79" s="12"/>
+      <c r="S79" s="12"/>
+      <c r="T79" s="12"/>
+      <c r="U79" s="12"/>
+      <c r="V79" s="12"/>
+      <c r="W79" s="12"/>
+      <c r="X79" s="12"/>
+      <c r="Y79" s="12"/>
+      <c r="Z79" s="12"/>
+      <c r="AA79" s="12"/>
+      <c r="AB79" s="12"/>
+      <c r="AC79" s="12"/>
+      <c r="AD79" s="12"/>
+      <c r="AE79" s="12"/>
+      <c r="AF79" s="12"/>
+      <c r="AG79" s="12"/>
+      <c r="AH79" s="12"/>
+      <c r="AI79" s="12"/>
+      <c r="AJ79" s="12"/>
+      <c r="AK79" s="12"/>
     </row>
     <row r="80" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B80" s="11"/>
-[...3 lines deleted...]
-      <c r="D80" s="11" t="s">
+      <c r="B80" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D80" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E80" s="11" t="s">
+      <c r="E80" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F80" s="11"/>
-[...30 lines deleted...]
-      <c r="AK80" s="11"/>
+      <c r="F80" s="12"/>
+      <c r="G80" s="12"/>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+      <c r="J80" s="12"/>
+      <c r="K80" s="12"/>
+      <c r="L80" s="12"/>
+      <c r="M80" s="12"/>
+      <c r="N80" s="12"/>
+      <c r="O80" s="12"/>
+      <c r="P80" s="12"/>
+      <c r="Q80" s="12"/>
+      <c r="R80" s="12"/>
+      <c r="S80" s="12"/>
+      <c r="T80" s="12"/>
+      <c r="U80" s="12"/>
+      <c r="V80" s="12"/>
+      <c r="W80" s="12"/>
+      <c r="X80" s="12"/>
+      <c r="Y80" s="12"/>
+      <c r="Z80" s="12"/>
+      <c r="AA80" s="12"/>
+      <c r="AB80" s="12"/>
+      <c r="AC80" s="12"/>
+      <c r="AD80" s="12"/>
+      <c r="AE80" s="12"/>
+      <c r="AF80" s="12"/>
+      <c r="AG80" s="12"/>
+      <c r="AH80" s="12"/>
+      <c r="AI80" s="12"/>
+      <c r="AJ80" s="12"/>
+      <c r="AK80" s="12"/>
     </row>
     <row r="81" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A81" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B81" s="9"/>
-[...3 lines deleted...]
-      <c r="D81" s="9" t="s">
+      <c r="B81" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D81" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="E81" s="9"/>
-[...31 lines deleted...]
-      <c r="AK81" s="9"/>
+      <c r="E81" s="10"/>
+      <c r="F81" s="10"/>
+      <c r="G81" s="10"/>
+      <c r="H81" s="10"/>
+      <c r="I81" s="10"/>
+      <c r="J81" s="10"/>
+      <c r="K81" s="10"/>
+      <c r="L81" s="10"/>
+      <c r="M81" s="10"/>
+      <c r="N81" s="10"/>
+      <c r="O81" s="10"/>
+      <c r="P81" s="10"/>
+      <c r="Q81" s="10"/>
+      <c r="R81" s="10"/>
+      <c r="S81" s="10"/>
+      <c r="T81" s="10"/>
+      <c r="U81" s="10"/>
+      <c r="V81" s="10"/>
+      <c r="W81" s="10"/>
+      <c r="X81" s="10"/>
+      <c r="Y81" s="10"/>
+      <c r="Z81" s="10"/>
+      <c r="AA81" s="10"/>
+      <c r="AB81" s="10"/>
+      <c r="AC81" s="10"/>
+      <c r="AD81" s="10"/>
+      <c r="AE81" s="10"/>
+      <c r="AF81" s="10"/>
+      <c r="AG81" s="10"/>
+      <c r="AH81" s="10"/>
+      <c r="AI81" s="10"/>
+      <c r="AJ81" s="10"/>
+      <c r="AK81" s="10"/>
     </row>
     <row r="82" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A82" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B82" s="11"/>
-[...3 lines deleted...]
-      <c r="D82" s="11" t="s">
+      <c r="B82" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D82" s="12" t="s">
         <v>236</v>
       </c>
-      <c r="E82" s="11"/>
-[...31 lines deleted...]
-      <c r="AK82" s="11"/>
+      <c r="E82" s="12"/>
+      <c r="F82" s="12"/>
+      <c r="G82" s="12"/>
+      <c r="H82" s="12"/>
+      <c r="I82" s="12"/>
+      <c r="J82" s="12"/>
+      <c r="K82" s="12"/>
+      <c r="L82" s="12"/>
+      <c r="M82" s="12"/>
+      <c r="N82" s="12"/>
+      <c r="O82" s="12"/>
+      <c r="P82" s="12"/>
+      <c r="Q82" s="12"/>
+      <c r="R82" s="12"/>
+      <c r="S82" s="12"/>
+      <c r="T82" s="12"/>
+      <c r="U82" s="12"/>
+      <c r="V82" s="12"/>
+      <c r="W82" s="12"/>
+      <c r="X82" s="12"/>
+      <c r="Y82" s="12"/>
+      <c r="Z82" s="12"/>
+      <c r="AA82" s="12"/>
+      <c r="AB82" s="12"/>
+      <c r="AC82" s="12"/>
+      <c r="AD82" s="12"/>
+      <c r="AE82" s="12"/>
+      <c r="AF82" s="12"/>
+      <c r="AG82" s="12"/>
+      <c r="AH82" s="12"/>
+      <c r="AI82" s="12"/>
+      <c r="AJ82" s="12"/>
+      <c r="AK82" s="12"/>
     </row>
     <row r="83" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A83" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B83" s="11"/>
-[...3 lines deleted...]
-      <c r="D83" s="11" t="s">
+      <c r="B83" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D83" s="12" t="s">
         <v>239</v>
       </c>
-      <c r="E83" s="11"/>
-[...31 lines deleted...]
-      <c r="AK83" s="11"/>
+      <c r="E83" s="12"/>
+      <c r="F83" s="12"/>
+      <c r="G83" s="12"/>
+      <c r="H83" s="12"/>
+      <c r="I83" s="12"/>
+      <c r="J83" s="12"/>
+      <c r="K83" s="12"/>
+      <c r="L83" s="12"/>
+      <c r="M83" s="12"/>
+      <c r="N83" s="12"/>
+      <c r="O83" s="12"/>
+      <c r="P83" s="12"/>
+      <c r="Q83" s="12"/>
+      <c r="R83" s="12"/>
+      <c r="S83" s="12"/>
+      <c r="T83" s="12"/>
+      <c r="U83" s="12"/>
+      <c r="V83" s="12"/>
+      <c r="W83" s="12"/>
+      <c r="X83" s="12"/>
+      <c r="Y83" s="12"/>
+      <c r="Z83" s="12"/>
+      <c r="AA83" s="12"/>
+      <c r="AB83" s="12"/>
+      <c r="AC83" s="12"/>
+      <c r="AD83" s="12"/>
+      <c r="AE83" s="12"/>
+      <c r="AF83" s="12"/>
+      <c r="AG83" s="12"/>
+      <c r="AH83" s="12"/>
+      <c r="AI83" s="12"/>
+      <c r="AJ83" s="12"/>
+      <c r="AK83" s="12"/>
     </row>
     <row r="84" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A84" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B84" s="11"/>
-[...3 lines deleted...]
-      <c r="D84" s="11" t="s">
+      <c r="B84" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C84" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D84" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E84" s="11" t="s">
+      <c r="E84" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F84" s="11"/>
-[...30 lines deleted...]
-      <c r="AK84" s="11"/>
+      <c r="F84" s="12"/>
+      <c r="G84" s="12"/>
+      <c r="H84" s="12"/>
+      <c r="I84" s="12"/>
+      <c r="J84" s="12"/>
+      <c r="K84" s="12"/>
+      <c r="L84" s="12"/>
+      <c r="M84" s="12"/>
+      <c r="N84" s="12"/>
+      <c r="O84" s="12"/>
+      <c r="P84" s="12"/>
+      <c r="Q84" s="12"/>
+      <c r="R84" s="12"/>
+      <c r="S84" s="12"/>
+      <c r="T84" s="12"/>
+      <c r="U84" s="12"/>
+      <c r="V84" s="12"/>
+      <c r="W84" s="12"/>
+      <c r="X84" s="12"/>
+      <c r="Y84" s="12"/>
+      <c r="Z84" s="12"/>
+      <c r="AA84" s="12"/>
+      <c r="AB84" s="12"/>
+      <c r="AC84" s="12"/>
+      <c r="AD84" s="12"/>
+      <c r="AE84" s="12"/>
+      <c r="AF84" s="12"/>
+      <c r="AG84" s="12"/>
+      <c r="AH84" s="12"/>
+      <c r="AI84" s="12"/>
+      <c r="AJ84" s="12"/>
+      <c r="AK84" s="12"/>
     </row>
     <row r="85" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A85" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B85" s="9"/>
-[...3 lines deleted...]
-      <c r="D85" s="9" t="s">
+      <c r="B85" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D85" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="E85" s="9"/>
-[...31 lines deleted...]
-      <c r="AK85" s="9"/>
+      <c r="E85" s="10"/>
+      <c r="F85" s="10"/>
+      <c r="G85" s="10"/>
+      <c r="H85" s="10"/>
+      <c r="I85" s="10"/>
+      <c r="J85" s="10"/>
+      <c r="K85" s="10"/>
+      <c r="L85" s="10"/>
+      <c r="M85" s="10"/>
+      <c r="N85" s="10"/>
+      <c r="O85" s="10"/>
+      <c r="P85" s="10"/>
+      <c r="Q85" s="10"/>
+      <c r="R85" s="10"/>
+      <c r="S85" s="10"/>
+      <c r="T85" s="10"/>
+      <c r="U85" s="10"/>
+      <c r="V85" s="10"/>
+      <c r="W85" s="10"/>
+      <c r="X85" s="10"/>
+      <c r="Y85" s="10"/>
+      <c r="Z85" s="10"/>
+      <c r="AA85" s="10"/>
+      <c r="AB85" s="10"/>
+      <c r="AC85" s="10"/>
+      <c r="AD85" s="10"/>
+      <c r="AE85" s="10"/>
+      <c r="AF85" s="10"/>
+      <c r="AG85" s="10"/>
+      <c r="AH85" s="10"/>
+      <c r="AI85" s="10"/>
+      <c r="AJ85" s="10"/>
+      <c r="AK85" s="10"/>
     </row>
     <row r="86" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A86" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B86" s="11"/>
-[...3 lines deleted...]
-      <c r="D86" s="11" t="s">
+      <c r="B86" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C86" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D86" s="12" t="s">
         <v>246</v>
       </c>
-      <c r="E86" s="11"/>
-[...31 lines deleted...]
-      <c r="AK86" s="11"/>
+      <c r="E86" s="12"/>
+      <c r="F86" s="12"/>
+      <c r="G86" s="12"/>
+      <c r="H86" s="12"/>
+      <c r="I86" s="12"/>
+      <c r="J86" s="12"/>
+      <c r="K86" s="12"/>
+      <c r="L86" s="12"/>
+      <c r="M86" s="12"/>
+      <c r="N86" s="12"/>
+      <c r="O86" s="12"/>
+      <c r="P86" s="12"/>
+      <c r="Q86" s="12"/>
+      <c r="R86" s="12"/>
+      <c r="S86" s="12"/>
+      <c r="T86" s="12"/>
+      <c r="U86" s="12"/>
+      <c r="V86" s="12"/>
+      <c r="W86" s="12"/>
+      <c r="X86" s="12"/>
+      <c r="Y86" s="12"/>
+      <c r="Z86" s="12"/>
+      <c r="AA86" s="12"/>
+      <c r="AB86" s="12"/>
+      <c r="AC86" s="12"/>
+      <c r="AD86" s="12"/>
+      <c r="AE86" s="12"/>
+      <c r="AF86" s="12"/>
+      <c r="AG86" s="12"/>
+      <c r="AH86" s="12"/>
+      <c r="AI86" s="12"/>
+      <c r="AJ86" s="12"/>
+      <c r="AK86" s="12"/>
     </row>
     <row r="87" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B87" s="11"/>
-[...3 lines deleted...]
-      <c r="D87" s="11" t="s">
+      <c r="B87" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C87" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D87" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="E87" s="11"/>
-[...31 lines deleted...]
-      <c r="AK87" s="11"/>
+      <c r="E87" s="12"/>
+      <c r="F87" s="12"/>
+      <c r="G87" s="12"/>
+      <c r="H87" s="12"/>
+      <c r="I87" s="12"/>
+      <c r="J87" s="12"/>
+      <c r="K87" s="12"/>
+      <c r="L87" s="12"/>
+      <c r="M87" s="12"/>
+      <c r="N87" s="12"/>
+      <c r="O87" s="12"/>
+      <c r="P87" s="12"/>
+      <c r="Q87" s="12"/>
+      <c r="R87" s="12"/>
+      <c r="S87" s="12"/>
+      <c r="T87" s="12"/>
+      <c r="U87" s="12"/>
+      <c r="V87" s="12"/>
+      <c r="W87" s="12"/>
+      <c r="X87" s="12"/>
+      <c r="Y87" s="12"/>
+      <c r="Z87" s="12"/>
+      <c r="AA87" s="12"/>
+      <c r="AB87" s="12"/>
+      <c r="AC87" s="12"/>
+      <c r="AD87" s="12"/>
+      <c r="AE87" s="12"/>
+      <c r="AF87" s="12"/>
+      <c r="AG87" s="12"/>
+      <c r="AH87" s="12"/>
+      <c r="AI87" s="12"/>
+      <c r="AJ87" s="12"/>
+      <c r="AK87" s="12"/>
     </row>
     <row r="88" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B88" s="11"/>
-[...3 lines deleted...]
-      <c r="D88" s="11" t="s">
+      <c r="B88" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C88" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D88" s="12" t="s">
         <v>252</v>
       </c>
-      <c r="E88" s="11"/>
-[...31 lines deleted...]
-      <c r="AK88" s="11"/>
+      <c r="E88" s="12"/>
+      <c r="F88" s="12"/>
+      <c r="G88" s="12"/>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+      <c r="J88" s="12"/>
+      <c r="K88" s="12"/>
+      <c r="L88" s="12"/>
+      <c r="M88" s="12"/>
+      <c r="N88" s="12"/>
+      <c r="O88" s="12"/>
+      <c r="P88" s="12"/>
+      <c r="Q88" s="12"/>
+      <c r="R88" s="12"/>
+      <c r="S88" s="12"/>
+      <c r="T88" s="12"/>
+      <c r="U88" s="12"/>
+      <c r="V88" s="12"/>
+      <c r="W88" s="12"/>
+      <c r="X88" s="12"/>
+      <c r="Y88" s="12"/>
+      <c r="Z88" s="12"/>
+      <c r="AA88" s="12"/>
+      <c r="AB88" s="12"/>
+      <c r="AC88" s="12"/>
+      <c r="AD88" s="12"/>
+      <c r="AE88" s="12"/>
+      <c r="AF88" s="12"/>
+      <c r="AG88" s="12"/>
+      <c r="AH88" s="12"/>
+      <c r="AI88" s="12"/>
+      <c r="AJ88" s="12"/>
+      <c r="AK88" s="12"/>
     </row>
     <row r="89" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A89" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B89" s="11"/>
-[...3 lines deleted...]
-      <c r="D89" s="11" t="s">
+      <c r="B89" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D89" s="12" t="s">
         <v>255</v>
       </c>
-      <c r="E89" s="11"/>
-[...31 lines deleted...]
-      <c r="AK89" s="11"/>
+      <c r="E89" s="12"/>
+      <c r="F89" s="12"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+      <c r="J89" s="12"/>
+      <c r="K89" s="12"/>
+      <c r="L89" s="12"/>
+      <c r="M89" s="12"/>
+      <c r="N89" s="12"/>
+      <c r="O89" s="12"/>
+      <c r="P89" s="12"/>
+      <c r="Q89" s="12"/>
+      <c r="R89" s="12"/>
+      <c r="S89" s="12"/>
+      <c r="T89" s="12"/>
+      <c r="U89" s="12"/>
+      <c r="V89" s="12"/>
+      <c r="W89" s="12"/>
+      <c r="X89" s="12"/>
+      <c r="Y89" s="12"/>
+      <c r="Z89" s="12"/>
+      <c r="AA89" s="12"/>
+      <c r="AB89" s="12"/>
+      <c r="AC89" s="12"/>
+      <c r="AD89" s="12"/>
+      <c r="AE89" s="12"/>
+      <c r="AF89" s="12"/>
+      <c r="AG89" s="12"/>
+      <c r="AH89" s="12"/>
+      <c r="AI89" s="12"/>
+      <c r="AJ89" s="12"/>
+      <c r="AK89" s="12"/>
     </row>
     <row r="90" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A90" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B90" s="11"/>
-[...3 lines deleted...]
-      <c r="D90" s="11" t="s">
+      <c r="B90" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D90" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="E90" s="11"/>
-[...31 lines deleted...]
-      <c r="AK90" s="11"/>
+      <c r="E90" s="12"/>
+      <c r="F90" s="12"/>
+      <c r="G90" s="12"/>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+      <c r="J90" s="12"/>
+      <c r="K90" s="12"/>
+      <c r="L90" s="12"/>
+      <c r="M90" s="12"/>
+      <c r="N90" s="12"/>
+      <c r="O90" s="12"/>
+      <c r="P90" s="12"/>
+      <c r="Q90" s="12"/>
+      <c r="R90" s="12"/>
+      <c r="S90" s="12"/>
+      <c r="T90" s="12"/>
+      <c r="U90" s="12"/>
+      <c r="V90" s="12"/>
+      <c r="W90" s="12"/>
+      <c r="X90" s="12"/>
+      <c r="Y90" s="12"/>
+      <c r="Z90" s="12"/>
+      <c r="AA90" s="12"/>
+      <c r="AB90" s="12"/>
+      <c r="AC90" s="12"/>
+      <c r="AD90" s="12"/>
+      <c r="AE90" s="12"/>
+      <c r="AF90" s="12"/>
+      <c r="AG90" s="12"/>
+      <c r="AH90" s="12"/>
+      <c r="AI90" s="12"/>
+      <c r="AJ90" s="12"/>
+      <c r="AK90" s="12"/>
     </row>
     <row r="91" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A91" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B91" s="11"/>
-[...3 lines deleted...]
-      <c r="D91" s="11" t="s">
+      <c r="B91" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C91" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D91" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E91" s="11" t="s">
+      <c r="E91" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F91" s="11"/>
-[...30 lines deleted...]
-      <c r="AK91" s="11"/>
+      <c r="F91" s="12"/>
+      <c r="G91" s="12"/>
+      <c r="H91" s="12"/>
+      <c r="I91" s="12"/>
+      <c r="J91" s="12"/>
+      <c r="K91" s="12"/>
+      <c r="L91" s="12"/>
+      <c r="M91" s="12"/>
+      <c r="N91" s="12"/>
+      <c r="O91" s="12"/>
+      <c r="P91" s="12"/>
+      <c r="Q91" s="12"/>
+      <c r="R91" s="12"/>
+      <c r="S91" s="12"/>
+      <c r="T91" s="12"/>
+      <c r="U91" s="12"/>
+      <c r="V91" s="12"/>
+      <c r="W91" s="12"/>
+      <c r="X91" s="12"/>
+      <c r="Y91" s="12"/>
+      <c r="Z91" s="12"/>
+      <c r="AA91" s="12"/>
+      <c r="AB91" s="12"/>
+      <c r="AC91" s="12"/>
+      <c r="AD91" s="12"/>
+      <c r="AE91" s="12"/>
+      <c r="AF91" s="12"/>
+      <c r="AG91" s="12"/>
+      <c r="AH91" s="12"/>
+      <c r="AI91" s="12"/>
+      <c r="AJ91" s="12"/>
+      <c r="AK91" s="12"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:E84" xr:uid="{8FE26BA7-CC3E-4F39-B866-FE7349051E2A}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="22" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE8B1923-4920-46D2-901E-62D4B33BB821}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AK99"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AO30" sqref="AO30"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="14" style="10" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="35" max="16384" width="9.140625" style="10"/>
+    <col min="1" max="1" width="14" style="11" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="80.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="27.85546875" style="11" bestFit="1" customWidth="1"/>
+    <col min="6" max="14" width="13.5703125" style="11" customWidth="1"/>
+    <col min="15" max="21" width="15.42578125" style="11" customWidth="1"/>
+    <col min="22" max="34" width="9.140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="35" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:37" s="14" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:37" s="15" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="15" t="s">
+      <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="15" t="s">
+      <c r="C1" s="16" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="15" t="s">
+      <c r="D1" s="16" t="s">
         <v>362</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="16" t="s">
         <v>290</v>
       </c>
-      <c r="F1" s="16" t="s">
+      <c r="F1" s="17" t="s">
         <v>330</v>
       </c>
-      <c r="G1" s="16" t="s">
+      <c r="G1" s="17" t="s">
         <v>331</v>
       </c>
-      <c r="H1" s="16" t="s">
+      <c r="H1" s="17" t="s">
         <v>332</v>
       </c>
-      <c r="I1" s="16" t="s">
+      <c r="I1" s="17" t="s">
         <v>333</v>
       </c>
-      <c r="J1" s="16" t="s">
+      <c r="J1" s="17" t="s">
         <v>334</v>
       </c>
-      <c r="K1" s="16" t="s">
+      <c r="K1" s="17" t="s">
         <v>335</v>
       </c>
-      <c r="L1" s="16" t="s">
+      <c r="L1" s="17" t="s">
         <v>336</v>
       </c>
-      <c r="M1" s="16" t="s">
+      <c r="M1" s="17" t="s">
         <v>337</v>
       </c>
-      <c r="N1" s="16" t="s">
+      <c r="N1" s="17" t="s">
         <v>338</v>
       </c>
-      <c r="O1" s="16" t="s">
+      <c r="O1" s="17" t="s">
         <v>339</v>
       </c>
-      <c r="P1" s="16" t="s">
+      <c r="P1" s="17" t="s">
         <v>340</v>
       </c>
-      <c r="Q1" s="16" t="s">
+      <c r="Q1" s="17" t="s">
         <v>341</v>
       </c>
-      <c r="R1" s="16" t="s">
+      <c r="R1" s="17" t="s">
         <v>342</v>
       </c>
-      <c r="S1" s="16" t="s">
+      <c r="S1" s="17" t="s">
         <v>343</v>
       </c>
-      <c r="T1" s="16" t="s">
+      <c r="T1" s="17" t="s">
         <v>344</v>
       </c>
-      <c r="U1" s="16" t="s">
+      <c r="U1" s="17" t="s">
         <v>345</v>
       </c>
-      <c r="V1" s="16" t="s">
+      <c r="V1" s="17" t="s">
         <v>346</v>
       </c>
-      <c r="W1" s="16" t="s">
+      <c r="W1" s="17" t="s">
         <v>347</v>
       </c>
-      <c r="X1" s="16" t="s">
+      <c r="X1" s="17" t="s">
         <v>348</v>
       </c>
-      <c r="Y1" s="16" t="s">
+      <c r="Y1" s="17" t="s">
         <v>349</v>
       </c>
-      <c r="Z1" s="16" t="s">
+      <c r="Z1" s="17" t="s">
         <v>350</v>
       </c>
-      <c r="AA1" s="16" t="s">
+      <c r="AA1" s="17" t="s">
         <v>351</v>
       </c>
-      <c r="AB1" s="16" t="s">
+      <c r="AB1" s="17" t="s">
         <v>352</v>
       </c>
-      <c r="AC1" s="16" t="s">
+      <c r="AC1" s="17" t="s">
         <v>353</v>
       </c>
-      <c r="AD1" s="16" t="s">
+      <c r="AD1" s="17" t="s">
         <v>354</v>
       </c>
-      <c r="AE1" s="16" t="s">
+      <c r="AE1" s="17" t="s">
         <v>355</v>
       </c>
-      <c r="AF1" s="16" t="s">
+      <c r="AF1" s="17" t="s">
         <v>356</v>
       </c>
-      <c r="AG1" s="16" t="s">
+      <c r="AG1" s="17" t="s">
         <v>357</v>
       </c>
-      <c r="AH1" s="16" t="s">
+      <c r="AH1" s="17" t="s">
         <v>358</v>
       </c>
-      <c r="AI1" s="16" t="s">
+      <c r="AI1" s="17" t="s">
         <v>359</v>
       </c>
-      <c r="AJ1" s="16" t="s">
+      <c r="AJ1" s="17" t="s">
         <v>360</v>
       </c>
-      <c r="AK1" s="16" t="s">
+      <c r="AK1" s="17" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="2" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="7" t="s">
-        <v>430</v>
+        <v>5</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="7"/>
       <c r="F2" s="7">
-        <v>439442</v>
+        <v>383423</v>
       </c>
       <c r="G2" s="7">
-        <v>274295</v>
+        <v>231352</v>
       </c>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7">
-        <v>1783</v>
+        <v>806</v>
       </c>
       <c r="M2" s="7"/>
       <c r="N2" s="7">
-        <v>6882</v>
+        <v>9107</v>
       </c>
       <c r="O2" s="7"/>
       <c r="P2" s="7"/>
       <c r="Q2" s="7"/>
       <c r="R2" s="7">
-        <v>272512</v>
+        <v>230546</v>
       </c>
       <c r="S2" s="7"/>
       <c r="T2" s="7">
-        <v>5706</v>
+        <v>7266</v>
       </c>
       <c r="U2" s="7">
-        <v>152559</v>
+        <v>135698</v>
       </c>
       <c r="V2" s="7"/>
       <c r="W2" s="7"/>
       <c r="X2" s="7"/>
       <c r="Y2" s="7"/>
       <c r="Z2" s="7"/>
       <c r="AA2" s="7"/>
       <c r="AB2" s="7"/>
       <c r="AC2" s="7"/>
       <c r="AD2" s="7"/>
       <c r="AE2" s="7"/>
       <c r="AF2" s="7"/>
       <c r="AG2" s="7"/>
       <c r="AH2" s="7"/>
       <c r="AI2" s="7"/>
       <c r="AJ2" s="7"/>
       <c r="AK2" s="7"/>
     </row>
     <row r="3" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A3" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="9" t="s">
+      <c r="B3" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D3" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="9"/>
-      <c r="F3" s="9">
+      <c r="E3" s="10"/>
+      <c r="F3" s="10">
         <v>0</v>
       </c>
-      <c r="G3" s="9">
+      <c r="G3" s="10">
         <v>0</v>
       </c>
-      <c r="H3" s="9"/>
-[...3 lines deleted...]
-      <c r="L3" s="9">
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+      <c r="J3" s="10"/>
+      <c r="K3" s="10"/>
+      <c r="L3" s="10">
         <v>0</v>
       </c>
-      <c r="M3" s="9"/>
-      <c r="N3" s="9">
+      <c r="M3" s="10"/>
+      <c r="N3" s="10">
         <v>0</v>
       </c>
-      <c r="O3" s="9"/>
-[...2 lines deleted...]
-      <c r="R3" s="9">
+      <c r="O3" s="10"/>
+      <c r="P3" s="10"/>
+      <c r="Q3" s="10"/>
+      <c r="R3" s="10">
         <v>0</v>
       </c>
-      <c r="S3" s="9"/>
-      <c r="T3" s="9">
+      <c r="S3" s="10"/>
+      <c r="T3" s="10">
         <v>0</v>
       </c>
-      <c r="U3" s="9">
+      <c r="U3" s="10">
         <v>0</v>
       </c>
-      <c r="V3" s="9"/>
-[...14 lines deleted...]
-      <c r="AK3" s="9"/>
+      <c r="V3" s="10"/>
+      <c r="W3" s="10"/>
+      <c r="X3" s="10"/>
+      <c r="Y3" s="10"/>
+      <c r="Z3" s="10"/>
+      <c r="AA3" s="10"/>
+      <c r="AB3" s="10"/>
+      <c r="AC3" s="10"/>
+      <c r="AD3" s="10"/>
+      <c r="AE3" s="10"/>
+      <c r="AF3" s="10"/>
+      <c r="AG3" s="10"/>
+      <c r="AH3" s="10"/>
+      <c r="AI3" s="10"/>
+      <c r="AJ3" s="10"/>
+      <c r="AK3" s="10"/>
     </row>
     <row r="4" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A4" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="11" t="s">
+      <c r="B4" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="11"/>
-[...31 lines deleted...]
-      <c r="AK4" s="11"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="12"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="12"/>
+      <c r="L4" s="12"/>
+      <c r="M4" s="12"/>
+      <c r="N4" s="12"/>
+      <c r="O4" s="12"/>
+      <c r="P4" s="12"/>
+      <c r="Q4" s="12"/>
+      <c r="R4" s="12"/>
+      <c r="S4" s="12"/>
+      <c r="T4" s="12"/>
+      <c r="U4" s="12"/>
+      <c r="V4" s="12"/>
+      <c r="W4" s="12"/>
+      <c r="X4" s="12"/>
+      <c r="Y4" s="12"/>
+      <c r="Z4" s="12"/>
+      <c r="AA4" s="12"/>
+      <c r="AB4" s="12"/>
+      <c r="AC4" s="12"/>
+      <c r="AD4" s="12"/>
+      <c r="AE4" s="12"/>
+      <c r="AF4" s="12"/>
+      <c r="AG4" s="12"/>
+      <c r="AH4" s="12"/>
+      <c r="AI4" s="12"/>
+      <c r="AJ4" s="12"/>
+      <c r="AK4" s="12"/>
     </row>
     <row r="5" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="11" t="s">
+      <c r="B5" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="11"/>
-[...31 lines deleted...]
-      <c r="AK5" s="11"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="12"/>
+      <c r="L5" s="12"/>
+      <c r="M5" s="12"/>
+      <c r="N5" s="12"/>
+      <c r="O5" s="12"/>
+      <c r="P5" s="12"/>
+      <c r="Q5" s="12"/>
+      <c r="R5" s="12"/>
+      <c r="S5" s="12"/>
+      <c r="T5" s="12"/>
+      <c r="U5" s="12"/>
+      <c r="V5" s="12"/>
+      <c r="W5" s="12"/>
+      <c r="X5" s="12"/>
+      <c r="Y5" s="12"/>
+      <c r="Z5" s="12"/>
+      <c r="AA5" s="12"/>
+      <c r="AB5" s="12"/>
+      <c r="AC5" s="12"/>
+      <c r="AD5" s="12"/>
+      <c r="AE5" s="12"/>
+      <c r="AF5" s="12"/>
+      <c r="AG5" s="12"/>
+      <c r="AH5" s="12"/>
+      <c r="AI5" s="12"/>
+      <c r="AJ5" s="12"/>
+      <c r="AK5" s="12"/>
     </row>
     <row r="6" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D6" s="11" t="s">
+      <c r="B6" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="E6" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F6" s="11"/>
-[...30 lines deleted...]
-      <c r="AK6" s="11"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="12"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="12"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="12"/>
+      <c r="U6" s="12"/>
+      <c r="V6" s="12"/>
+      <c r="W6" s="12"/>
+      <c r="X6" s="12"/>
+      <c r="Y6" s="12"/>
+      <c r="Z6" s="12"/>
+      <c r="AA6" s="12"/>
+      <c r="AB6" s="12"/>
+      <c r="AC6" s="12"/>
+      <c r="AD6" s="12"/>
+      <c r="AE6" s="12"/>
+      <c r="AF6" s="12"/>
+      <c r="AG6" s="12"/>
+      <c r="AH6" s="12"/>
+      <c r="AI6" s="12"/>
+      <c r="AJ6" s="12"/>
+      <c r="AK6" s="12"/>
     </row>
     <row r="7" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="29" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="29" t="s">
+      <c r="B7" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="30" t="s">
+        <v>306</v>
+      </c>
+      <c r="D7" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="E7" s="29"/>
-      <c r="F7" s="9">
+      <c r="E7" s="30"/>
+      <c r="F7" s="10">
         <v>0</v>
       </c>
-      <c r="G7" s="29">
+      <c r="G7" s="30">
         <v>0</v>
       </c>
-      <c r="H7" s="29"/>
-[...3 lines deleted...]
-      <c r="L7" s="29">
+      <c r="H7" s="30"/>
+      <c r="I7" s="30"/>
+      <c r="J7" s="30"/>
+      <c r="K7" s="30"/>
+      <c r="L7" s="30">
         <v>0</v>
       </c>
-      <c r="M7" s="29"/>
-      <c r="N7" s="9">
+      <c r="M7" s="30"/>
+      <c r="N7" s="10">
         <v>0</v>
       </c>
-      <c r="O7" s="29"/>
-[...2 lines deleted...]
-      <c r="R7" s="29">
+      <c r="O7" s="30"/>
+      <c r="P7" s="30"/>
+      <c r="Q7" s="30"/>
+      <c r="R7" s="30">
         <v>0</v>
       </c>
-      <c r="S7" s="29"/>
-      <c r="T7" s="29">
+      <c r="S7" s="30"/>
+      <c r="T7" s="30">
         <v>0</v>
       </c>
-      <c r="U7" s="29">
+      <c r="U7" s="30">
         <v>0</v>
       </c>
-      <c r="V7" s="29"/>
-[...14 lines deleted...]
-      <c r="AK7" s="29"/>
+      <c r="V7" s="30"/>
+      <c r="W7" s="30"/>
+      <c r="X7" s="30"/>
+      <c r="Y7" s="30"/>
+      <c r="Z7" s="30"/>
+      <c r="AA7" s="30"/>
+      <c r="AB7" s="30"/>
+      <c r="AC7" s="30"/>
+      <c r="AD7" s="30"/>
+      <c r="AE7" s="30"/>
+      <c r="AF7" s="30"/>
+      <c r="AG7" s="30"/>
+      <c r="AH7" s="30"/>
+      <c r="AI7" s="30"/>
+      <c r="AJ7" s="30"/>
+      <c r="AK7" s="30"/>
     </row>
     <row r="8" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D8" s="11" t="s">
+      <c r="B8" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="E8" s="11"/>
-[...31 lines deleted...]
-      <c r="AK8" s="11"/>
+      <c r="E8" s="12"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12"/>
+      <c r="L8" s="12"/>
+      <c r="M8" s="12"/>
+      <c r="N8" s="12"/>
+      <c r="O8" s="12"/>
+      <c r="P8" s="12"/>
+      <c r="Q8" s="12"/>
+      <c r="R8" s="12"/>
+      <c r="S8" s="12"/>
+      <c r="T8" s="12"/>
+      <c r="U8" s="12"/>
+      <c r="V8" s="12"/>
+      <c r="W8" s="12"/>
+      <c r="X8" s="12"/>
+      <c r="Y8" s="12"/>
+      <c r="Z8" s="12"/>
+      <c r="AA8" s="12"/>
+      <c r="AB8" s="12"/>
+      <c r="AC8" s="12"/>
+      <c r="AD8" s="12"/>
+      <c r="AE8" s="12"/>
+      <c r="AF8" s="12"/>
+      <c r="AG8" s="12"/>
+      <c r="AH8" s="12"/>
+      <c r="AI8" s="12"/>
+      <c r="AJ8" s="12"/>
+      <c r="AK8" s="12"/>
     </row>
     <row r="9" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="11" t="s">
+      <c r="B9" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="E9" s="11"/>
-[...31 lines deleted...]
-      <c r="AK9" s="11"/>
+      <c r="E9" s="12"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
+      <c r="O9" s="12"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="12"/>
+      <c r="R9" s="12"/>
+      <c r="S9" s="12"/>
+      <c r="T9" s="12"/>
+      <c r="U9" s="12"/>
+      <c r="V9" s="12"/>
+      <c r="W9" s="12"/>
+      <c r="X9" s="12"/>
+      <c r="Y9" s="12"/>
+      <c r="Z9" s="12"/>
+      <c r="AA9" s="12"/>
+      <c r="AB9" s="12"/>
+      <c r="AC9" s="12"/>
+      <c r="AD9" s="12"/>
+      <c r="AE9" s="12"/>
+      <c r="AF9" s="12"/>
+      <c r="AG9" s="12"/>
+      <c r="AH9" s="12"/>
+      <c r="AI9" s="12"/>
+      <c r="AJ9" s="12"/>
+      <c r="AK9" s="12"/>
     </row>
     <row r="10" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D10" s="11" t="s">
+      <c r="B10" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D10" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="E10" s="11"/>
-[...31 lines deleted...]
-      <c r="AK10" s="11"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="12"/>
+      <c r="N10" s="12"/>
+      <c r="O10" s="12"/>
+      <c r="P10" s="12"/>
+      <c r="Q10" s="12"/>
+      <c r="R10" s="12"/>
+      <c r="S10" s="12"/>
+      <c r="T10" s="12"/>
+      <c r="U10" s="12"/>
+      <c r="V10" s="12"/>
+      <c r="W10" s="12"/>
+      <c r="X10" s="12"/>
+      <c r="Y10" s="12"/>
+      <c r="Z10" s="12"/>
+      <c r="AA10" s="12"/>
+      <c r="AB10" s="12"/>
+      <c r="AC10" s="12"/>
+      <c r="AD10" s="12"/>
+      <c r="AE10" s="12"/>
+      <c r="AF10" s="12"/>
+      <c r="AG10" s="12"/>
+      <c r="AH10" s="12"/>
+      <c r="AI10" s="12"/>
+      <c r="AJ10" s="12"/>
+      <c r="AK10" s="12"/>
     </row>
     <row r="11" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="11" t="s">
+      <c r="B11" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D11" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="11"/>
-[...31 lines deleted...]
-      <c r="AK11" s="11"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
+      <c r="N11" s="12"/>
+      <c r="O11" s="12"/>
+      <c r="P11" s="12"/>
+      <c r="Q11" s="12"/>
+      <c r="R11" s="12"/>
+      <c r="S11" s="12"/>
+      <c r="T11" s="12"/>
+      <c r="U11" s="12"/>
+      <c r="V11" s="12"/>
+      <c r="W11" s="12"/>
+      <c r="X11" s="12"/>
+      <c r="Y11" s="12"/>
+      <c r="Z11" s="12"/>
+      <c r="AA11" s="12"/>
+      <c r="AB11" s="12"/>
+      <c r="AC11" s="12"/>
+      <c r="AD11" s="12"/>
+      <c r="AE11" s="12"/>
+      <c r="AF11" s="12"/>
+      <c r="AG11" s="12"/>
+      <c r="AH11" s="12"/>
+      <c r="AI11" s="12"/>
+      <c r="AJ11" s="12"/>
+      <c r="AK11" s="12"/>
     </row>
     <row r="12" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B12" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="11" t="s">
+      <c r="B12" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="11"/>
-[...31 lines deleted...]
-      <c r="AK12" s="11"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="12"/>
+      <c r="K12" s="12"/>
+      <c r="L12" s="12"/>
+      <c r="M12" s="12"/>
+      <c r="N12" s="12"/>
+      <c r="O12" s="12"/>
+      <c r="P12" s="12"/>
+      <c r="Q12" s="12"/>
+      <c r="R12" s="12"/>
+      <c r="S12" s="12"/>
+      <c r="T12" s="12"/>
+      <c r="U12" s="12"/>
+      <c r="V12" s="12"/>
+      <c r="W12" s="12"/>
+      <c r="X12" s="12"/>
+      <c r="Y12" s="12"/>
+      <c r="Z12" s="12"/>
+      <c r="AA12" s="12"/>
+      <c r="AB12" s="12"/>
+      <c r="AC12" s="12"/>
+      <c r="AD12" s="12"/>
+      <c r="AE12" s="12"/>
+      <c r="AF12" s="12"/>
+      <c r="AG12" s="12"/>
+      <c r="AH12" s="12"/>
+      <c r="AI12" s="12"/>
+      <c r="AJ12" s="12"/>
+      <c r="AK12" s="12"/>
     </row>
     <row r="13" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B13" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="11" t="s">
+      <c r="B13" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D13" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="11" t="s">
+      <c r="E13" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F13" s="11"/>
-[...30 lines deleted...]
-      <c r="AK13" s="11"/>
+      <c r="F13" s="12"/>
+      <c r="G13" s="12"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="12"/>
+      <c r="K13" s="12"/>
+      <c r="L13" s="12"/>
+      <c r="M13" s="12"/>
+      <c r="N13" s="12"/>
+      <c r="O13" s="12"/>
+      <c r="P13" s="12"/>
+      <c r="Q13" s="12"/>
+      <c r="R13" s="12"/>
+      <c r="S13" s="12"/>
+      <c r="T13" s="12"/>
+      <c r="U13" s="12"/>
+      <c r="V13" s="12"/>
+      <c r="W13" s="12"/>
+      <c r="X13" s="12"/>
+      <c r="Y13" s="12"/>
+      <c r="Z13" s="12"/>
+      <c r="AA13" s="12"/>
+      <c r="AB13" s="12"/>
+      <c r="AC13" s="12"/>
+      <c r="AD13" s="12"/>
+      <c r="AE13" s="12"/>
+      <c r="AF13" s="12"/>
+      <c r="AG13" s="12"/>
+      <c r="AH13" s="12"/>
+      <c r="AI13" s="12"/>
+      <c r="AJ13" s="12"/>
+      <c r="AK13" s="12"/>
     </row>
     <row r="14" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D14" s="9" t="s">
+      <c r="B14" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D14" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="E14" s="9"/>
-      <c r="F14" s="9">
+      <c r="E14" s="10"/>
+      <c r="F14" s="10">
         <v>0</v>
       </c>
-      <c r="G14" s="9">
+      <c r="G14" s="10">
         <v>0</v>
       </c>
-      <c r="H14" s="9"/>
-[...3 lines deleted...]
-      <c r="L14" s="9">
+      <c r="H14" s="10"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="10"/>
+      <c r="K14" s="10"/>
+      <c r="L14" s="10">
         <v>0</v>
       </c>
-      <c r="M14" s="9"/>
-      <c r="N14" s="9">
+      <c r="M14" s="10"/>
+      <c r="N14" s="10">
         <v>0</v>
       </c>
-      <c r="O14" s="9"/>
-[...2 lines deleted...]
-      <c r="R14" s="9">
+      <c r="O14" s="10"/>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="10"/>
+      <c r="R14" s="10">
         <v>0</v>
       </c>
-      <c r="S14" s="9"/>
-      <c r="T14" s="29">
+      <c r="S14" s="10"/>
+      <c r="T14" s="30">
         <v>0</v>
       </c>
-      <c r="U14" s="29">
+      <c r="U14" s="30">
         <v>0</v>
       </c>
-      <c r="V14" s="9"/>
-[...14 lines deleted...]
-      <c r="AK14" s="9"/>
+      <c r="V14" s="10"/>
+      <c r="W14" s="10"/>
+      <c r="X14" s="10"/>
+      <c r="Y14" s="10"/>
+      <c r="Z14" s="10"/>
+      <c r="AA14" s="10"/>
+      <c r="AB14" s="10"/>
+      <c r="AC14" s="10"/>
+      <c r="AD14" s="10"/>
+      <c r="AE14" s="10"/>
+      <c r="AF14" s="10"/>
+      <c r="AG14" s="10"/>
+      <c r="AH14" s="10"/>
+      <c r="AI14" s="10"/>
+      <c r="AJ14" s="10"/>
+      <c r="AK14" s="10"/>
     </row>
     <row r="15" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B15" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D15" s="11" t="s">
+      <c r="B15" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="11"/>
-[...31 lines deleted...]
-      <c r="AK15" s="11"/>
+      <c r="E15" s="12"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="12"/>
+      <c r="L15" s="12"/>
+      <c r="M15" s="12"/>
+      <c r="N15" s="12"/>
+      <c r="O15" s="12"/>
+      <c r="P15" s="12"/>
+      <c r="Q15" s="12"/>
+      <c r="R15" s="12"/>
+      <c r="S15" s="12"/>
+      <c r="T15" s="12"/>
+      <c r="U15" s="12"/>
+      <c r="V15" s="12"/>
+      <c r="W15" s="12"/>
+      <c r="X15" s="12"/>
+      <c r="Y15" s="12"/>
+      <c r="Z15" s="12"/>
+      <c r="AA15" s="12"/>
+      <c r="AB15" s="12"/>
+      <c r="AC15" s="12"/>
+      <c r="AD15" s="12"/>
+      <c r="AE15" s="12"/>
+      <c r="AF15" s="12"/>
+      <c r="AG15" s="12"/>
+      <c r="AH15" s="12"/>
+      <c r="AI15" s="12"/>
+      <c r="AJ15" s="12"/>
+      <c r="AK15" s="12"/>
     </row>
     <row r="16" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B16" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D16" s="11" t="s">
+      <c r="B16" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="E16" s="11"/>
-[...31 lines deleted...]
-      <c r="AK16" s="11"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="12"/>
+      <c r="K16" s="12"/>
+      <c r="L16" s="12"/>
+      <c r="M16" s="12"/>
+      <c r="N16" s="12"/>
+      <c r="O16" s="12"/>
+      <c r="P16" s="12"/>
+      <c r="Q16" s="12"/>
+      <c r="R16" s="12"/>
+      <c r="S16" s="12"/>
+      <c r="T16" s="12"/>
+      <c r="U16" s="12"/>
+      <c r="V16" s="12"/>
+      <c r="W16" s="12"/>
+      <c r="X16" s="12"/>
+      <c r="Y16" s="12"/>
+      <c r="Z16" s="12"/>
+      <c r="AA16" s="12"/>
+      <c r="AB16" s="12"/>
+      <c r="AC16" s="12"/>
+      <c r="AD16" s="12"/>
+      <c r="AE16" s="12"/>
+      <c r="AF16" s="12"/>
+      <c r="AG16" s="12"/>
+      <c r="AH16" s="12"/>
+      <c r="AI16" s="12"/>
+      <c r="AJ16" s="12"/>
+      <c r="AK16" s="12"/>
     </row>
     <row r="17" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B17" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D17" s="11" t="s">
+      <c r="B17" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="E17" s="11"/>
-[...31 lines deleted...]
-      <c r="AK17" s="11"/>
+      <c r="E17" s="12"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="12"/>
+      <c r="J17" s="12"/>
+      <c r="K17" s="12"/>
+      <c r="L17" s="12"/>
+      <c r="M17" s="12"/>
+      <c r="N17" s="12"/>
+      <c r="O17" s="12"/>
+      <c r="P17" s="12"/>
+      <c r="Q17" s="12"/>
+      <c r="R17" s="12"/>
+      <c r="S17" s="12"/>
+      <c r="T17" s="12"/>
+      <c r="U17" s="12"/>
+      <c r="V17" s="12"/>
+      <c r="W17" s="12"/>
+      <c r="X17" s="12"/>
+      <c r="Y17" s="12"/>
+      <c r="Z17" s="12"/>
+      <c r="AA17" s="12"/>
+      <c r="AB17" s="12"/>
+      <c r="AC17" s="12"/>
+      <c r="AD17" s="12"/>
+      <c r="AE17" s="12"/>
+      <c r="AF17" s="12"/>
+      <c r="AG17" s="12"/>
+      <c r="AH17" s="12"/>
+      <c r="AI17" s="12"/>
+      <c r="AJ17" s="12"/>
+      <c r="AK17" s="12"/>
     </row>
     <row r="18" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B18" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D18" s="11" t="s">
+      <c r="B18" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D18" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E18" s="11"/>
-[...31 lines deleted...]
-      <c r="AK18" s="11"/>
+      <c r="E18" s="12"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="12"/>
+      <c r="M18" s="12"/>
+      <c r="N18" s="12"/>
+      <c r="O18" s="12"/>
+      <c r="P18" s="12"/>
+      <c r="Q18" s="12"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="12"/>
+      <c r="U18" s="12"/>
+      <c r="V18" s="12"/>
+      <c r="W18" s="12"/>
+      <c r="X18" s="12"/>
+      <c r="Y18" s="12"/>
+      <c r="Z18" s="12"/>
+      <c r="AA18" s="12"/>
+      <c r="AB18" s="12"/>
+      <c r="AC18" s="12"/>
+      <c r="AD18" s="12"/>
+      <c r="AE18" s="12"/>
+      <c r="AF18" s="12"/>
+      <c r="AG18" s="12"/>
+      <c r="AH18" s="12"/>
+      <c r="AI18" s="12"/>
+      <c r="AJ18" s="12"/>
+      <c r="AK18" s="12"/>
     </row>
     <row r="19" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B19" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D19" s="11" t="s">
+      <c r="B19" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D19" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="E19" s="11"/>
-[...31 lines deleted...]
-      <c r="AK19" s="11"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12"/>
+      <c r="L19" s="12"/>
+      <c r="M19" s="12"/>
+      <c r="N19" s="12"/>
+      <c r="O19" s="12"/>
+      <c r="P19" s="12"/>
+      <c r="Q19" s="12"/>
+      <c r="R19" s="12"/>
+      <c r="S19" s="12"/>
+      <c r="T19" s="12"/>
+      <c r="U19" s="12"/>
+      <c r="V19" s="12"/>
+      <c r="W19" s="12"/>
+      <c r="X19" s="12"/>
+      <c r="Y19" s="12"/>
+      <c r="Z19" s="12"/>
+      <c r="AA19" s="12"/>
+      <c r="AB19" s="12"/>
+      <c r="AC19" s="12"/>
+      <c r="AD19" s="12"/>
+      <c r="AE19" s="12"/>
+      <c r="AF19" s="12"/>
+      <c r="AG19" s="12"/>
+      <c r="AH19" s="12"/>
+      <c r="AI19" s="12"/>
+      <c r="AJ19" s="12"/>
+      <c r="AK19" s="12"/>
     </row>
     <row r="20" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B20" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D20" s="11" t="s">
+      <c r="B20" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D20" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="E20" s="11"/>
-[...31 lines deleted...]
-      <c r="AK20" s="11"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="12"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="12"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="12"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="12"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="12"/>
+      <c r="V20" s="12"/>
+      <c r="W20" s="12"/>
+      <c r="X20" s="12"/>
+      <c r="Y20" s="12"/>
+      <c r="Z20" s="12"/>
+      <c r="AA20" s="12"/>
+      <c r="AB20" s="12"/>
+      <c r="AC20" s="12"/>
+      <c r="AD20" s="12"/>
+      <c r="AE20" s="12"/>
+      <c r="AF20" s="12"/>
+      <c r="AG20" s="12"/>
+      <c r="AH20" s="12"/>
+      <c r="AI20" s="12"/>
+      <c r="AJ20" s="12"/>
+      <c r="AK20" s="12"/>
     </row>
     <row r="21" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B21" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D21" s="11" t="s">
+      <c r="B21" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E21" s="11" t="s">
+      <c r="E21" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F21" s="11"/>
-[...30 lines deleted...]
-      <c r="AK21" s="11"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="12"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="12"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="12"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="12"/>
+      <c r="V21" s="12"/>
+      <c r="W21" s="12"/>
+      <c r="X21" s="12"/>
+      <c r="Y21" s="12"/>
+      <c r="Z21" s="12"/>
+      <c r="AA21" s="12"/>
+      <c r="AB21" s="12"/>
+      <c r="AC21" s="12"/>
+      <c r="AD21" s="12"/>
+      <c r="AE21" s="12"/>
+      <c r="AF21" s="12"/>
+      <c r="AG21" s="12"/>
+      <c r="AH21" s="12"/>
+      <c r="AI21" s="12"/>
+      <c r="AJ21" s="12"/>
+      <c r="AK21" s="12"/>
     </row>
     <row r="22" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B22" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D22" s="9" t="s">
+      <c r="B22" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D22" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="E22" s="9"/>
-      <c r="F22" s="9">
+      <c r="E22" s="10"/>
+      <c r="F22" s="10">
         <v>0</v>
       </c>
-      <c r="G22" s="9">
+      <c r="G22" s="10">
         <v>0</v>
       </c>
-      <c r="H22" s="9"/>
-[...3 lines deleted...]
-      <c r="L22" s="9">
+      <c r="H22" s="10"/>
+      <c r="I22" s="10"/>
+      <c r="J22" s="10"/>
+      <c r="K22" s="10"/>
+      <c r="L22" s="10">
         <v>0</v>
       </c>
-      <c r="M22" s="9"/>
-      <c r="N22" s="9">
+      <c r="M22" s="10"/>
+      <c r="N22" s="10">
         <v>0</v>
       </c>
-      <c r="O22" s="9"/>
-[...2 lines deleted...]
-      <c r="R22" s="9">
+      <c r="O22" s="10"/>
+      <c r="P22" s="10"/>
+      <c r="Q22" s="10"/>
+      <c r="R22" s="10">
         <v>0</v>
       </c>
-      <c r="S22" s="9"/>
-      <c r="T22" s="29">
+      <c r="S22" s="10"/>
+      <c r="T22" s="30">
         <v>0</v>
       </c>
-      <c r="U22" s="29">
+      <c r="U22" s="30">
         <v>0</v>
       </c>
-      <c r="V22" s="9"/>
-[...14 lines deleted...]
-      <c r="AK22" s="9"/>
+      <c r="V22" s="10"/>
+      <c r="W22" s="10"/>
+      <c r="X22" s="10"/>
+      <c r="Y22" s="10"/>
+      <c r="Z22" s="10"/>
+      <c r="AA22" s="10"/>
+      <c r="AB22" s="10"/>
+      <c r="AC22" s="10"/>
+      <c r="AD22" s="10"/>
+      <c r="AE22" s="10"/>
+      <c r="AF22" s="10"/>
+      <c r="AG22" s="10"/>
+      <c r="AH22" s="10"/>
+      <c r="AI22" s="10"/>
+      <c r="AJ22" s="10"/>
+      <c r="AK22" s="10"/>
     </row>
     <row r="23" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B23" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="11" t="s">
+      <c r="B23" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D23" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="E23" s="11"/>
-[...31 lines deleted...]
-      <c r="AK23" s="11"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="12"/>
+      <c r="N23" s="12"/>
+      <c r="O23" s="12"/>
+      <c r="P23" s="12"/>
+      <c r="Q23" s="12"/>
+      <c r="R23" s="12"/>
+      <c r="S23" s="12"/>
+      <c r="T23" s="12"/>
+      <c r="U23" s="12"/>
+      <c r="V23" s="12"/>
+      <c r="W23" s="12"/>
+      <c r="X23" s="12"/>
+      <c r="Y23" s="12"/>
+      <c r="Z23" s="12"/>
+      <c r="AA23" s="12"/>
+      <c r="AB23" s="12"/>
+      <c r="AC23" s="12"/>
+      <c r="AD23" s="12"/>
+      <c r="AE23" s="12"/>
+      <c r="AF23" s="12"/>
+      <c r="AG23" s="12"/>
+      <c r="AH23" s="12"/>
+      <c r="AI23" s="12"/>
+      <c r="AJ23" s="12"/>
+      <c r="AK23" s="12"/>
     </row>
     <row r="24" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B24" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="11" t="s">
+      <c r="B24" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D24" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="E24" s="11"/>
-[...31 lines deleted...]
-      <c r="AK24" s="11"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="12"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="12"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="12"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="12"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="12"/>
+      <c r="V24" s="12"/>
+      <c r="W24" s="12"/>
+      <c r="X24" s="12"/>
+      <c r="Y24" s="12"/>
+      <c r="Z24" s="12"/>
+      <c r="AA24" s="12"/>
+      <c r="AB24" s="12"/>
+      <c r="AC24" s="12"/>
+      <c r="AD24" s="12"/>
+      <c r="AE24" s="12"/>
+      <c r="AF24" s="12"/>
+      <c r="AG24" s="12"/>
+      <c r="AH24" s="12"/>
+      <c r="AI24" s="12"/>
+      <c r="AJ24" s="12"/>
+      <c r="AK24" s="12"/>
     </row>
     <row r="25" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B25" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D25" s="11" t="s">
+      <c r="B25" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D25" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="E25" s="11"/>
-[...31 lines deleted...]
-      <c r="AK25" s="11"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="12"/>
+      <c r="M25" s="12"/>
+      <c r="N25" s="12"/>
+      <c r="O25" s="12"/>
+      <c r="P25" s="12"/>
+      <c r="Q25" s="12"/>
+      <c r="R25" s="12"/>
+      <c r="S25" s="12"/>
+      <c r="T25" s="12"/>
+      <c r="U25" s="12"/>
+      <c r="V25" s="12"/>
+      <c r="W25" s="12"/>
+      <c r="X25" s="12"/>
+      <c r="Y25" s="12"/>
+      <c r="Z25" s="12"/>
+      <c r="AA25" s="12"/>
+      <c r="AB25" s="12"/>
+      <c r="AC25" s="12"/>
+      <c r="AD25" s="12"/>
+      <c r="AE25" s="12"/>
+      <c r="AF25" s="12"/>
+      <c r="AG25" s="12"/>
+      <c r="AH25" s="12"/>
+      <c r="AI25" s="12"/>
+      <c r="AJ25" s="12"/>
+      <c r="AK25" s="12"/>
     </row>
     <row r="26" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B26" s="37" t="s">
-        <v>430</v>
+        <v>5</v>
       </c>
       <c r="C26" s="37" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="37" t="s">
         <v>86</v>
       </c>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="37"/>
       <c r="I26" s="37"/>
       <c r="J26" s="37"/>
       <c r="K26" s="37"/>
       <c r="L26" s="37"/>
       <c r="M26" s="37"/>
       <c r="N26" s="37"/>
       <c r="O26" s="37"/>
       <c r="P26" s="37"/>
       <c r="Q26" s="37"/>
       <c r="R26" s="37"/>
       <c r="S26" s="37"/>
       <c r="T26" s="37"/>
       <c r="U26" s="37"/>
       <c r="V26" s="37"/>
       <c r="W26" s="37"/>
       <c r="X26" s="37"/>
       <c r="Y26" s="37"/>
       <c r="Z26" s="37"/>
       <c r="AA26" s="37"/>
       <c r="AB26" s="37"/>
       <c r="AC26" s="37"/>
       <c r="AD26" s="37"/>
       <c r="AE26" s="37"/>
       <c r="AF26" s="37"/>
       <c r="AG26" s="37"/>
       <c r="AH26" s="37"/>
       <c r="AI26" s="37"/>
       <c r="AJ26" s="37"/>
       <c r="AK26" s="37"/>
     </row>
     <row r="27" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B27" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D27" s="11" t="s">
+      <c r="B27" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D27" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="E27" s="11"/>
-[...31 lines deleted...]
-      <c r="AK27" s="11"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+      <c r="M27" s="12"/>
+      <c r="N27" s="12"/>
+      <c r="O27" s="12"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="12"/>
+      <c r="R27" s="12"/>
+      <c r="S27" s="12"/>
+      <c r="T27" s="12"/>
+      <c r="U27" s="12"/>
+      <c r="V27" s="12"/>
+      <c r="W27" s="12"/>
+      <c r="X27" s="12"/>
+      <c r="Y27" s="12"/>
+      <c r="Z27" s="12"/>
+      <c r="AA27" s="12"/>
+      <c r="AB27" s="12"/>
+      <c r="AC27" s="12"/>
+      <c r="AD27" s="12"/>
+      <c r="AE27" s="12"/>
+      <c r="AF27" s="12"/>
+      <c r="AG27" s="12"/>
+      <c r="AH27" s="12"/>
+      <c r="AI27" s="12"/>
+      <c r="AJ27" s="12"/>
+      <c r="AK27" s="12"/>
     </row>
     <row r="28" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B28" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D28" s="11" t="s">
+      <c r="B28" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D28" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="E28" s="11"/>
-[...31 lines deleted...]
-      <c r="AK28" s="11"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
+      <c r="N28" s="12"/>
+      <c r="O28" s="12"/>
+      <c r="P28" s="12"/>
+      <c r="Q28" s="12"/>
+      <c r="R28" s="12"/>
+      <c r="S28" s="12"/>
+      <c r="T28" s="12"/>
+      <c r="U28" s="12"/>
+      <c r="V28" s="12"/>
+      <c r="W28" s="12"/>
+      <c r="X28" s="12"/>
+      <c r="Y28" s="12"/>
+      <c r="Z28" s="12"/>
+      <c r="AA28" s="12"/>
+      <c r="AB28" s="12"/>
+      <c r="AC28" s="12"/>
+      <c r="AD28" s="12"/>
+      <c r="AE28" s="12"/>
+      <c r="AF28" s="12"/>
+      <c r="AG28" s="12"/>
+      <c r="AH28" s="12"/>
+      <c r="AI28" s="12"/>
+      <c r="AJ28" s="12"/>
+      <c r="AK28" s="12"/>
     </row>
     <row r="29" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B29" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="11" t="s">
+      <c r="B29" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D29" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="E29" s="11"/>
-[...31 lines deleted...]
-      <c r="AK29" s="11"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="12"/>
+      <c r="M29" s="12"/>
+      <c r="N29" s="12"/>
+      <c r="O29" s="12"/>
+      <c r="P29" s="12"/>
+      <c r="Q29" s="12"/>
+      <c r="R29" s="12"/>
+      <c r="S29" s="12"/>
+      <c r="T29" s="12"/>
+      <c r="U29" s="12"/>
+      <c r="V29" s="12"/>
+      <c r="W29" s="12"/>
+      <c r="X29" s="12"/>
+      <c r="Y29" s="12"/>
+      <c r="Z29" s="12"/>
+      <c r="AA29" s="12"/>
+      <c r="AB29" s="12"/>
+      <c r="AC29" s="12"/>
+      <c r="AD29" s="12"/>
+      <c r="AE29" s="12"/>
+      <c r="AF29" s="12"/>
+      <c r="AG29" s="12"/>
+      <c r="AH29" s="12"/>
+      <c r="AI29" s="12"/>
+      <c r="AJ29" s="12"/>
+      <c r="AK29" s="12"/>
     </row>
     <row r="30" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B30" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D30" s="11" t="s">
+      <c r="B30" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D30" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E30" s="11" t="s">
+      <c r="E30" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F30" s="11"/>
-[...30 lines deleted...]
-      <c r="AK30" s="11"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12"/>
+      <c r="L30" s="12"/>
+      <c r="M30" s="12"/>
+      <c r="N30" s="12"/>
+      <c r="O30" s="12"/>
+      <c r="P30" s="12"/>
+      <c r="Q30" s="12"/>
+      <c r="R30" s="12"/>
+      <c r="S30" s="12"/>
+      <c r="T30" s="12"/>
+      <c r="U30" s="12"/>
+      <c r="V30" s="12"/>
+      <c r="W30" s="12"/>
+      <c r="X30" s="12"/>
+      <c r="Y30" s="12"/>
+      <c r="Z30" s="12"/>
+      <c r="AA30" s="12"/>
+      <c r="AB30" s="12"/>
+      <c r="AC30" s="12"/>
+      <c r="AD30" s="12"/>
+      <c r="AE30" s="12"/>
+      <c r="AF30" s="12"/>
+      <c r="AG30" s="12"/>
+      <c r="AH30" s="12"/>
+      <c r="AI30" s="12"/>
+      <c r="AJ30" s="12"/>
+      <c r="AK30" s="12"/>
     </row>
     <row r="31" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B31" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D31" s="9" t="s">
+      <c r="B31" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D31" s="10" t="s">
         <v>99</v>
       </c>
-      <c r="E31" s="9"/>
-      <c r="F31" s="9">
+      <c r="E31" s="10"/>
+      <c r="F31" s="10">
         <v>0</v>
       </c>
-      <c r="G31" s="9">
+      <c r="G31" s="10">
         <v>0</v>
       </c>
-      <c r="H31" s="9"/>
-[...3 lines deleted...]
-      <c r="L31" s="29">
+      <c r="H31" s="10"/>
+      <c r="I31" s="10"/>
+      <c r="J31" s="10"/>
+      <c r="K31" s="10"/>
+      <c r="L31" s="30">
         <v>0</v>
       </c>
-      <c r="M31" s="9"/>
-      <c r="N31" s="9">
+      <c r="M31" s="10"/>
+      <c r="N31" s="10">
         <v>0</v>
       </c>
-      <c r="O31" s="9"/>
-[...2 lines deleted...]
-      <c r="R31" s="9">
+      <c r="O31" s="10"/>
+      <c r="P31" s="10"/>
+      <c r="Q31" s="10"/>
+      <c r="R31" s="10">
         <v>0</v>
       </c>
-      <c r="S31" s="9"/>
-      <c r="T31" s="29">
+      <c r="S31" s="10"/>
+      <c r="T31" s="30">
         <v>0</v>
       </c>
-      <c r="U31" s="29">
+      <c r="U31" s="30">
         <v>0</v>
       </c>
-      <c r="V31" s="9"/>
-[...14 lines deleted...]
-      <c r="AK31" s="9"/>
+      <c r="V31" s="10"/>
+      <c r="W31" s="10"/>
+      <c r="X31" s="10"/>
+      <c r="Y31" s="10"/>
+      <c r="Z31" s="10"/>
+      <c r="AA31" s="10"/>
+      <c r="AB31" s="10"/>
+      <c r="AC31" s="10"/>
+      <c r="AD31" s="10"/>
+      <c r="AE31" s="10"/>
+      <c r="AF31" s="10"/>
+      <c r="AG31" s="10"/>
+      <c r="AH31" s="10"/>
+      <c r="AI31" s="10"/>
+      <c r="AJ31" s="10"/>
+      <c r="AK31" s="10"/>
     </row>
     <row r="32" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B32" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D32" s="11" t="s">
+      <c r="B32" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D32" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="E32" s="11"/>
-[...31 lines deleted...]
-      <c r="AK32" s="11"/>
+      <c r="E32" s="12"/>
+      <c r="F32" s="12"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="12"/>
+      <c r="K32" s="12"/>
+      <c r="L32" s="12"/>
+      <c r="M32" s="12"/>
+      <c r="N32" s="12"/>
+      <c r="O32" s="12"/>
+      <c r="P32" s="12"/>
+      <c r="Q32" s="12"/>
+      <c r="R32" s="12"/>
+      <c r="S32" s="12"/>
+      <c r="T32" s="12"/>
+      <c r="U32" s="12"/>
+      <c r="V32" s="12"/>
+      <c r="W32" s="12"/>
+      <c r="X32" s="12"/>
+      <c r="Y32" s="12"/>
+      <c r="Z32" s="12"/>
+      <c r="AA32" s="12"/>
+      <c r="AB32" s="12"/>
+      <c r="AC32" s="12"/>
+      <c r="AD32" s="12"/>
+      <c r="AE32" s="12"/>
+      <c r="AF32" s="12"/>
+      <c r="AG32" s="12"/>
+      <c r="AH32" s="12"/>
+      <c r="AI32" s="12"/>
+      <c r="AJ32" s="12"/>
+      <c r="AK32" s="12"/>
     </row>
     <row r="33" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B33" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D33" s="11" t="s">
+      <c r="B33" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D33" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="E33" s="11"/>
-[...31 lines deleted...]
-      <c r="AK33" s="11"/>
+      <c r="E33" s="12"/>
+      <c r="F33" s="12"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="12"/>
+      <c r="J33" s="12"/>
+      <c r="K33" s="12"/>
+      <c r="L33" s="12"/>
+      <c r="M33" s="12"/>
+      <c r="N33" s="12"/>
+      <c r="O33" s="12"/>
+      <c r="P33" s="12"/>
+      <c r="Q33" s="12"/>
+      <c r="R33" s="12"/>
+      <c r="S33" s="12"/>
+      <c r="T33" s="12"/>
+      <c r="U33" s="12"/>
+      <c r="V33" s="12"/>
+      <c r="W33" s="12"/>
+      <c r="X33" s="12"/>
+      <c r="Y33" s="12"/>
+      <c r="Z33" s="12"/>
+      <c r="AA33" s="12"/>
+      <c r="AB33" s="12"/>
+      <c r="AC33" s="12"/>
+      <c r="AD33" s="12"/>
+      <c r="AE33" s="12"/>
+      <c r="AF33" s="12"/>
+      <c r="AG33" s="12"/>
+      <c r="AH33" s="12"/>
+      <c r="AI33" s="12"/>
+      <c r="AJ33" s="12"/>
+      <c r="AK33" s="12"/>
     </row>
     <row r="34" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B34" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D34" s="11" t="s">
+      <c r="B34" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D34" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="E34" s="11"/>
-[...31 lines deleted...]
-      <c r="AK34" s="11"/>
+      <c r="E34" s="12"/>
+      <c r="F34" s="12"/>
+      <c r="G34" s="12"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="12"/>
+      <c r="K34" s="12"/>
+      <c r="L34" s="12"/>
+      <c r="M34" s="12"/>
+      <c r="N34" s="12"/>
+      <c r="O34" s="12"/>
+      <c r="P34" s="12"/>
+      <c r="Q34" s="12"/>
+      <c r="R34" s="12"/>
+      <c r="S34" s="12"/>
+      <c r="T34" s="12"/>
+      <c r="U34" s="12"/>
+      <c r="V34" s="12"/>
+      <c r="W34" s="12"/>
+      <c r="X34" s="12"/>
+      <c r="Y34" s="12"/>
+      <c r="Z34" s="12"/>
+      <c r="AA34" s="12"/>
+      <c r="AB34" s="12"/>
+      <c r="AC34" s="12"/>
+      <c r="AD34" s="12"/>
+      <c r="AE34" s="12"/>
+      <c r="AF34" s="12"/>
+      <c r="AG34" s="12"/>
+      <c r="AH34" s="12"/>
+      <c r="AI34" s="12"/>
+      <c r="AJ34" s="12"/>
+      <c r="AK34" s="12"/>
     </row>
     <row r="35" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B35" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D35" s="11" t="s">
+      <c r="B35" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D35" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="E35" s="11"/>
-[...31 lines deleted...]
-      <c r="AK35" s="11"/>
+      <c r="E35" s="12"/>
+      <c r="F35" s="12"/>
+      <c r="G35" s="12"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="12"/>
+      <c r="J35" s="12"/>
+      <c r="K35" s="12"/>
+      <c r="L35" s="12"/>
+      <c r="M35" s="12"/>
+      <c r="N35" s="12"/>
+      <c r="O35" s="12"/>
+      <c r="P35" s="12"/>
+      <c r="Q35" s="12"/>
+      <c r="R35" s="12"/>
+      <c r="S35" s="12"/>
+      <c r="T35" s="12"/>
+      <c r="U35" s="12"/>
+      <c r="V35" s="12"/>
+      <c r="W35" s="12"/>
+      <c r="X35" s="12"/>
+      <c r="Y35" s="12"/>
+      <c r="Z35" s="12"/>
+      <c r="AA35" s="12"/>
+      <c r="AB35" s="12"/>
+      <c r="AC35" s="12"/>
+      <c r="AD35" s="12"/>
+      <c r="AE35" s="12"/>
+      <c r="AF35" s="12"/>
+      <c r="AG35" s="12"/>
+      <c r="AH35" s="12"/>
+      <c r="AI35" s="12"/>
+      <c r="AJ35" s="12"/>
+      <c r="AK35" s="12"/>
     </row>
     <row r="36" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B36" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D36" s="11" t="s">
+      <c r="B36" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D36" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E36" s="11" t="s">
+      <c r="E36" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F36" s="11"/>
-[...30 lines deleted...]
-      <c r="AK36" s="11"/>
+      <c r="F36" s="12"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="12"/>
+      <c r="K36" s="12"/>
+      <c r="L36" s="12"/>
+      <c r="M36" s="12"/>
+      <c r="N36" s="12"/>
+      <c r="O36" s="12"/>
+      <c r="P36" s="12"/>
+      <c r="Q36" s="12"/>
+      <c r="R36" s="12"/>
+      <c r="S36" s="12"/>
+      <c r="T36" s="12"/>
+      <c r="U36" s="12"/>
+      <c r="V36" s="12"/>
+      <c r="W36" s="12"/>
+      <c r="X36" s="12"/>
+      <c r="Y36" s="12"/>
+      <c r="Z36" s="12"/>
+      <c r="AA36" s="12"/>
+      <c r="AB36" s="12"/>
+      <c r="AC36" s="12"/>
+      <c r="AD36" s="12"/>
+      <c r="AE36" s="12"/>
+      <c r="AF36" s="12"/>
+      <c r="AG36" s="12"/>
+      <c r="AH36" s="12"/>
+      <c r="AI36" s="12"/>
+      <c r="AJ36" s="12"/>
+      <c r="AK36" s="12"/>
     </row>
     <row r="37" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B37" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D37" s="9" t="s">
+      <c r="B37" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D37" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="E37" s="9"/>
-[...3 lines deleted...]
-      <c r="G37" s="9">
+      <c r="E37" s="10"/>
+      <c r="F37" s="10">
+        <v>16387</v>
+      </c>
+      <c r="G37" s="10">
         <v>0</v>
       </c>
-      <c r="H37" s="9"/>
-[...3 lines deleted...]
-      <c r="L37" s="29">
+      <c r="H37" s="10"/>
+      <c r="I37" s="10"/>
+      <c r="J37" s="10"/>
+      <c r="K37" s="10"/>
+      <c r="L37" s="30">
         <v>0</v>
       </c>
-      <c r="M37" s="9"/>
-[...6 lines deleted...]
-      <c r="R37" s="9">
+      <c r="M37" s="10"/>
+      <c r="N37" s="10">
+        <v>8505</v>
+      </c>
+      <c r="O37" s="10"/>
+      <c r="P37" s="10"/>
+      <c r="Q37" s="10"/>
+      <c r="R37" s="10">
         <v>0</v>
       </c>
-      <c r="S37" s="9"/>
-[...21 lines deleted...]
-      <c r="AK37" s="9"/>
+      <c r="S37" s="10"/>
+      <c r="T37" s="10">
+        <v>5657</v>
+      </c>
+      <c r="U37" s="10">
+        <v>2225</v>
+      </c>
+      <c r="V37" s="10"/>
+      <c r="W37" s="10"/>
+      <c r="X37" s="10"/>
+      <c r="Y37" s="10"/>
+      <c r="Z37" s="10"/>
+      <c r="AA37" s="10"/>
+      <c r="AB37" s="10"/>
+      <c r="AC37" s="10"/>
+      <c r="AD37" s="10"/>
+      <c r="AE37" s="10"/>
+      <c r="AF37" s="10"/>
+      <c r="AG37" s="10"/>
+      <c r="AH37" s="10"/>
+      <c r="AI37" s="10"/>
+      <c r="AJ37" s="10"/>
+      <c r="AK37" s="10"/>
     </row>
     <row r="38" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B38" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D38" s="11" t="s">
+      <c r="B38" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D38" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="E38" s="11"/>
-[...31 lines deleted...]
-      <c r="AK38" s="11"/>
+      <c r="E38" s="12"/>
+      <c r="F38" s="12"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="12"/>
+      <c r="J38" s="12"/>
+      <c r="K38" s="12"/>
+      <c r="L38" s="12"/>
+      <c r="M38" s="12"/>
+      <c r="N38" s="12"/>
+      <c r="O38" s="12"/>
+      <c r="P38" s="12"/>
+      <c r="Q38" s="12"/>
+      <c r="R38" s="12"/>
+      <c r="S38" s="12"/>
+      <c r="T38" s="12"/>
+      <c r="U38" s="12"/>
+      <c r="V38" s="12"/>
+      <c r="W38" s="12"/>
+      <c r="X38" s="12"/>
+      <c r="Y38" s="12"/>
+      <c r="Z38" s="12"/>
+      <c r="AA38" s="12"/>
+      <c r="AB38" s="12"/>
+      <c r="AC38" s="12"/>
+      <c r="AD38" s="12"/>
+      <c r="AE38" s="12"/>
+      <c r="AF38" s="12"/>
+      <c r="AG38" s="12"/>
+      <c r="AH38" s="12"/>
+      <c r="AI38" s="12"/>
+      <c r="AJ38" s="12"/>
+      <c r="AK38" s="12"/>
     </row>
     <row r="39" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B39" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D39" s="11" t="s">
+      <c r="B39" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D39" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="E39" s="11"/>
-[...31 lines deleted...]
-      <c r="AK39" s="11"/>
+      <c r="E39" s="12"/>
+      <c r="F39" s="12"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="12"/>
+      <c r="K39" s="12"/>
+      <c r="L39" s="12"/>
+      <c r="M39" s="12"/>
+      <c r="N39" s="12"/>
+      <c r="O39" s="12"/>
+      <c r="P39" s="12"/>
+      <c r="Q39" s="12"/>
+      <c r="R39" s="12"/>
+      <c r="S39" s="12"/>
+      <c r="T39" s="12"/>
+      <c r="U39" s="12"/>
+      <c r="V39" s="12"/>
+      <c r="W39" s="12"/>
+      <c r="X39" s="12"/>
+      <c r="Y39" s="12"/>
+      <c r="Z39" s="12"/>
+      <c r="AA39" s="12"/>
+      <c r="AB39" s="12"/>
+      <c r="AC39" s="12"/>
+      <c r="AD39" s="12"/>
+      <c r="AE39" s="12"/>
+      <c r="AF39" s="12"/>
+      <c r="AG39" s="12"/>
+      <c r="AH39" s="12"/>
+      <c r="AI39" s="12"/>
+      <c r="AJ39" s="12"/>
+      <c r="AK39" s="12"/>
     </row>
     <row r="40" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B40" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D40" s="11" t="s">
+      <c r="B40" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C40" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D40" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="E40" s="11"/>
-[...31 lines deleted...]
-      <c r="AK40" s="11"/>
+      <c r="E40" s="12"/>
+      <c r="F40" s="12"/>
+      <c r="G40" s="12"/>
+      <c r="H40" s="12"/>
+      <c r="I40" s="12"/>
+      <c r="J40" s="12"/>
+      <c r="K40" s="12"/>
+      <c r="L40" s="12"/>
+      <c r="M40" s="12"/>
+      <c r="N40" s="12"/>
+      <c r="O40" s="12"/>
+      <c r="P40" s="12"/>
+      <c r="Q40" s="12"/>
+      <c r="R40" s="12"/>
+      <c r="S40" s="12"/>
+      <c r="T40" s="12"/>
+      <c r="U40" s="12"/>
+      <c r="V40" s="12"/>
+      <c r="W40" s="12"/>
+      <c r="X40" s="12"/>
+      <c r="Y40" s="12"/>
+      <c r="Z40" s="12"/>
+      <c r="AA40" s="12"/>
+      <c r="AB40" s="12"/>
+      <c r="AC40" s="12"/>
+      <c r="AD40" s="12"/>
+      <c r="AE40" s="12"/>
+      <c r="AF40" s="12"/>
+      <c r="AG40" s="12"/>
+      <c r="AH40" s="12"/>
+      <c r="AI40" s="12"/>
+      <c r="AJ40" s="12"/>
+      <c r="AK40" s="12"/>
     </row>
     <row r="41" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B41" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D41" s="11" t="s">
+      <c r="B41" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C41" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D41" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E41" s="11" t="s">
+      <c r="E41" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F41" s="11"/>
-[...30 lines deleted...]
-      <c r="AK41" s="11"/>
+      <c r="F41" s="12"/>
+      <c r="G41" s="12"/>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+      <c r="J41" s="12"/>
+      <c r="K41" s="12"/>
+      <c r="L41" s="12"/>
+      <c r="M41" s="12"/>
+      <c r="N41" s="12"/>
+      <c r="O41" s="12"/>
+      <c r="P41" s="12"/>
+      <c r="Q41" s="12"/>
+      <c r="R41" s="12"/>
+      <c r="S41" s="12"/>
+      <c r="T41" s="12"/>
+      <c r="U41" s="12"/>
+      <c r="V41" s="12"/>
+      <c r="W41" s="12"/>
+      <c r="X41" s="12"/>
+      <c r="Y41" s="12"/>
+      <c r="Z41" s="12"/>
+      <c r="AA41" s="12"/>
+      <c r="AB41" s="12"/>
+      <c r="AC41" s="12"/>
+      <c r="AD41" s="12"/>
+      <c r="AE41" s="12"/>
+      <c r="AF41" s="12"/>
+      <c r="AG41" s="12"/>
+      <c r="AH41" s="12"/>
+      <c r="AI41" s="12"/>
+      <c r="AJ41" s="12"/>
+      <c r="AK41" s="12"/>
     </row>
     <row r="42" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A42" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B42" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D42" s="9" t="s">
+      <c r="B42" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="E42" s="9"/>
-      <c r="F42" s="9">
+      <c r="E42" s="10"/>
+      <c r="F42" s="10">
         <v>0</v>
       </c>
-      <c r="G42" s="9">
+      <c r="G42" s="10">
         <v>0</v>
       </c>
-      <c r="H42" s="9"/>
-[...3 lines deleted...]
-      <c r="L42" s="29">
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="30">
         <v>0</v>
       </c>
-      <c r="M42" s="9"/>
-      <c r="N42" s="9">
+      <c r="M42" s="10"/>
+      <c r="N42" s="10">
         <v>0</v>
       </c>
-      <c r="O42" s="9"/>
-[...2 lines deleted...]
-      <c r="R42" s="9">
+      <c r="O42" s="10"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10">
         <v>0</v>
       </c>
-      <c r="S42" s="9"/>
-      <c r="T42" s="29">
+      <c r="S42" s="10"/>
+      <c r="T42" s="30">
         <v>0</v>
       </c>
-      <c r="U42" s="29">
+      <c r="U42" s="30">
         <v>0</v>
       </c>
-      <c r="V42" s="9"/>
-[...14 lines deleted...]
-      <c r="AK42" s="9"/>
+      <c r="V42" s="10"/>
+      <c r="W42" s="10"/>
+      <c r="X42" s="10"/>
+      <c r="Y42" s="10"/>
+      <c r="Z42" s="10"/>
+      <c r="AA42" s="10"/>
+      <c r="AB42" s="10"/>
+      <c r="AC42" s="10"/>
+      <c r="AD42" s="10"/>
+      <c r="AE42" s="10"/>
+      <c r="AF42" s="10"/>
+      <c r="AG42" s="10"/>
+      <c r="AH42" s="10"/>
+      <c r="AI42" s="10"/>
+      <c r="AJ42" s="10"/>
+      <c r="AK42" s="10"/>
     </row>
     <row r="43" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B43" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D43" s="11" t="s">
+      <c r="B43" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C43" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D43" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="E43" s="11"/>
-[...31 lines deleted...]
-      <c r="AK43" s="11"/>
+      <c r="E43" s="12"/>
+      <c r="F43" s="12"/>
+      <c r="G43" s="12"/>
+      <c r="H43" s="12"/>
+      <c r="I43" s="12"/>
+      <c r="J43" s="12"/>
+      <c r="K43" s="12"/>
+      <c r="L43" s="12"/>
+      <c r="M43" s="12"/>
+      <c r="N43" s="12"/>
+      <c r="O43" s="12"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="12"/>
+      <c r="S43" s="12"/>
+      <c r="T43" s="12"/>
+      <c r="U43" s="12"/>
+      <c r="V43" s="12"/>
+      <c r="W43" s="12"/>
+      <c r="X43" s="12"/>
+      <c r="Y43" s="12"/>
+      <c r="Z43" s="12"/>
+      <c r="AA43" s="12"/>
+      <c r="AB43" s="12"/>
+      <c r="AC43" s="12"/>
+      <c r="AD43" s="12"/>
+      <c r="AE43" s="12"/>
+      <c r="AF43" s="12"/>
+      <c r="AG43" s="12"/>
+      <c r="AH43" s="12"/>
+      <c r="AI43" s="12"/>
+      <c r="AJ43" s="12"/>
+      <c r="AK43" s="12"/>
     </row>
     <row r="44" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A44" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B44" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D44" s="11" t="s">
+      <c r="B44" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D44" s="12" t="s">
         <v>134</v>
       </c>
-      <c r="E44" s="11"/>
-[...31 lines deleted...]
-      <c r="AK44" s="11"/>
+      <c r="E44" s="12"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="12"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="12"/>
+      <c r="L44" s="12"/>
+      <c r="M44" s="12"/>
+      <c r="N44" s="12"/>
+      <c r="O44" s="12"/>
+      <c r="P44" s="12"/>
+      <c r="Q44" s="12"/>
+      <c r="R44" s="12"/>
+      <c r="S44" s="12"/>
+      <c r="T44" s="12"/>
+      <c r="U44" s="12"/>
+      <c r="V44" s="12"/>
+      <c r="W44" s="12"/>
+      <c r="X44" s="12"/>
+      <c r="Y44" s="12"/>
+      <c r="Z44" s="12"/>
+      <c r="AA44" s="12"/>
+      <c r="AB44" s="12"/>
+      <c r="AC44" s="12"/>
+      <c r="AD44" s="12"/>
+      <c r="AE44" s="12"/>
+      <c r="AF44" s="12"/>
+      <c r="AG44" s="12"/>
+      <c r="AH44" s="12"/>
+      <c r="AI44" s="12"/>
+      <c r="AJ44" s="12"/>
+      <c r="AK44" s="12"/>
     </row>
     <row r="45" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A45" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B45" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D45" s="11" t="s">
+      <c r="B45" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D45" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="E45" s="11"/>
-[...31 lines deleted...]
-      <c r="AK45" s="11"/>
+      <c r="E45" s="12"/>
+      <c r="F45" s="12"/>
+      <c r="G45" s="12"/>
+      <c r="H45" s="12"/>
+      <c r="I45" s="12"/>
+      <c r="J45" s="12"/>
+      <c r="K45" s="12"/>
+      <c r="L45" s="12"/>
+      <c r="M45" s="12"/>
+      <c r="N45" s="12"/>
+      <c r="O45" s="12"/>
+      <c r="P45" s="12"/>
+      <c r="Q45" s="12"/>
+      <c r="R45" s="12"/>
+      <c r="S45" s="12"/>
+      <c r="T45" s="12"/>
+      <c r="U45" s="12"/>
+      <c r="V45" s="12"/>
+      <c r="W45" s="12"/>
+      <c r="X45" s="12"/>
+      <c r="Y45" s="12"/>
+      <c r="Z45" s="12"/>
+      <c r="AA45" s="12"/>
+      <c r="AB45" s="12"/>
+      <c r="AC45" s="12"/>
+      <c r="AD45" s="12"/>
+      <c r="AE45" s="12"/>
+      <c r="AF45" s="12"/>
+      <c r="AG45" s="12"/>
+      <c r="AH45" s="12"/>
+      <c r="AI45" s="12"/>
+      <c r="AJ45" s="12"/>
+      <c r="AK45" s="12"/>
     </row>
     <row r="46" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A46" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B46" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D46" s="11" t="s">
+      <c r="B46" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="E46" s="11"/>
-[...31 lines deleted...]
-      <c r="AK46" s="11"/>
+      <c r="E46" s="12"/>
+      <c r="F46" s="12"/>
+      <c r="G46" s="12"/>
+      <c r="H46" s="12"/>
+      <c r="I46" s="12"/>
+      <c r="J46" s="12"/>
+      <c r="K46" s="12"/>
+      <c r="L46" s="12"/>
+      <c r="M46" s="12"/>
+      <c r="N46" s="12"/>
+      <c r="O46" s="12"/>
+      <c r="P46" s="12"/>
+      <c r="Q46" s="12"/>
+      <c r="R46" s="12"/>
+      <c r="S46" s="12"/>
+      <c r="T46" s="12"/>
+      <c r="U46" s="12"/>
+      <c r="V46" s="12"/>
+      <c r="W46" s="12"/>
+      <c r="X46" s="12"/>
+      <c r="Y46" s="12"/>
+      <c r="Z46" s="12"/>
+      <c r="AA46" s="12"/>
+      <c r="AB46" s="12"/>
+      <c r="AC46" s="12"/>
+      <c r="AD46" s="12"/>
+      <c r="AE46" s="12"/>
+      <c r="AF46" s="12"/>
+      <c r="AG46" s="12"/>
+      <c r="AH46" s="12"/>
+      <c r="AI46" s="12"/>
+      <c r="AJ46" s="12"/>
+      <c r="AK46" s="12"/>
     </row>
     <row r="47" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A47" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B47" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D47" s="11" t="s">
+      <c r="B47" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="E47" s="11"/>
-[...31 lines deleted...]
-      <c r="AK47" s="11"/>
+      <c r="E47" s="12"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="12"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
+      <c r="O47" s="12"/>
+      <c r="P47" s="12"/>
+      <c r="Q47" s="12"/>
+      <c r="R47" s="12"/>
+      <c r="S47" s="12"/>
+      <c r="T47" s="12"/>
+      <c r="U47" s="12"/>
+      <c r="V47" s="12"/>
+      <c r="W47" s="12"/>
+      <c r="X47" s="12"/>
+      <c r="Y47" s="12"/>
+      <c r="Z47" s="12"/>
+      <c r="AA47" s="12"/>
+      <c r="AB47" s="12"/>
+      <c r="AC47" s="12"/>
+      <c r="AD47" s="12"/>
+      <c r="AE47" s="12"/>
+      <c r="AF47" s="12"/>
+      <c r="AG47" s="12"/>
+      <c r="AH47" s="12"/>
+      <c r="AI47" s="12"/>
+      <c r="AJ47" s="12"/>
+      <c r="AK47" s="12"/>
     </row>
     <row r="48" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A48" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B48" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D48" s="11" t="s">
+      <c r="B48" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="E48" s="11"/>
-[...31 lines deleted...]
-      <c r="AK48" s="11"/>
+      <c r="E48" s="12"/>
+      <c r="F48" s="12"/>
+      <c r="G48" s="12"/>
+      <c r="H48" s="12"/>
+      <c r="I48" s="12"/>
+      <c r="J48" s="12"/>
+      <c r="K48" s="12"/>
+      <c r="L48" s="12"/>
+      <c r="M48" s="12"/>
+      <c r="N48" s="12"/>
+      <c r="O48" s="12"/>
+      <c r="P48" s="12"/>
+      <c r="Q48" s="12"/>
+      <c r="R48" s="12"/>
+      <c r="S48" s="12"/>
+      <c r="T48" s="12"/>
+      <c r="U48" s="12"/>
+      <c r="V48" s="12"/>
+      <c r="W48" s="12"/>
+      <c r="X48" s="12"/>
+      <c r="Y48" s="12"/>
+      <c r="Z48" s="12"/>
+      <c r="AA48" s="12"/>
+      <c r="AB48" s="12"/>
+      <c r="AC48" s="12"/>
+      <c r="AD48" s="12"/>
+      <c r="AE48" s="12"/>
+      <c r="AF48" s="12"/>
+      <c r="AG48" s="12"/>
+      <c r="AH48" s="12"/>
+      <c r="AI48" s="12"/>
+      <c r="AJ48" s="12"/>
+      <c r="AK48" s="12"/>
     </row>
     <row r="49" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B49" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D49" s="11" t="s">
+      <c r="B49" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C49" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D49" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E49" s="11" t="s">
+      <c r="E49" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F49" s="11"/>
-[...30 lines deleted...]
-      <c r="AK49" s="11"/>
+      <c r="F49" s="12"/>
+      <c r="G49" s="12"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
+      <c r="J49" s="12"/>
+      <c r="K49" s="12"/>
+      <c r="L49" s="12"/>
+      <c r="M49" s="12"/>
+      <c r="N49" s="12"/>
+      <c r="O49" s="12"/>
+      <c r="P49" s="12"/>
+      <c r="Q49" s="12"/>
+      <c r="R49" s="12"/>
+      <c r="S49" s="12"/>
+      <c r="T49" s="12"/>
+      <c r="U49" s="12"/>
+      <c r="V49" s="12"/>
+      <c r="W49" s="12"/>
+      <c r="X49" s="12"/>
+      <c r="Y49" s="12"/>
+      <c r="Z49" s="12"/>
+      <c r="AA49" s="12"/>
+      <c r="AB49" s="12"/>
+      <c r="AC49" s="12"/>
+      <c r="AD49" s="12"/>
+      <c r="AE49" s="12"/>
+      <c r="AF49" s="12"/>
+      <c r="AG49" s="12"/>
+      <c r="AH49" s="12"/>
+      <c r="AI49" s="12"/>
+      <c r="AJ49" s="12"/>
+      <c r="AK49" s="12"/>
     </row>
     <row r="50" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A50" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B50" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D50" s="9" t="s">
+      <c r="B50" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D50" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="E50" s="9"/>
-      <c r="F50" s="9">
+      <c r="E50" s="10"/>
+      <c r="F50" s="10">
         <v>0</v>
       </c>
-      <c r="G50" s="9">
+      <c r="G50" s="10">
         <v>0</v>
       </c>
-      <c r="H50" s="9"/>
-[...3 lines deleted...]
-      <c r="L50" s="29">
+      <c r="H50" s="10"/>
+      <c r="I50" s="10"/>
+      <c r="J50" s="10"/>
+      <c r="K50" s="10"/>
+      <c r="L50" s="30">
         <v>0</v>
       </c>
-      <c r="M50" s="9"/>
-      <c r="N50" s="9">
+      <c r="M50" s="10"/>
+      <c r="N50" s="10">
         <v>0</v>
       </c>
-      <c r="O50" s="9"/>
-[...2 lines deleted...]
-      <c r="R50" s="9">
+      <c r="O50" s="10"/>
+      <c r="P50" s="10"/>
+      <c r="Q50" s="10"/>
+      <c r="R50" s="10">
         <v>0</v>
       </c>
-      <c r="S50" s="9"/>
-      <c r="T50" s="29">
+      <c r="S50" s="10"/>
+      <c r="T50" s="30">
         <v>0</v>
       </c>
-      <c r="U50" s="29">
+      <c r="U50" s="30">
         <v>0</v>
       </c>
-      <c r="V50" s="9"/>
-[...14 lines deleted...]
-      <c r="AK50" s="9"/>
+      <c r="V50" s="10"/>
+      <c r="W50" s="10"/>
+      <c r="X50" s="10"/>
+      <c r="Y50" s="10"/>
+      <c r="Z50" s="10"/>
+      <c r="AA50" s="10"/>
+      <c r="AB50" s="10"/>
+      <c r="AC50" s="10"/>
+      <c r="AD50" s="10"/>
+      <c r="AE50" s="10"/>
+      <c r="AF50" s="10"/>
+      <c r="AG50" s="10"/>
+      <c r="AH50" s="10"/>
+      <c r="AI50" s="10"/>
+      <c r="AJ50" s="10"/>
+      <c r="AK50" s="10"/>
     </row>
     <row r="51" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A51" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B51" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D51" s="11" t="s">
+      <c r="B51" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D51" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="E51" s="11"/>
-[...31 lines deleted...]
-      <c r="AK51" s="11"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12"/>
+      <c r="L51" s="12"/>
+      <c r="M51" s="12"/>
+      <c r="N51" s="12"/>
+      <c r="O51" s="12"/>
+      <c r="P51" s="12"/>
+      <c r="Q51" s="12"/>
+      <c r="R51" s="12"/>
+      <c r="S51" s="12"/>
+      <c r="T51" s="12"/>
+      <c r="U51" s="12"/>
+      <c r="V51" s="12"/>
+      <c r="W51" s="12"/>
+      <c r="X51" s="12"/>
+      <c r="Y51" s="12"/>
+      <c r="Z51" s="12"/>
+      <c r="AA51" s="12"/>
+      <c r="AB51" s="12"/>
+      <c r="AC51" s="12"/>
+      <c r="AD51" s="12"/>
+      <c r="AE51" s="12"/>
+      <c r="AF51" s="12"/>
+      <c r="AG51" s="12"/>
+      <c r="AH51" s="12"/>
+      <c r="AI51" s="12"/>
+      <c r="AJ51" s="12"/>
+      <c r="AK51" s="12"/>
     </row>
     <row r="52" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B52" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D52" s="11" t="s">
+      <c r="B52" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D52" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="E52" s="11"/>
-[...31 lines deleted...]
-      <c r="AK52" s="11"/>
+      <c r="E52" s="12"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+      <c r="J52" s="12"/>
+      <c r="K52" s="12"/>
+      <c r="L52" s="12"/>
+      <c r="M52" s="12"/>
+      <c r="N52" s="12"/>
+      <c r="O52" s="12"/>
+      <c r="P52" s="12"/>
+      <c r="Q52" s="12"/>
+      <c r="R52" s="12"/>
+      <c r="S52" s="12"/>
+      <c r="T52" s="12"/>
+      <c r="U52" s="12"/>
+      <c r="V52" s="12"/>
+      <c r="W52" s="12"/>
+      <c r="X52" s="12"/>
+      <c r="Y52" s="12"/>
+      <c r="Z52" s="12"/>
+      <c r="AA52" s="12"/>
+      <c r="AB52" s="12"/>
+      <c r="AC52" s="12"/>
+      <c r="AD52" s="12"/>
+      <c r="AE52" s="12"/>
+      <c r="AF52" s="12"/>
+      <c r="AG52" s="12"/>
+      <c r="AH52" s="12"/>
+      <c r="AI52" s="12"/>
+      <c r="AJ52" s="12"/>
+      <c r="AK52" s="12"/>
     </row>
     <row r="53" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A53" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B53" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D53" s="11" t="s">
+      <c r="B53" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C53" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D53" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="E53" s="11"/>
-[...31 lines deleted...]
-      <c r="AK53" s="11"/>
+      <c r="E53" s="12"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12"/>
+      <c r="J53" s="12"/>
+      <c r="K53" s="12"/>
+      <c r="L53" s="12"/>
+      <c r="M53" s="12"/>
+      <c r="N53" s="12"/>
+      <c r="O53" s="12"/>
+      <c r="P53" s="12"/>
+      <c r="Q53" s="12"/>
+      <c r="R53" s="12"/>
+      <c r="S53" s="12"/>
+      <c r="T53" s="12"/>
+      <c r="U53" s="12"/>
+      <c r="V53" s="12"/>
+      <c r="W53" s="12"/>
+      <c r="X53" s="12"/>
+      <c r="Y53" s="12"/>
+      <c r="Z53" s="12"/>
+      <c r="AA53" s="12"/>
+      <c r="AB53" s="12"/>
+      <c r="AC53" s="12"/>
+      <c r="AD53" s="12"/>
+      <c r="AE53" s="12"/>
+      <c r="AF53" s="12"/>
+      <c r="AG53" s="12"/>
+      <c r="AH53" s="12"/>
+      <c r="AI53" s="12"/>
+      <c r="AJ53" s="12"/>
+      <c r="AK53" s="12"/>
     </row>
     <row r="54" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A54" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B54" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D54" s="11" t="s">
+      <c r="B54" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C54" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D54" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E54" s="11" t="s">
+      <c r="E54" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F54" s="11"/>
-[...30 lines deleted...]
-      <c r="AK54" s="11"/>
+      <c r="F54" s="12"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+      <c r="I54" s="12"/>
+      <c r="J54" s="12"/>
+      <c r="K54" s="12"/>
+      <c r="L54" s="12"/>
+      <c r="M54" s="12"/>
+      <c r="N54" s="12"/>
+      <c r="O54" s="12"/>
+      <c r="P54" s="12"/>
+      <c r="Q54" s="12"/>
+      <c r="R54" s="12"/>
+      <c r="S54" s="12"/>
+      <c r="T54" s="12"/>
+      <c r="U54" s="12"/>
+      <c r="V54" s="12"/>
+      <c r="W54" s="12"/>
+      <c r="X54" s="12"/>
+      <c r="Y54" s="12"/>
+      <c r="Z54" s="12"/>
+      <c r="AA54" s="12"/>
+      <c r="AB54" s="12"/>
+      <c r="AC54" s="12"/>
+      <c r="AD54" s="12"/>
+      <c r="AE54" s="12"/>
+      <c r="AF54" s="12"/>
+      <c r="AG54" s="12"/>
+      <c r="AH54" s="12"/>
+      <c r="AI54" s="12"/>
+      <c r="AJ54" s="12"/>
+      <c r="AK54" s="12"/>
     </row>
     <row r="55" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A55" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B55" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D55" s="9" t="s">
+      <c r="B55" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D55" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="E55" s="9"/>
-[...3 lines deleted...]
-      <c r="G55" s="9">
+      <c r="E55" s="10"/>
+      <c r="F55" s="10">
+        <v>142</v>
+      </c>
+      <c r="G55" s="10">
         <v>0</v>
       </c>
-      <c r="H55" s="9"/>
-[...3 lines deleted...]
-      <c r="L55" s="29">
+      <c r="H55" s="10"/>
+      <c r="I55" s="10"/>
+      <c r="J55" s="10"/>
+      <c r="K55" s="10"/>
+      <c r="L55" s="30">
         <v>0</v>
       </c>
-      <c r="M55" s="9"/>
-[...6 lines deleted...]
-      <c r="R55" s="9">
+      <c r="M55" s="10"/>
+      <c r="N55" s="10">
+        <v>52</v>
+      </c>
+      <c r="O55" s="10"/>
+      <c r="P55" s="10"/>
+      <c r="Q55" s="10"/>
+      <c r="R55" s="10">
         <v>0</v>
       </c>
-      <c r="S55" s="9"/>
-[...21 lines deleted...]
-      <c r="AK55" s="9"/>
+      <c r="S55" s="10"/>
+      <c r="T55" s="10">
+        <v>79</v>
+      </c>
+      <c r="U55" s="10">
+        <v>11</v>
+      </c>
+      <c r="V55" s="10"/>
+      <c r="W55" s="10"/>
+      <c r="X55" s="10"/>
+      <c r="Y55" s="10"/>
+      <c r="Z55" s="10"/>
+      <c r="AA55" s="10"/>
+      <c r="AB55" s="10"/>
+      <c r="AC55" s="10"/>
+      <c r="AD55" s="10"/>
+      <c r="AE55" s="10"/>
+      <c r="AF55" s="10"/>
+      <c r="AG55" s="10"/>
+      <c r="AH55" s="10"/>
+      <c r="AI55" s="10"/>
+      <c r="AJ55" s="10"/>
+      <c r="AK55" s="10"/>
     </row>
     <row r="56" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A56" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B56" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D56" s="11" t="s">
+      <c r="B56" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D56" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="E56" s="11"/>
-[...31 lines deleted...]
-      <c r="AK56" s="11"/>
+      <c r="E56" s="12"/>
+      <c r="F56" s="12"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+      <c r="J56" s="12"/>
+      <c r="K56" s="12"/>
+      <c r="L56" s="12"/>
+      <c r="M56" s="12"/>
+      <c r="N56" s="12"/>
+      <c r="O56" s="12"/>
+      <c r="P56" s="12"/>
+      <c r="Q56" s="12"/>
+      <c r="R56" s="12"/>
+      <c r="S56" s="12"/>
+      <c r="T56" s="12"/>
+      <c r="U56" s="12"/>
+      <c r="V56" s="12"/>
+      <c r="W56" s="12"/>
+      <c r="X56" s="12"/>
+      <c r="Y56" s="12"/>
+      <c r="Z56" s="12"/>
+      <c r="AA56" s="12"/>
+      <c r="AB56" s="12"/>
+      <c r="AC56" s="12"/>
+      <c r="AD56" s="12"/>
+      <c r="AE56" s="12"/>
+      <c r="AF56" s="12"/>
+      <c r="AG56" s="12"/>
+      <c r="AH56" s="12"/>
+      <c r="AI56" s="12"/>
+      <c r="AJ56" s="12"/>
+      <c r="AK56" s="12"/>
     </row>
     <row r="57" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B57" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D57" s="11" t="s">
+      <c r="B57" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D57" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="E57" s="11"/>
-[...31 lines deleted...]
-      <c r="AK57" s="11"/>
+      <c r="E57" s="12"/>
+      <c r="F57" s="12"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+      <c r="J57" s="12"/>
+      <c r="K57" s="12"/>
+      <c r="L57" s="12"/>
+      <c r="M57" s="12"/>
+      <c r="N57" s="12"/>
+      <c r="O57" s="12"/>
+      <c r="P57" s="12"/>
+      <c r="Q57" s="12"/>
+      <c r="R57" s="12"/>
+      <c r="S57" s="12"/>
+      <c r="T57" s="12"/>
+      <c r="U57" s="12"/>
+      <c r="V57" s="12"/>
+      <c r="W57" s="12"/>
+      <c r="X57" s="12"/>
+      <c r="Y57" s="12"/>
+      <c r="Z57" s="12"/>
+      <c r="AA57" s="12"/>
+      <c r="AB57" s="12"/>
+      <c r="AC57" s="12"/>
+      <c r="AD57" s="12"/>
+      <c r="AE57" s="12"/>
+      <c r="AF57" s="12"/>
+      <c r="AG57" s="12"/>
+      <c r="AH57" s="12"/>
+      <c r="AI57" s="12"/>
+      <c r="AJ57" s="12"/>
+      <c r="AK57" s="12"/>
     </row>
     <row r="58" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B58" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D58" s="11" t="s">
+      <c r="B58" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C58" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D58" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="E58" s="11"/>
-[...31 lines deleted...]
-      <c r="AK58" s="11"/>
+      <c r="E58" s="12"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+      <c r="J58" s="12"/>
+      <c r="K58" s="12"/>
+      <c r="L58" s="12"/>
+      <c r="M58" s="12"/>
+      <c r="N58" s="12"/>
+      <c r="O58" s="12"/>
+      <c r="P58" s="12"/>
+      <c r="Q58" s="12"/>
+      <c r="R58" s="12"/>
+      <c r="S58" s="12"/>
+      <c r="T58" s="12"/>
+      <c r="U58" s="12"/>
+      <c r="V58" s="12"/>
+      <c r="W58" s="12"/>
+      <c r="X58" s="12"/>
+      <c r="Y58" s="12"/>
+      <c r="Z58" s="12"/>
+      <c r="AA58" s="12"/>
+      <c r="AB58" s="12"/>
+      <c r="AC58" s="12"/>
+      <c r="AD58" s="12"/>
+      <c r="AE58" s="12"/>
+      <c r="AF58" s="12"/>
+      <c r="AG58" s="12"/>
+      <c r="AH58" s="12"/>
+      <c r="AI58" s="12"/>
+      <c r="AJ58" s="12"/>
+      <c r="AK58" s="12"/>
     </row>
     <row r="59" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A59" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B59" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D59" s="11" t="s">
+      <c r="B59" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C59" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D59" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="E59" s="11"/>
-[...31 lines deleted...]
-      <c r="AK59" s="11"/>
+      <c r="E59" s="12"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="12"/>
+      <c r="I59" s="12"/>
+      <c r="J59" s="12"/>
+      <c r="K59" s="12"/>
+      <c r="L59" s="12"/>
+      <c r="M59" s="12"/>
+      <c r="N59" s="12"/>
+      <c r="O59" s="12"/>
+      <c r="P59" s="12"/>
+      <c r="Q59" s="12"/>
+      <c r="R59" s="12"/>
+      <c r="S59" s="12"/>
+      <c r="T59" s="12"/>
+      <c r="U59" s="12"/>
+      <c r="V59" s="12"/>
+      <c r="W59" s="12"/>
+      <c r="X59" s="12"/>
+      <c r="Y59" s="12"/>
+      <c r="Z59" s="12"/>
+      <c r="AA59" s="12"/>
+      <c r="AB59" s="12"/>
+      <c r="AC59" s="12"/>
+      <c r="AD59" s="12"/>
+      <c r="AE59" s="12"/>
+      <c r="AF59" s="12"/>
+      <c r="AG59" s="12"/>
+      <c r="AH59" s="12"/>
+      <c r="AI59" s="12"/>
+      <c r="AJ59" s="12"/>
+      <c r="AK59" s="12"/>
     </row>
     <row r="60" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B60" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D60" s="11" t="s">
+      <c r="B60" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D60" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="E60" s="11"/>
-[...31 lines deleted...]
-      <c r="AK60" s="11"/>
+      <c r="E60" s="12"/>
+      <c r="F60" s="12"/>
+      <c r="G60" s="12"/>
+      <c r="H60" s="12"/>
+      <c r="I60" s="12"/>
+      <c r="J60" s="12"/>
+      <c r="K60" s="12"/>
+      <c r="L60" s="12"/>
+      <c r="M60" s="12"/>
+      <c r="N60" s="12"/>
+      <c r="O60" s="12"/>
+      <c r="P60" s="12"/>
+      <c r="Q60" s="12"/>
+      <c r="R60" s="12"/>
+      <c r="S60" s="12"/>
+      <c r="T60" s="12"/>
+      <c r="U60" s="12"/>
+      <c r="V60" s="12"/>
+      <c r="W60" s="12"/>
+      <c r="X60" s="12"/>
+      <c r="Y60" s="12"/>
+      <c r="Z60" s="12"/>
+      <c r="AA60" s="12"/>
+      <c r="AB60" s="12"/>
+      <c r="AC60" s="12"/>
+      <c r="AD60" s="12"/>
+      <c r="AE60" s="12"/>
+      <c r="AF60" s="12"/>
+      <c r="AG60" s="12"/>
+      <c r="AH60" s="12"/>
+      <c r="AI60" s="12"/>
+      <c r="AJ60" s="12"/>
+      <c r="AK60" s="12"/>
     </row>
     <row r="61" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A61" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B61" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D61" s="11" t="s">
+      <c r="B61" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D61" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E61" s="11" t="s">
+      <c r="E61" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F61" s="11"/>
-[...30 lines deleted...]
-      <c r="AK61" s="11"/>
+      <c r="F61" s="12"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="12"/>
+      <c r="I61" s="12"/>
+      <c r="J61" s="12"/>
+      <c r="K61" s="12"/>
+      <c r="L61" s="12"/>
+      <c r="M61" s="12"/>
+      <c r="N61" s="12"/>
+      <c r="O61" s="12"/>
+      <c r="P61" s="12"/>
+      <c r="Q61" s="12"/>
+      <c r="R61" s="12"/>
+      <c r="S61" s="12"/>
+      <c r="T61" s="12"/>
+      <c r="U61" s="12"/>
+      <c r="V61" s="12"/>
+      <c r="W61" s="12"/>
+      <c r="X61" s="12"/>
+      <c r="Y61" s="12"/>
+      <c r="Z61" s="12"/>
+      <c r="AA61" s="12"/>
+      <c r="AB61" s="12"/>
+      <c r="AC61" s="12"/>
+      <c r="AD61" s="12"/>
+      <c r="AE61" s="12"/>
+      <c r="AF61" s="12"/>
+      <c r="AG61" s="12"/>
+      <c r="AH61" s="12"/>
+      <c r="AI61" s="12"/>
+      <c r="AJ61" s="12"/>
+      <c r="AK61" s="12"/>
     </row>
     <row r="62" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A62" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B62" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D62" s="9" t="s">
+      <c r="B62" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D62" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="E62" s="9"/>
-[...3 lines deleted...]
-      <c r="G62" s="9">
+      <c r="E62" s="10"/>
+      <c r="F62" s="10">
+        <v>135</v>
+      </c>
+      <c r="G62" s="10">
         <v>0</v>
       </c>
-      <c r="H62" s="9"/>
-[...3 lines deleted...]
-      <c r="L62" s="29">
+      <c r="H62" s="10"/>
+      <c r="I62" s="10"/>
+      <c r="J62" s="10"/>
+      <c r="K62" s="10"/>
+      <c r="L62" s="30">
         <v>0</v>
       </c>
-      <c r="M62" s="9"/>
-[...6 lines deleted...]
-      <c r="R62" s="9">
+      <c r="M62" s="10"/>
+      <c r="N62" s="10">
+        <v>3</v>
+      </c>
+      <c r="O62" s="10"/>
+      <c r="P62" s="10"/>
+      <c r="Q62" s="10"/>
+      <c r="R62" s="10">
         <v>0</v>
       </c>
-      <c r="S62" s="9"/>
-[...21 lines deleted...]
-      <c r="AK62" s="9"/>
+      <c r="S62" s="10"/>
+      <c r="T62" s="10">
+        <v>129</v>
+      </c>
+      <c r="U62" s="10">
+        <v>3</v>
+      </c>
+      <c r="V62" s="10"/>
+      <c r="W62" s="10"/>
+      <c r="X62" s="10"/>
+      <c r="Y62" s="10"/>
+      <c r="Z62" s="10"/>
+      <c r="AA62" s="10"/>
+      <c r="AB62" s="10"/>
+      <c r="AC62" s="10"/>
+      <c r="AD62" s="10"/>
+      <c r="AE62" s="10"/>
+      <c r="AF62" s="10"/>
+      <c r="AG62" s="10"/>
+      <c r="AH62" s="10"/>
+      <c r="AI62" s="10"/>
+      <c r="AJ62" s="10"/>
+      <c r="AK62" s="10"/>
     </row>
     <row r="63" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A63" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B63" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D63" s="11" t="s">
+      <c r="B63" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D63" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="E63" s="11"/>
-[...31 lines deleted...]
-      <c r="AK63" s="11"/>
+      <c r="E63" s="12"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="12"/>
+      <c r="I63" s="12"/>
+      <c r="J63" s="12"/>
+      <c r="K63" s="12"/>
+      <c r="L63" s="12"/>
+      <c r="M63" s="12"/>
+      <c r="N63" s="12"/>
+      <c r="O63" s="12"/>
+      <c r="P63" s="12"/>
+      <c r="Q63" s="12"/>
+      <c r="R63" s="12"/>
+      <c r="S63" s="12"/>
+      <c r="T63" s="12"/>
+      <c r="U63" s="12"/>
+      <c r="V63" s="12"/>
+      <c r="W63" s="12"/>
+      <c r="X63" s="12"/>
+      <c r="Y63" s="12"/>
+      <c r="Z63" s="12"/>
+      <c r="AA63" s="12"/>
+      <c r="AB63" s="12"/>
+      <c r="AC63" s="12"/>
+      <c r="AD63" s="12"/>
+      <c r="AE63" s="12"/>
+      <c r="AF63" s="12"/>
+      <c r="AG63" s="12"/>
+      <c r="AH63" s="12"/>
+      <c r="AI63" s="12"/>
+      <c r="AJ63" s="12"/>
+      <c r="AK63" s="12"/>
     </row>
     <row r="64" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A64" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B64" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D64" s="11" t="s">
+      <c r="B64" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D64" s="12" t="s">
         <v>188</v>
       </c>
-      <c r="E64" s="11"/>
-[...31 lines deleted...]
-      <c r="AK64" s="11"/>
+      <c r="E64" s="12"/>
+      <c r="F64" s="12"/>
+      <c r="G64" s="12"/>
+      <c r="H64" s="12"/>
+      <c r="I64" s="12"/>
+      <c r="J64" s="12"/>
+      <c r="K64" s="12"/>
+      <c r="L64" s="12"/>
+      <c r="M64" s="12"/>
+      <c r="N64" s="12"/>
+      <c r="O64" s="12"/>
+      <c r="P64" s="12"/>
+      <c r="Q64" s="12"/>
+      <c r="R64" s="12"/>
+      <c r="S64" s="12"/>
+      <c r="T64" s="12"/>
+      <c r="U64" s="12"/>
+      <c r="V64" s="12"/>
+      <c r="W64" s="12"/>
+      <c r="X64" s="12"/>
+      <c r="Y64" s="12"/>
+      <c r="Z64" s="12"/>
+      <c r="AA64" s="12"/>
+      <c r="AB64" s="12"/>
+      <c r="AC64" s="12"/>
+      <c r="AD64" s="12"/>
+      <c r="AE64" s="12"/>
+      <c r="AF64" s="12"/>
+      <c r="AG64" s="12"/>
+      <c r="AH64" s="12"/>
+      <c r="AI64" s="12"/>
+      <c r="AJ64" s="12"/>
+      <c r="AK64" s="12"/>
     </row>
     <row r="65" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A65" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B65" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D65" s="11" t="s">
+      <c r="B65" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D65" s="12" t="s">
         <v>191</v>
       </c>
-      <c r="E65" s="11"/>
-[...31 lines deleted...]
-      <c r="AK65" s="11"/>
+      <c r="E65" s="12"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+      <c r="J65" s="12"/>
+      <c r="K65" s="12"/>
+      <c r="L65" s="12"/>
+      <c r="M65" s="12"/>
+      <c r="N65" s="12"/>
+      <c r="O65" s="12"/>
+      <c r="P65" s="12"/>
+      <c r="Q65" s="12"/>
+      <c r="R65" s="12"/>
+      <c r="S65" s="12"/>
+      <c r="T65" s="12"/>
+      <c r="U65" s="12"/>
+      <c r="V65" s="12"/>
+      <c r="W65" s="12"/>
+      <c r="X65" s="12"/>
+      <c r="Y65" s="12"/>
+      <c r="Z65" s="12"/>
+      <c r="AA65" s="12"/>
+      <c r="AB65" s="12"/>
+      <c r="AC65" s="12"/>
+      <c r="AD65" s="12"/>
+      <c r="AE65" s="12"/>
+      <c r="AF65" s="12"/>
+      <c r="AG65" s="12"/>
+      <c r="AH65" s="12"/>
+      <c r="AI65" s="12"/>
+      <c r="AJ65" s="12"/>
+      <c r="AK65" s="12"/>
     </row>
     <row r="66" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B66" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D66" s="11" t="s">
+      <c r="B66" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D66" s="12" t="s">
         <v>194</v>
       </c>
-      <c r="E66" s="11"/>
-[...31 lines deleted...]
-      <c r="AK66" s="11"/>
+      <c r="E66" s="12"/>
+      <c r="F66" s="12"/>
+      <c r="G66" s="12"/>
+      <c r="H66" s="12"/>
+      <c r="I66" s="12"/>
+      <c r="J66" s="12"/>
+      <c r="K66" s="12"/>
+      <c r="L66" s="12"/>
+      <c r="M66" s="12"/>
+      <c r="N66" s="12"/>
+      <c r="O66" s="12"/>
+      <c r="P66" s="12"/>
+      <c r="Q66" s="12"/>
+      <c r="R66" s="12"/>
+      <c r="S66" s="12"/>
+      <c r="T66" s="12"/>
+      <c r="U66" s="12"/>
+      <c r="V66" s="12"/>
+      <c r="W66" s="12"/>
+      <c r="X66" s="12"/>
+      <c r="Y66" s="12"/>
+      <c r="Z66" s="12"/>
+      <c r="AA66" s="12"/>
+      <c r="AB66" s="12"/>
+      <c r="AC66" s="12"/>
+      <c r="AD66" s="12"/>
+      <c r="AE66" s="12"/>
+      <c r="AF66" s="12"/>
+      <c r="AG66" s="12"/>
+      <c r="AH66" s="12"/>
+      <c r="AI66" s="12"/>
+      <c r="AJ66" s="12"/>
+      <c r="AK66" s="12"/>
     </row>
     <row r="67" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B67" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D67" s="11" t="s">
+      <c r="B67" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D67" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E67" s="11" t="s">
+      <c r="E67" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F67" s="11"/>
-[...30 lines deleted...]
-      <c r="AK67" s="11"/>
+      <c r="F67" s="12"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="12"/>
+      <c r="I67" s="12"/>
+      <c r="J67" s="12"/>
+      <c r="K67" s="12"/>
+      <c r="L67" s="12"/>
+      <c r="M67" s="12"/>
+      <c r="N67" s="12"/>
+      <c r="O67" s="12"/>
+      <c r="P67" s="12"/>
+      <c r="Q67" s="12"/>
+      <c r="R67" s="12"/>
+      <c r="S67" s="12"/>
+      <c r="T67" s="12"/>
+      <c r="U67" s="12"/>
+      <c r="V67" s="12"/>
+      <c r="W67" s="12"/>
+      <c r="X67" s="12"/>
+      <c r="Y67" s="12"/>
+      <c r="Z67" s="12"/>
+      <c r="AA67" s="12"/>
+      <c r="AB67" s="12"/>
+      <c r="AC67" s="12"/>
+      <c r="AD67" s="12"/>
+      <c r="AE67" s="12"/>
+      <c r="AF67" s="12"/>
+      <c r="AG67" s="12"/>
+      <c r="AH67" s="12"/>
+      <c r="AI67" s="12"/>
+      <c r="AJ67" s="12"/>
+      <c r="AK67" s="12"/>
     </row>
     <row r="68" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B68" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D68" s="9" t="s">
+      <c r="B68" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D68" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="E68" s="9"/>
-[...3 lines deleted...]
-      <c r="G68" s="9">
+      <c r="E68" s="10"/>
+      <c r="F68" s="10">
+        <v>3</v>
+      </c>
+      <c r="G68" s="10">
         <v>0</v>
       </c>
-      <c r="H68" s="9"/>
-[...3 lines deleted...]
-      <c r="L68" s="29">
+      <c r="H68" s="10"/>
+      <c r="I68" s="10"/>
+      <c r="J68" s="10"/>
+      <c r="K68" s="10"/>
+      <c r="L68" s="30">
         <v>0</v>
       </c>
-      <c r="M68" s="9"/>
-      <c r="N68" s="9">
+      <c r="M68" s="10"/>
+      <c r="N68" s="10">
         <v>0</v>
       </c>
-      <c r="O68" s="9"/>
-[...2 lines deleted...]
-      <c r="R68" s="9">
+      <c r="O68" s="10"/>
+      <c r="P68" s="10"/>
+      <c r="Q68" s="10"/>
+      <c r="R68" s="10">
         <v>0</v>
       </c>
-      <c r="S68" s="9"/>
-      <c r="T68" s="9">
+      <c r="S68" s="10"/>
+      <c r="T68" s="10">
         <v>0</v>
       </c>
-      <c r="U68" s="9">
-[...17 lines deleted...]
-      <c r="AK68" s="9"/>
+      <c r="U68" s="10">
+        <v>3</v>
+      </c>
+      <c r="V68" s="10"/>
+      <c r="W68" s="10"/>
+      <c r="X68" s="10"/>
+      <c r="Y68" s="10"/>
+      <c r="Z68" s="10"/>
+      <c r="AA68" s="10"/>
+      <c r="AB68" s="10"/>
+      <c r="AC68" s="10"/>
+      <c r="AD68" s="10"/>
+      <c r="AE68" s="10"/>
+      <c r="AF68" s="10"/>
+      <c r="AG68" s="10"/>
+      <c r="AH68" s="10"/>
+      <c r="AI68" s="10"/>
+      <c r="AJ68" s="10"/>
+      <c r="AK68" s="10"/>
     </row>
     <row r="69" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A69" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B69" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D69" s="11" t="s">
+      <c r="B69" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D69" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="E69" s="11"/>
-[...31 lines deleted...]
-      <c r="AK69" s="11"/>
+      <c r="E69" s="12"/>
+      <c r="F69" s="12"/>
+      <c r="G69" s="12"/>
+      <c r="H69" s="12"/>
+      <c r="I69" s="12"/>
+      <c r="J69" s="12"/>
+      <c r="K69" s="12"/>
+      <c r="L69" s="12"/>
+      <c r="M69" s="12"/>
+      <c r="N69" s="12"/>
+      <c r="O69" s="12"/>
+      <c r="P69" s="12"/>
+      <c r="Q69" s="12"/>
+      <c r="R69" s="12"/>
+      <c r="S69" s="12"/>
+      <c r="T69" s="12"/>
+      <c r="U69" s="12"/>
+      <c r="V69" s="12"/>
+      <c r="W69" s="12"/>
+      <c r="X69" s="12"/>
+      <c r="Y69" s="12"/>
+      <c r="Z69" s="12"/>
+      <c r="AA69" s="12"/>
+      <c r="AB69" s="12"/>
+      <c r="AC69" s="12"/>
+      <c r="AD69" s="12"/>
+      <c r="AE69" s="12"/>
+      <c r="AF69" s="12"/>
+      <c r="AG69" s="12"/>
+      <c r="AH69" s="12"/>
+      <c r="AI69" s="12"/>
+      <c r="AJ69" s="12"/>
+      <c r="AK69" s="12"/>
     </row>
     <row r="70" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B70" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D70" s="11" t="s">
+      <c r="B70" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D70" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="E70" s="11"/>
-[...31 lines deleted...]
-      <c r="AK70" s="11"/>
+      <c r="E70" s="12"/>
+      <c r="F70" s="12"/>
+      <c r="G70" s="12"/>
+      <c r="H70" s="12"/>
+      <c r="I70" s="12"/>
+      <c r="J70" s="12"/>
+      <c r="K70" s="12"/>
+      <c r="L70" s="12"/>
+      <c r="M70" s="12"/>
+      <c r="N70" s="12"/>
+      <c r="O70" s="12"/>
+      <c r="P70" s="12"/>
+      <c r="Q70" s="12"/>
+      <c r="R70" s="12"/>
+      <c r="S70" s="12"/>
+      <c r="T70" s="12"/>
+      <c r="U70" s="12"/>
+      <c r="V70" s="12"/>
+      <c r="W70" s="12"/>
+      <c r="X70" s="12"/>
+      <c r="Y70" s="12"/>
+      <c r="Z70" s="12"/>
+      <c r="AA70" s="12"/>
+      <c r="AB70" s="12"/>
+      <c r="AC70" s="12"/>
+      <c r="AD70" s="12"/>
+      <c r="AE70" s="12"/>
+      <c r="AF70" s="12"/>
+      <c r="AG70" s="12"/>
+      <c r="AH70" s="12"/>
+      <c r="AI70" s="12"/>
+      <c r="AJ70" s="12"/>
+      <c r="AK70" s="12"/>
     </row>
     <row r="71" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A71" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B71" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D71" s="11" t="s">
+      <c r="B71" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D71" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E71" s="11"/>
-[...31 lines deleted...]
-      <c r="AK71" s="11"/>
+      <c r="E71" s="12"/>
+      <c r="F71" s="12"/>
+      <c r="G71" s="12"/>
+      <c r="H71" s="12"/>
+      <c r="I71" s="12"/>
+      <c r="J71" s="12"/>
+      <c r="K71" s="12"/>
+      <c r="L71" s="12"/>
+      <c r="M71" s="12"/>
+      <c r="N71" s="12"/>
+      <c r="O71" s="12"/>
+      <c r="P71" s="12"/>
+      <c r="Q71" s="12"/>
+      <c r="R71" s="12"/>
+      <c r="S71" s="12"/>
+      <c r="T71" s="12"/>
+      <c r="U71" s="12"/>
+      <c r="V71" s="12"/>
+      <c r="W71" s="12"/>
+      <c r="X71" s="12"/>
+      <c r="Y71" s="12"/>
+      <c r="Z71" s="12"/>
+      <c r="AA71" s="12"/>
+      <c r="AB71" s="12"/>
+      <c r="AC71" s="12"/>
+      <c r="AD71" s="12"/>
+      <c r="AE71" s="12"/>
+      <c r="AF71" s="12"/>
+      <c r="AG71" s="12"/>
+      <c r="AH71" s="12"/>
+      <c r="AI71" s="12"/>
+      <c r="AJ71" s="12"/>
+      <c r="AK71" s="12"/>
     </row>
     <row r="72" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A72" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B72" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D72" s="11" t="s">
+      <c r="B72" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D72" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="E72" s="11"/>
-[...31 lines deleted...]
-      <c r="AK72" s="11"/>
+      <c r="E72" s="12"/>
+      <c r="F72" s="12"/>
+      <c r="G72" s="12"/>
+      <c r="H72" s="12"/>
+      <c r="I72" s="12"/>
+      <c r="J72" s="12"/>
+      <c r="K72" s="12"/>
+      <c r="L72" s="12"/>
+      <c r="M72" s="12"/>
+      <c r="N72" s="12"/>
+      <c r="O72" s="12"/>
+      <c r="P72" s="12"/>
+      <c r="Q72" s="12"/>
+      <c r="R72" s="12"/>
+      <c r="S72" s="12"/>
+      <c r="T72" s="12"/>
+      <c r="U72" s="12"/>
+      <c r="V72" s="12"/>
+      <c r="W72" s="12"/>
+      <c r="X72" s="12"/>
+      <c r="Y72" s="12"/>
+      <c r="Z72" s="12"/>
+      <c r="AA72" s="12"/>
+      <c r="AB72" s="12"/>
+      <c r="AC72" s="12"/>
+      <c r="AD72" s="12"/>
+      <c r="AE72" s="12"/>
+      <c r="AF72" s="12"/>
+      <c r="AG72" s="12"/>
+      <c r="AH72" s="12"/>
+      <c r="AI72" s="12"/>
+      <c r="AJ72" s="12"/>
+      <c r="AK72" s="12"/>
     </row>
     <row r="73" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A73" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B73" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D73" s="11" t="s">
+      <c r="B73" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="E73" s="11"/>
-[...31 lines deleted...]
-      <c r="AK73" s="11"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="12"/>
+      <c r="G73" s="12"/>
+      <c r="H73" s="12"/>
+      <c r="I73" s="12"/>
+      <c r="J73" s="12"/>
+      <c r="K73" s="12"/>
+      <c r="L73" s="12"/>
+      <c r="M73" s="12"/>
+      <c r="N73" s="12"/>
+      <c r="O73" s="12"/>
+      <c r="P73" s="12"/>
+      <c r="Q73" s="12"/>
+      <c r="R73" s="12"/>
+      <c r="S73" s="12"/>
+      <c r="T73" s="12"/>
+      <c r="U73" s="12"/>
+      <c r="V73" s="12"/>
+      <c r="W73" s="12"/>
+      <c r="X73" s="12"/>
+      <c r="Y73" s="12"/>
+      <c r="Z73" s="12"/>
+      <c r="AA73" s="12"/>
+      <c r="AB73" s="12"/>
+      <c r="AC73" s="12"/>
+      <c r="AD73" s="12"/>
+      <c r="AE73" s="12"/>
+      <c r="AF73" s="12"/>
+      <c r="AG73" s="12"/>
+      <c r="AH73" s="12"/>
+      <c r="AI73" s="12"/>
+      <c r="AJ73" s="12"/>
+      <c r="AK73" s="12"/>
     </row>
     <row r="74" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A74" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B74" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D74" s="11" t="s">
+      <c r="B74" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="E74" s="11"/>
-[...31 lines deleted...]
-      <c r="AK74" s="11"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="12"/>
+      <c r="G74" s="12"/>
+      <c r="H74" s="12"/>
+      <c r="I74" s="12"/>
+      <c r="J74" s="12"/>
+      <c r="K74" s="12"/>
+      <c r="L74" s="12"/>
+      <c r="M74" s="12"/>
+      <c r="N74" s="12"/>
+      <c r="O74" s="12"/>
+      <c r="P74" s="12"/>
+      <c r="Q74" s="12"/>
+      <c r="R74" s="12"/>
+      <c r="S74" s="12"/>
+      <c r="T74" s="12"/>
+      <c r="U74" s="12"/>
+      <c r="V74" s="12"/>
+      <c r="W74" s="12"/>
+      <c r="X74" s="12"/>
+      <c r="Y74" s="12"/>
+      <c r="Z74" s="12"/>
+      <c r="AA74" s="12"/>
+      <c r="AB74" s="12"/>
+      <c r="AC74" s="12"/>
+      <c r="AD74" s="12"/>
+      <c r="AE74" s="12"/>
+      <c r="AF74" s="12"/>
+      <c r="AG74" s="12"/>
+      <c r="AH74" s="12"/>
+      <c r="AI74" s="12"/>
+      <c r="AJ74" s="12"/>
+      <c r="AK74" s="12"/>
     </row>
     <row r="75" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A75" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B75" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D75" s="11" t="s">
+      <c r="B75" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D75" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E75" s="11" t="s">
+      <c r="E75" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F75" s="11"/>
-[...30 lines deleted...]
-      <c r="AK75" s="11"/>
+      <c r="F75" s="12"/>
+      <c r="G75" s="12"/>
+      <c r="H75" s="12"/>
+      <c r="I75" s="12"/>
+      <c r="J75" s="12"/>
+      <c r="K75" s="12"/>
+      <c r="L75" s="12"/>
+      <c r="M75" s="12"/>
+      <c r="N75" s="12"/>
+      <c r="O75" s="12"/>
+      <c r="P75" s="12"/>
+      <c r="Q75" s="12"/>
+      <c r="R75" s="12"/>
+      <c r="S75" s="12"/>
+      <c r="T75" s="12"/>
+      <c r="U75" s="12"/>
+      <c r="V75" s="12"/>
+      <c r="W75" s="12"/>
+      <c r="X75" s="12"/>
+      <c r="Y75" s="12"/>
+      <c r="Z75" s="12"/>
+      <c r="AA75" s="12"/>
+      <c r="AB75" s="12"/>
+      <c r="AC75" s="12"/>
+      <c r="AD75" s="12"/>
+      <c r="AE75" s="12"/>
+      <c r="AF75" s="12"/>
+      <c r="AG75" s="12"/>
+      <c r="AH75" s="12"/>
+      <c r="AI75" s="12"/>
+      <c r="AJ75" s="12"/>
+      <c r="AK75" s="12"/>
     </row>
     <row r="76" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A76" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B76" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D76" s="9" t="s">
+      <c r="B76" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="E76" s="9"/>
-[...3 lines deleted...]
-      <c r="G76" s="9">
+      <c r="E76" s="10"/>
+      <c r="F76" s="10">
+        <v>34</v>
+      </c>
+      <c r="G76" s="10">
         <v>0</v>
       </c>
-      <c r="H76" s="9"/>
-[...3 lines deleted...]
-      <c r="L76" s="29">
+      <c r="H76" s="10"/>
+      <c r="I76" s="10"/>
+      <c r="J76" s="10"/>
+      <c r="K76" s="10"/>
+      <c r="L76" s="30">
         <v>0</v>
       </c>
-      <c r="M76" s="9"/>
-[...6 lines deleted...]
-      <c r="R76" s="9">
+      <c r="M76" s="10"/>
+      <c r="N76" s="10">
+        <v>5</v>
+      </c>
+      <c r="O76" s="10"/>
+      <c r="P76" s="10"/>
+      <c r="Q76" s="10"/>
+      <c r="R76" s="10">
         <v>0</v>
       </c>
-      <c r="S76" s="9"/>
-[...21 lines deleted...]
-      <c r="AK76" s="9"/>
+      <c r="S76" s="10"/>
+      <c r="T76" s="10">
+        <v>26</v>
+      </c>
+      <c r="U76" s="10">
+        <v>3</v>
+      </c>
+      <c r="V76" s="10"/>
+      <c r="W76" s="10"/>
+      <c r="X76" s="10"/>
+      <c r="Y76" s="10"/>
+      <c r="Z76" s="10"/>
+      <c r="AA76" s="10"/>
+      <c r="AB76" s="10"/>
+      <c r="AC76" s="10"/>
+      <c r="AD76" s="10"/>
+      <c r="AE76" s="10"/>
+      <c r="AF76" s="10"/>
+      <c r="AG76" s="10"/>
+      <c r="AH76" s="10"/>
+      <c r="AI76" s="10"/>
+      <c r="AJ76" s="10"/>
+      <c r="AK76" s="10"/>
     </row>
     <row r="77" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A77" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B77" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D77" s="11" t="s">
+      <c r="B77" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D77" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="E77" s="11"/>
-[...31 lines deleted...]
-      <c r="AK77" s="11"/>
+      <c r="E77" s="12"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="12"/>
+      <c r="I77" s="12"/>
+      <c r="J77" s="12"/>
+      <c r="K77" s="12"/>
+      <c r="L77" s="12"/>
+      <c r="M77" s="12"/>
+      <c r="N77" s="12"/>
+      <c r="O77" s="12"/>
+      <c r="P77" s="12"/>
+      <c r="Q77" s="12"/>
+      <c r="R77" s="12"/>
+      <c r="S77" s="12"/>
+      <c r="T77" s="12"/>
+      <c r="U77" s="12"/>
+      <c r="V77" s="12"/>
+      <c r="W77" s="12"/>
+      <c r="X77" s="12"/>
+      <c r="Y77" s="12"/>
+      <c r="Z77" s="12"/>
+      <c r="AA77" s="12"/>
+      <c r="AB77" s="12"/>
+      <c r="AC77" s="12"/>
+      <c r="AD77" s="12"/>
+      <c r="AE77" s="12"/>
+      <c r="AF77" s="12"/>
+      <c r="AG77" s="12"/>
+      <c r="AH77" s="12"/>
+      <c r="AI77" s="12"/>
+      <c r="AJ77" s="12"/>
+      <c r="AK77" s="12"/>
     </row>
     <row r="78" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B78" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D78" s="11" t="s">
+      <c r="B78" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D78" s="12" t="s">
         <v>226</v>
       </c>
-      <c r="E78" s="11"/>
-[...31 lines deleted...]
-      <c r="AK78" s="11"/>
+      <c r="E78" s="12"/>
+      <c r="F78" s="12"/>
+      <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
+      <c r="J78" s="12"/>
+      <c r="K78" s="12"/>
+      <c r="L78" s="12"/>
+      <c r="M78" s="12"/>
+      <c r="N78" s="12"/>
+      <c r="O78" s="12"/>
+      <c r="P78" s="12"/>
+      <c r="Q78" s="12"/>
+      <c r="R78" s="12"/>
+      <c r="S78" s="12"/>
+      <c r="T78" s="12"/>
+      <c r="U78" s="12"/>
+      <c r="V78" s="12"/>
+      <c r="W78" s="12"/>
+      <c r="X78" s="12"/>
+      <c r="Y78" s="12"/>
+      <c r="Z78" s="12"/>
+      <c r="AA78" s="12"/>
+      <c r="AB78" s="12"/>
+      <c r="AC78" s="12"/>
+      <c r="AD78" s="12"/>
+      <c r="AE78" s="12"/>
+      <c r="AF78" s="12"/>
+      <c r="AG78" s="12"/>
+      <c r="AH78" s="12"/>
+      <c r="AI78" s="12"/>
+      <c r="AJ78" s="12"/>
+      <c r="AK78" s="12"/>
     </row>
     <row r="79" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B79" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D79" s="11" t="s">
+      <c r="B79" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D79" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="E79" s="11"/>
-[...31 lines deleted...]
-      <c r="AK79" s="11"/>
+      <c r="E79" s="12"/>
+      <c r="F79" s="12"/>
+      <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12"/>
+      <c r="L79" s="12"/>
+      <c r="M79" s="12"/>
+      <c r="N79" s="12"/>
+      <c r="O79" s="12"/>
+      <c r="P79" s="12"/>
+      <c r="Q79" s="12"/>
+      <c r="R79" s="12"/>
+      <c r="S79" s="12"/>
+      <c r="T79" s="12"/>
+      <c r="U79" s="12"/>
+      <c r="V79" s="12"/>
+      <c r="W79" s="12"/>
+      <c r="X79" s="12"/>
+      <c r="Y79" s="12"/>
+      <c r="Z79" s="12"/>
+      <c r="AA79" s="12"/>
+      <c r="AB79" s="12"/>
+      <c r="AC79" s="12"/>
+      <c r="AD79" s="12"/>
+      <c r="AE79" s="12"/>
+      <c r="AF79" s="12"/>
+      <c r="AG79" s="12"/>
+      <c r="AH79" s="12"/>
+      <c r="AI79" s="12"/>
+      <c r="AJ79" s="12"/>
+      <c r="AK79" s="12"/>
     </row>
     <row r="80" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B80" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D80" s="11" t="s">
+      <c r="B80" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D80" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E80" s="11" t="s">
+      <c r="E80" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F80" s="11"/>
-[...30 lines deleted...]
-      <c r="AK80" s="11"/>
+      <c r="F80" s="12"/>
+      <c r="G80" s="12"/>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+      <c r="J80" s="12"/>
+      <c r="K80" s="12"/>
+      <c r="L80" s="12"/>
+      <c r="M80" s="12"/>
+      <c r="N80" s="12"/>
+      <c r="O80" s="12"/>
+      <c r="P80" s="12"/>
+      <c r="Q80" s="12"/>
+      <c r="R80" s="12"/>
+      <c r="S80" s="12"/>
+      <c r="T80" s="12"/>
+      <c r="U80" s="12"/>
+      <c r="V80" s="12"/>
+      <c r="W80" s="12"/>
+      <c r="X80" s="12"/>
+      <c r="Y80" s="12"/>
+      <c r="Z80" s="12"/>
+      <c r="AA80" s="12"/>
+      <c r="AB80" s="12"/>
+      <c r="AC80" s="12"/>
+      <c r="AD80" s="12"/>
+      <c r="AE80" s="12"/>
+      <c r="AF80" s="12"/>
+      <c r="AG80" s="12"/>
+      <c r="AH80" s="12"/>
+      <c r="AI80" s="12"/>
+      <c r="AJ80" s="12"/>
+      <c r="AK80" s="12"/>
     </row>
     <row r="81" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A81" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B81" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D81" s="9" t="s">
+      <c r="B81" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D81" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="E81" s="9"/>
-      <c r="F81" s="9">
+      <c r="E81" s="10"/>
+      <c r="F81" s="10">
         <v>0</v>
       </c>
-      <c r="G81" s="9">
+      <c r="G81" s="10">
         <v>0</v>
       </c>
-      <c r="H81" s="9"/>
-[...3 lines deleted...]
-      <c r="L81" s="29">
+      <c r="H81" s="10"/>
+      <c r="I81" s="10"/>
+      <c r="J81" s="10"/>
+      <c r="K81" s="10"/>
+      <c r="L81" s="30">
         <v>0</v>
       </c>
-      <c r="M81" s="9"/>
-      <c r="N81" s="9">
+      <c r="M81" s="10"/>
+      <c r="N81" s="10">
         <v>0</v>
       </c>
-      <c r="O81" s="9"/>
-[...2 lines deleted...]
-      <c r="R81" s="9">
+      <c r="O81" s="10"/>
+      <c r="P81" s="10"/>
+      <c r="Q81" s="10"/>
+      <c r="R81" s="10">
         <v>0</v>
       </c>
-      <c r="S81" s="9"/>
-      <c r="T81" s="29">
+      <c r="S81" s="10"/>
+      <c r="T81" s="30">
         <v>0</v>
       </c>
-      <c r="U81" s="29">
+      <c r="U81" s="30">
         <v>0</v>
       </c>
-      <c r="V81" s="9"/>
-[...14 lines deleted...]
-      <c r="AK81" s="9"/>
+      <c r="V81" s="10"/>
+      <c r="W81" s="10"/>
+      <c r="X81" s="10"/>
+      <c r="Y81" s="10"/>
+      <c r="Z81" s="10"/>
+      <c r="AA81" s="10"/>
+      <c r="AB81" s="10"/>
+      <c r="AC81" s="10"/>
+      <c r="AD81" s="10"/>
+      <c r="AE81" s="10"/>
+      <c r="AF81" s="10"/>
+      <c r="AG81" s="10"/>
+      <c r="AH81" s="10"/>
+      <c r="AI81" s="10"/>
+      <c r="AJ81" s="10"/>
+      <c r="AK81" s="10"/>
     </row>
     <row r="82" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A82" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B82" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D82" s="11" t="s">
+      <c r="B82" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D82" s="12" t="s">
         <v>236</v>
       </c>
-      <c r="E82" s="11"/>
-[...31 lines deleted...]
-      <c r="AK82" s="11"/>
+      <c r="E82" s="12"/>
+      <c r="F82" s="12"/>
+      <c r="G82" s="12"/>
+      <c r="H82" s="12"/>
+      <c r="I82" s="12"/>
+      <c r="J82" s="12"/>
+      <c r="K82" s="12"/>
+      <c r="L82" s="12"/>
+      <c r="M82" s="12"/>
+      <c r="N82" s="12"/>
+      <c r="O82" s="12"/>
+      <c r="P82" s="12"/>
+      <c r="Q82" s="12"/>
+      <c r="R82" s="12"/>
+      <c r="S82" s="12"/>
+      <c r="T82" s="12"/>
+      <c r="U82" s="12"/>
+      <c r="V82" s="12"/>
+      <c r="W82" s="12"/>
+      <c r="X82" s="12"/>
+      <c r="Y82" s="12"/>
+      <c r="Z82" s="12"/>
+      <c r="AA82" s="12"/>
+      <c r="AB82" s="12"/>
+      <c r="AC82" s="12"/>
+      <c r="AD82" s="12"/>
+      <c r="AE82" s="12"/>
+      <c r="AF82" s="12"/>
+      <c r="AG82" s="12"/>
+      <c r="AH82" s="12"/>
+      <c r="AI82" s="12"/>
+      <c r="AJ82" s="12"/>
+      <c r="AK82" s="12"/>
     </row>
     <row r="83" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A83" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B83" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D83" s="11" t="s">
+      <c r="B83" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D83" s="12" t="s">
         <v>239</v>
       </c>
-      <c r="E83" s="11"/>
-[...31 lines deleted...]
-      <c r="AK83" s="11"/>
+      <c r="E83" s="12"/>
+      <c r="F83" s="12"/>
+      <c r="G83" s="12"/>
+      <c r="H83" s="12"/>
+      <c r="I83" s="12"/>
+      <c r="J83" s="12"/>
+      <c r="K83" s="12"/>
+      <c r="L83" s="12"/>
+      <c r="M83" s="12"/>
+      <c r="N83" s="12"/>
+      <c r="O83" s="12"/>
+      <c r="P83" s="12"/>
+      <c r="Q83" s="12"/>
+      <c r="R83" s="12"/>
+      <c r="S83" s="12"/>
+      <c r="T83" s="12"/>
+      <c r="U83" s="12"/>
+      <c r="V83" s="12"/>
+      <c r="W83" s="12"/>
+      <c r="X83" s="12"/>
+      <c r="Y83" s="12"/>
+      <c r="Z83" s="12"/>
+      <c r="AA83" s="12"/>
+      <c r="AB83" s="12"/>
+      <c r="AC83" s="12"/>
+      <c r="AD83" s="12"/>
+      <c r="AE83" s="12"/>
+      <c r="AF83" s="12"/>
+      <c r="AG83" s="12"/>
+      <c r="AH83" s="12"/>
+      <c r="AI83" s="12"/>
+      <c r="AJ83" s="12"/>
+      <c r="AK83" s="12"/>
     </row>
     <row r="84" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A84" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B84" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D84" s="11" t="s">
+      <c r="B84" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C84" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D84" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E84" s="11" t="s">
+      <c r="E84" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F84" s="11"/>
-[...30 lines deleted...]
-      <c r="AK84" s="11"/>
+      <c r="F84" s="12"/>
+      <c r="G84" s="12"/>
+      <c r="H84" s="12"/>
+      <c r="I84" s="12"/>
+      <c r="J84" s="12"/>
+      <c r="K84" s="12"/>
+      <c r="L84" s="12"/>
+      <c r="M84" s="12"/>
+      <c r="N84" s="12"/>
+      <c r="O84" s="12"/>
+      <c r="P84" s="12"/>
+      <c r="Q84" s="12"/>
+      <c r="R84" s="12"/>
+      <c r="S84" s="12"/>
+      <c r="T84" s="12"/>
+      <c r="U84" s="12"/>
+      <c r="V84" s="12"/>
+      <c r="W84" s="12"/>
+      <c r="X84" s="12"/>
+      <c r="Y84" s="12"/>
+      <c r="Z84" s="12"/>
+      <c r="AA84" s="12"/>
+      <c r="AB84" s="12"/>
+      <c r="AC84" s="12"/>
+      <c r="AD84" s="12"/>
+      <c r="AE84" s="12"/>
+      <c r="AF84" s="12"/>
+      <c r="AG84" s="12"/>
+      <c r="AH84" s="12"/>
+      <c r="AI84" s="12"/>
+      <c r="AJ84" s="12"/>
+      <c r="AK84" s="12"/>
     </row>
     <row r="85" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A85" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B85" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D85" s="9" t="s">
+      <c r="B85" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D85" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="E85" s="9"/>
-      <c r="F85" s="9">
+      <c r="E85" s="10"/>
+      <c r="F85" s="10">
         <v>0</v>
       </c>
-      <c r="G85" s="9">
+      <c r="G85" s="10">
         <v>0</v>
       </c>
-      <c r="H85" s="9"/>
-[...3 lines deleted...]
-      <c r="L85" s="29">
+      <c r="H85" s="10"/>
+      <c r="I85" s="10"/>
+      <c r="J85" s="10"/>
+      <c r="K85" s="10"/>
+      <c r="L85" s="30">
         <v>0</v>
       </c>
-      <c r="M85" s="9"/>
-      <c r="N85" s="9">
+      <c r="M85" s="10"/>
+      <c r="N85" s="10">
         <v>0</v>
       </c>
-      <c r="O85" s="9"/>
-[...2 lines deleted...]
-      <c r="R85" s="9">
+      <c r="O85" s="10"/>
+      <c r="P85" s="10"/>
+      <c r="Q85" s="10"/>
+      <c r="R85" s="10">
         <v>0</v>
       </c>
-      <c r="S85" s="9"/>
-      <c r="T85" s="29">
+      <c r="S85" s="10"/>
+      <c r="T85" s="30">
         <v>0</v>
       </c>
-      <c r="U85" s="29">
+      <c r="U85" s="30">
         <v>0</v>
       </c>
-      <c r="V85" s="9"/>
-[...14 lines deleted...]
-      <c r="AK85" s="9"/>
+      <c r="V85" s="10"/>
+      <c r="W85" s="10"/>
+      <c r="X85" s="10"/>
+      <c r="Y85" s="10"/>
+      <c r="Z85" s="10"/>
+      <c r="AA85" s="10"/>
+      <c r="AB85" s="10"/>
+      <c r="AC85" s="10"/>
+      <c r="AD85" s="10"/>
+      <c r="AE85" s="10"/>
+      <c r="AF85" s="10"/>
+      <c r="AG85" s="10"/>
+      <c r="AH85" s="10"/>
+      <c r="AI85" s="10"/>
+      <c r="AJ85" s="10"/>
+      <c r="AK85" s="10"/>
     </row>
     <row r="86" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A86" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B86" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D86" s="11" t="s">
+      <c r="B86" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C86" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D86" s="12" t="s">
         <v>246</v>
       </c>
-      <c r="E86" s="11"/>
-[...31 lines deleted...]
-      <c r="AK86" s="11"/>
+      <c r="E86" s="12"/>
+      <c r="F86" s="12"/>
+      <c r="G86" s="12"/>
+      <c r="H86" s="12"/>
+      <c r="I86" s="12"/>
+      <c r="J86" s="12"/>
+      <c r="K86" s="12"/>
+      <c r="L86" s="12"/>
+      <c r="M86" s="12"/>
+      <c r="N86" s="12"/>
+      <c r="O86" s="12"/>
+      <c r="P86" s="12"/>
+      <c r="Q86" s="12"/>
+      <c r="R86" s="12"/>
+      <c r="S86" s="12"/>
+      <c r="T86" s="12"/>
+      <c r="U86" s="12"/>
+      <c r="V86" s="12"/>
+      <c r="W86" s="12"/>
+      <c r="X86" s="12"/>
+      <c r="Y86" s="12"/>
+      <c r="Z86" s="12"/>
+      <c r="AA86" s="12"/>
+      <c r="AB86" s="12"/>
+      <c r="AC86" s="12"/>
+      <c r="AD86" s="12"/>
+      <c r="AE86" s="12"/>
+      <c r="AF86" s="12"/>
+      <c r="AG86" s="12"/>
+      <c r="AH86" s="12"/>
+      <c r="AI86" s="12"/>
+      <c r="AJ86" s="12"/>
+      <c r="AK86" s="12"/>
     </row>
     <row r="87" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B87" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D87" s="11" t="s">
+      <c r="B87" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C87" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D87" s="12" t="s">
         <v>249</v>
       </c>
-      <c r="E87" s="11"/>
-[...31 lines deleted...]
-      <c r="AK87" s="11"/>
+      <c r="E87" s="12"/>
+      <c r="F87" s="12"/>
+      <c r="G87" s="12"/>
+      <c r="H87" s="12"/>
+      <c r="I87" s="12"/>
+      <c r="J87" s="12"/>
+      <c r="K87" s="12"/>
+      <c r="L87" s="12"/>
+      <c r="M87" s="12"/>
+      <c r="N87" s="12"/>
+      <c r="O87" s="12"/>
+      <c r="P87" s="12"/>
+      <c r="Q87" s="12"/>
+      <c r="R87" s="12"/>
+      <c r="S87" s="12"/>
+      <c r="T87" s="12"/>
+      <c r="U87" s="12"/>
+      <c r="V87" s="12"/>
+      <c r="W87" s="12"/>
+      <c r="X87" s="12"/>
+      <c r="Y87" s="12"/>
+      <c r="Z87" s="12"/>
+      <c r="AA87" s="12"/>
+      <c r="AB87" s="12"/>
+      <c r="AC87" s="12"/>
+      <c r="AD87" s="12"/>
+      <c r="AE87" s="12"/>
+      <c r="AF87" s="12"/>
+      <c r="AG87" s="12"/>
+      <c r="AH87" s="12"/>
+      <c r="AI87" s="12"/>
+      <c r="AJ87" s="12"/>
+      <c r="AK87" s="12"/>
     </row>
     <row r="88" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B88" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D88" s="11" t="s">
+      <c r="B88" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C88" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D88" s="12" t="s">
         <v>252</v>
       </c>
-      <c r="E88" s="11"/>
-[...31 lines deleted...]
-      <c r="AK88" s="11"/>
+      <c r="E88" s="12"/>
+      <c r="F88" s="12"/>
+      <c r="G88" s="12"/>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+      <c r="J88" s="12"/>
+      <c r="K88" s="12"/>
+      <c r="L88" s="12"/>
+      <c r="M88" s="12"/>
+      <c r="N88" s="12"/>
+      <c r="O88" s="12"/>
+      <c r="P88" s="12"/>
+      <c r="Q88" s="12"/>
+      <c r="R88" s="12"/>
+      <c r="S88" s="12"/>
+      <c r="T88" s="12"/>
+      <c r="U88" s="12"/>
+      <c r="V88" s="12"/>
+      <c r="W88" s="12"/>
+      <c r="X88" s="12"/>
+      <c r="Y88" s="12"/>
+      <c r="Z88" s="12"/>
+      <c r="AA88" s="12"/>
+      <c r="AB88" s="12"/>
+      <c r="AC88" s="12"/>
+      <c r="AD88" s="12"/>
+      <c r="AE88" s="12"/>
+      <c r="AF88" s="12"/>
+      <c r="AG88" s="12"/>
+      <c r="AH88" s="12"/>
+      <c r="AI88" s="12"/>
+      <c r="AJ88" s="12"/>
+      <c r="AK88" s="12"/>
     </row>
     <row r="89" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A89" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B89" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D89" s="11" t="s">
+      <c r="B89" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D89" s="12" t="s">
         <v>255</v>
       </c>
-      <c r="E89" s="11"/>
-[...31 lines deleted...]
-      <c r="AK89" s="11"/>
+      <c r="E89" s="12"/>
+      <c r="F89" s="12"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+      <c r="J89" s="12"/>
+      <c r="K89" s="12"/>
+      <c r="L89" s="12"/>
+      <c r="M89" s="12"/>
+      <c r="N89" s="12"/>
+      <c r="O89" s="12"/>
+      <c r="P89" s="12"/>
+      <c r="Q89" s="12"/>
+      <c r="R89" s="12"/>
+      <c r="S89" s="12"/>
+      <c r="T89" s="12"/>
+      <c r="U89" s="12"/>
+      <c r="V89" s="12"/>
+      <c r="W89" s="12"/>
+      <c r="X89" s="12"/>
+      <c r="Y89" s="12"/>
+      <c r="Z89" s="12"/>
+      <c r="AA89" s="12"/>
+      <c r="AB89" s="12"/>
+      <c r="AC89" s="12"/>
+      <c r="AD89" s="12"/>
+      <c r="AE89" s="12"/>
+      <c r="AF89" s="12"/>
+      <c r="AG89" s="12"/>
+      <c r="AH89" s="12"/>
+      <c r="AI89" s="12"/>
+      <c r="AJ89" s="12"/>
+      <c r="AK89" s="12"/>
     </row>
     <row r="90" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A90" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B90" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D90" s="11" t="s">
+      <c r="B90" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D90" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="E90" s="11"/>
-[...31 lines deleted...]
-      <c r="AK90" s="11"/>
+      <c r="E90" s="12"/>
+      <c r="F90" s="12"/>
+      <c r="G90" s="12"/>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+      <c r="J90" s="12"/>
+      <c r="K90" s="12"/>
+      <c r="L90" s="12"/>
+      <c r="M90" s="12"/>
+      <c r="N90" s="12"/>
+      <c r="O90" s="12"/>
+      <c r="P90" s="12"/>
+      <c r="Q90" s="12"/>
+      <c r="R90" s="12"/>
+      <c r="S90" s="12"/>
+      <c r="T90" s="12"/>
+      <c r="U90" s="12"/>
+      <c r="V90" s="12"/>
+      <c r="W90" s="12"/>
+      <c r="X90" s="12"/>
+      <c r="Y90" s="12"/>
+      <c r="Z90" s="12"/>
+      <c r="AA90" s="12"/>
+      <c r="AB90" s="12"/>
+      <c r="AC90" s="12"/>
+      <c r="AD90" s="12"/>
+      <c r="AE90" s="12"/>
+      <c r="AF90" s="12"/>
+      <c r="AG90" s="12"/>
+      <c r="AH90" s="12"/>
+      <c r="AI90" s="12"/>
+      <c r="AJ90" s="12"/>
+      <c r="AK90" s="12"/>
     </row>
     <row r="91" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A91" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B91" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D91" s="11" t="s">
+      <c r="B91" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C91" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D91" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E91" s="11" t="s">
+      <c r="E91" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F91" s="11"/>
-[...30 lines deleted...]
-      <c r="AK91" s="11"/>
+      <c r="F91" s="12"/>
+      <c r="G91" s="12"/>
+      <c r="H91" s="12"/>
+      <c r="I91" s="12"/>
+      <c r="J91" s="12"/>
+      <c r="K91" s="12"/>
+      <c r="L91" s="12"/>
+      <c r="M91" s="12"/>
+      <c r="N91" s="12"/>
+      <c r="O91" s="12"/>
+      <c r="P91" s="12"/>
+      <c r="Q91" s="12"/>
+      <c r="R91" s="12"/>
+      <c r="S91" s="12"/>
+      <c r="T91" s="12"/>
+      <c r="U91" s="12"/>
+      <c r="V91" s="12"/>
+      <c r="W91" s="12"/>
+      <c r="X91" s="12"/>
+      <c r="Y91" s="12"/>
+      <c r="Z91" s="12"/>
+      <c r="AA91" s="12"/>
+      <c r="AB91" s="12"/>
+      <c r="AC91" s="12"/>
+      <c r="AD91" s="12"/>
+      <c r="AE91" s="12"/>
+      <c r="AF91" s="12"/>
+      <c r="AG91" s="12"/>
+      <c r="AH91" s="12"/>
+      <c r="AI91" s="12"/>
+      <c r="AJ91" s="12"/>
+      <c r="AK91" s="12"/>
     </row>
     <row r="92" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A92" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B92" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D92" s="9" t="s">
+      <c r="B92" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D92" s="10" t="s">
         <v>262</v>
       </c>
-      <c r="E92" s="9"/>
-[...45 lines deleted...]
-      <c r="AK92" s="9"/>
+      <c r="E92" s="10"/>
+      <c r="F92" s="10">
+        <v>366722</v>
+      </c>
+      <c r="G92" s="10">
+        <v>231352</v>
+      </c>
+      <c r="H92" s="10"/>
+      <c r="I92" s="10"/>
+      <c r="J92" s="10"/>
+      <c r="K92" s="10"/>
+      <c r="L92" s="10">
+        <v>806</v>
+      </c>
+      <c r="M92" s="10"/>
+      <c r="N92" s="10">
+        <v>542</v>
+      </c>
+      <c r="O92" s="10"/>
+      <c r="P92" s="10"/>
+      <c r="Q92" s="10"/>
+      <c r="R92" s="10">
+        <v>230546</v>
+      </c>
+      <c r="S92" s="10"/>
+      <c r="T92" s="10">
+        <v>1375</v>
+      </c>
+      <c r="U92" s="10">
+        <v>133453</v>
+      </c>
+      <c r="V92" s="10"/>
+      <c r="W92" s="10"/>
+      <c r="X92" s="10"/>
+      <c r="Y92" s="10"/>
+      <c r="Z92" s="10"/>
+      <c r="AA92" s="10"/>
+      <c r="AB92" s="10"/>
+      <c r="AC92" s="10"/>
+      <c r="AD92" s="10"/>
+      <c r="AE92" s="10"/>
+      <c r="AF92" s="10"/>
+      <c r="AG92" s="10"/>
+      <c r="AH92" s="10"/>
+      <c r="AI92" s="10"/>
+      <c r="AJ92" s="10"/>
+      <c r="AK92" s="10"/>
     </row>
     <row r="93" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A93" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B93" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D93" s="11" t="s">
+      <c r="B93" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C93" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D93" s="12" t="s">
         <v>265</v>
       </c>
-      <c r="E93" s="11"/>
-[...31 lines deleted...]
-      <c r="AK93" s="11"/>
+      <c r="E93" s="12"/>
+      <c r="F93" s="12"/>
+      <c r="G93" s="12"/>
+      <c r="H93" s="12"/>
+      <c r="I93" s="12"/>
+      <c r="J93" s="12"/>
+      <c r="K93" s="12"/>
+      <c r="L93" s="12"/>
+      <c r="M93" s="12"/>
+      <c r="N93" s="12"/>
+      <c r="O93" s="12"/>
+      <c r="P93" s="12"/>
+      <c r="Q93" s="12"/>
+      <c r="R93" s="12"/>
+      <c r="S93" s="12"/>
+      <c r="T93" s="12"/>
+      <c r="U93" s="12"/>
+      <c r="V93" s="12"/>
+      <c r="W93" s="12"/>
+      <c r="X93" s="12"/>
+      <c r="Y93" s="12"/>
+      <c r="Z93" s="12"/>
+      <c r="AA93" s="12"/>
+      <c r="AB93" s="12"/>
+      <c r="AC93" s="12"/>
+      <c r="AD93" s="12"/>
+      <c r="AE93" s="12"/>
+      <c r="AF93" s="12"/>
+      <c r="AG93" s="12"/>
+      <c r="AH93" s="12"/>
+      <c r="AI93" s="12"/>
+      <c r="AJ93" s="12"/>
+      <c r="AK93" s="12"/>
     </row>
     <row r="94" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A94" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B94" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D94" s="11" t="s">
+      <c r="B94" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C94" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D94" s="12" t="s">
         <v>268</v>
       </c>
-      <c r="E94" s="11"/>
-[...31 lines deleted...]
-      <c r="AK94" s="11"/>
+      <c r="E94" s="12"/>
+      <c r="F94" s="12"/>
+      <c r="G94" s="12"/>
+      <c r="H94" s="12"/>
+      <c r="I94" s="12"/>
+      <c r="J94" s="12"/>
+      <c r="K94" s="12"/>
+      <c r="L94" s="12"/>
+      <c r="M94" s="12"/>
+      <c r="N94" s="12"/>
+      <c r="O94" s="12"/>
+      <c r="P94" s="12"/>
+      <c r="Q94" s="12"/>
+      <c r="R94" s="12"/>
+      <c r="S94" s="12"/>
+      <c r="T94" s="12"/>
+      <c r="U94" s="12"/>
+      <c r="V94" s="12"/>
+      <c r="W94" s="12"/>
+      <c r="X94" s="12"/>
+      <c r="Y94" s="12"/>
+      <c r="Z94" s="12"/>
+      <c r="AA94" s="12"/>
+      <c r="AB94" s="12"/>
+      <c r="AC94" s="12"/>
+      <c r="AD94" s="12"/>
+      <c r="AE94" s="12"/>
+      <c r="AF94" s="12"/>
+      <c r="AG94" s="12"/>
+      <c r="AH94" s="12"/>
+      <c r="AI94" s="12"/>
+      <c r="AJ94" s="12"/>
+      <c r="AK94" s="12"/>
     </row>
     <row r="95" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A95" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B95" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D95" s="11" t="s">
+      <c r="B95" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C95" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D95" s="12" t="s">
         <v>271</v>
       </c>
-      <c r="E95" s="11"/>
-[...31 lines deleted...]
-      <c r="AK95" s="11"/>
+      <c r="E95" s="12"/>
+      <c r="F95" s="12"/>
+      <c r="G95" s="12"/>
+      <c r="H95" s="12"/>
+      <c r="I95" s="12"/>
+      <c r="J95" s="12"/>
+      <c r="K95" s="12"/>
+      <c r="L95" s="12"/>
+      <c r="M95" s="12"/>
+      <c r="N95" s="12"/>
+      <c r="O95" s="12"/>
+      <c r="P95" s="12"/>
+      <c r="Q95" s="12"/>
+      <c r="R95" s="12"/>
+      <c r="S95" s="12"/>
+      <c r="T95" s="12"/>
+      <c r="U95" s="12"/>
+      <c r="V95" s="12"/>
+      <c r="W95" s="12"/>
+      <c r="X95" s="12"/>
+      <c r="Y95" s="12"/>
+      <c r="Z95" s="12"/>
+      <c r="AA95" s="12"/>
+      <c r="AB95" s="12"/>
+      <c r="AC95" s="12"/>
+      <c r="AD95" s="12"/>
+      <c r="AE95" s="12"/>
+      <c r="AF95" s="12"/>
+      <c r="AG95" s="12"/>
+      <c r="AH95" s="12"/>
+      <c r="AI95" s="12"/>
+      <c r="AJ95" s="12"/>
+      <c r="AK95" s="12"/>
     </row>
     <row r="96" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A96" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B96" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D96" s="11" t="s">
+      <c r="B96" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C96" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D96" s="12" t="s">
         <v>274</v>
       </c>
-      <c r="E96" s="11"/>
-[...31 lines deleted...]
-      <c r="AK96" s="11"/>
+      <c r="E96" s="12"/>
+      <c r="F96" s="12"/>
+      <c r="G96" s="12"/>
+      <c r="H96" s="12"/>
+      <c r="I96" s="12"/>
+      <c r="J96" s="12"/>
+      <c r="K96" s="12"/>
+      <c r="L96" s="12"/>
+      <c r="M96" s="12"/>
+      <c r="N96" s="12"/>
+      <c r="O96" s="12"/>
+      <c r="P96" s="12"/>
+      <c r="Q96" s="12"/>
+      <c r="R96" s="12"/>
+      <c r="S96" s="12"/>
+      <c r="T96" s="12"/>
+      <c r="U96" s="12"/>
+      <c r="V96" s="12"/>
+      <c r="W96" s="12"/>
+      <c r="X96" s="12"/>
+      <c r="Y96" s="12"/>
+      <c r="Z96" s="12"/>
+      <c r="AA96" s="12"/>
+      <c r="AB96" s="12"/>
+      <c r="AC96" s="12"/>
+      <c r="AD96" s="12"/>
+      <c r="AE96" s="12"/>
+      <c r="AF96" s="12"/>
+      <c r="AG96" s="12"/>
+      <c r="AH96" s="12"/>
+      <c r="AI96" s="12"/>
+      <c r="AJ96" s="12"/>
+      <c r="AK96" s="12"/>
     </row>
     <row r="97" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A97" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B97" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D97" s="11" t="s">
+      <c r="B97" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C97" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D97" s="12" t="s">
         <v>277</v>
       </c>
-      <c r="E97" s="11"/>
-[...31 lines deleted...]
-      <c r="AK97" s="11"/>
+      <c r="E97" s="12"/>
+      <c r="F97" s="12"/>
+      <c r="G97" s="12"/>
+      <c r="H97" s="12"/>
+      <c r="I97" s="12"/>
+      <c r="J97" s="12"/>
+      <c r="K97" s="12"/>
+      <c r="L97" s="12"/>
+      <c r="M97" s="12"/>
+      <c r="N97" s="12"/>
+      <c r="O97" s="12"/>
+      <c r="P97" s="12"/>
+      <c r="Q97" s="12"/>
+      <c r="R97" s="12"/>
+      <c r="S97" s="12"/>
+      <c r="T97" s="12"/>
+      <c r="U97" s="12"/>
+      <c r="V97" s="12"/>
+      <c r="W97" s="12"/>
+      <c r="X97" s="12"/>
+      <c r="Y97" s="12"/>
+      <c r="Z97" s="12"/>
+      <c r="AA97" s="12"/>
+      <c r="AB97" s="12"/>
+      <c r="AC97" s="12"/>
+      <c r="AD97" s="12"/>
+      <c r="AE97" s="12"/>
+      <c r="AF97" s="12"/>
+      <c r="AG97" s="12"/>
+      <c r="AH97" s="12"/>
+      <c r="AI97" s="12"/>
+      <c r="AJ97" s="12"/>
+      <c r="AK97" s="12"/>
     </row>
     <row r="98" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A98" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B98" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D98" s="11" t="s">
+      <c r="B98" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C98" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D98" s="12" t="s">
         <v>280</v>
       </c>
-      <c r="E98" s="11"/>
-[...31 lines deleted...]
-      <c r="AK98" s="11"/>
+      <c r="E98" s="12"/>
+      <c r="F98" s="12"/>
+      <c r="G98" s="12"/>
+      <c r="H98" s="12"/>
+      <c r="I98" s="12"/>
+      <c r="J98" s="12"/>
+      <c r="K98" s="12"/>
+      <c r="L98" s="12"/>
+      <c r="M98" s="12"/>
+      <c r="N98" s="12"/>
+      <c r="O98" s="12"/>
+      <c r="P98" s="12"/>
+      <c r="Q98" s="12"/>
+      <c r="R98" s="12"/>
+      <c r="S98" s="12"/>
+      <c r="T98" s="12"/>
+      <c r="U98" s="12"/>
+      <c r="V98" s="12"/>
+      <c r="W98" s="12"/>
+      <c r="X98" s="12"/>
+      <c r="Y98" s="12"/>
+      <c r="Z98" s="12"/>
+      <c r="AA98" s="12"/>
+      <c r="AB98" s="12"/>
+      <c r="AC98" s="12"/>
+      <c r="AD98" s="12"/>
+      <c r="AE98" s="12"/>
+      <c r="AF98" s="12"/>
+      <c r="AG98" s="12"/>
+      <c r="AH98" s="12"/>
+      <c r="AI98" s="12"/>
+      <c r="AJ98" s="12"/>
+      <c r="AK98" s="12"/>
     </row>
     <row r="99" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A99" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B99" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D99" s="11" t="s">
+      <c r="B99" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C99" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D99" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="E99" s="11" t="s">
+      <c r="E99" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="F99" s="11"/>
-[...30 lines deleted...]
-      <c r="AK99" s="11"/>
+      <c r="F99" s="12"/>
+      <c r="G99" s="12"/>
+      <c r="H99" s="12"/>
+      <c r="I99" s="12"/>
+      <c r="J99" s="12"/>
+      <c r="K99" s="12"/>
+      <c r="L99" s="12"/>
+      <c r="M99" s="12"/>
+      <c r="N99" s="12"/>
+      <c r="O99" s="12"/>
+      <c r="P99" s="12"/>
+      <c r="Q99" s="12"/>
+      <c r="R99" s="12"/>
+      <c r="S99" s="12"/>
+      <c r="T99" s="12"/>
+      <c r="U99" s="12"/>
+      <c r="V99" s="12"/>
+      <c r="W99" s="12"/>
+      <c r="X99" s="12"/>
+      <c r="Y99" s="12"/>
+      <c r="Z99" s="12"/>
+      <c r="AA99" s="12"/>
+      <c r="AB99" s="12"/>
+      <c r="AC99" s="12"/>
+      <c r="AD99" s="12"/>
+      <c r="AE99" s="12"/>
+      <c r="AF99" s="12"/>
+      <c r="AG99" s="12"/>
+      <c r="AH99" s="12"/>
+      <c r="AI99" s="12"/>
+      <c r="AJ99" s="12"/>
+      <c r="AK99" s="12"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:E84" xr:uid="{8FE26BA7-CC3E-4F39-B866-FE7349051E2A}"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="23" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;CPage 2</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0ABD560-0456-4160-ADB6-1534FABD8E44}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:V48"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F33" sqref="F33"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.5703125" style="12" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="20" max="16384" width="8.7109375" style="12"/>
+    <col min="1" max="1" width="34.5703125" style="13" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" style="13" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" style="13" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="40.5703125" style="13" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="109.140625" style="13" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27" style="13" customWidth="1"/>
+    <col min="7" max="7" width="19.42578125" style="13" customWidth="1"/>
+    <col min="8" max="8" width="26" style="13" customWidth="1"/>
+    <col min="9" max="19" width="19.42578125" style="13" customWidth="1"/>
+    <col min="20" max="16384" width="8.5703125" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="32" t="s">
+      <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="32" t="s">
+      <c r="B1" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="32" t="s">
+      <c r="C1" s="33" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="32" t="s">
+      <c r="D1" s="33" t="s">
         <v>363</v>
       </c>
-      <c r="E1" s="32" t="s">
+      <c r="E1" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="F1" s="32" t="s">
+      <c r="F1" s="33" t="s">
         <v>291</v>
       </c>
-      <c r="G1" s="32" t="s">
+      <c r="G1" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="H1" s="32" t="s">
+      <c r="H1" s="33" t="s">
         <v>364</v>
       </c>
       <c r="I1" s="45"/>
       <c r="J1" s="45"/>
       <c r="K1" s="45"/>
       <c r="L1" s="45"/>
       <c r="M1" s="45"/>
       <c r="N1" s="45"/>
       <c r="O1" s="45"/>
       <c r="P1" s="45"/>
       <c r="Q1" s="45"/>
       <c r="R1" s="45"/>
       <c r="S1" s="45"/>
       <c r="T1" s="45"/>
       <c r="U1" s="45"/>
       <c r="V1" s="45"/>
     </row>
     <row r="2" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D2" s="26" t="s">
+      <c r="A2" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D2" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E2" s="26" t="s">
+      <c r="E2" s="27" t="s">
         <v>366</v>
       </c>
-      <c r="F2" s="26" t="s">
+      <c r="F2" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G2" s="26">
-[...2 lines deleted...]
-      <c r="H2" s="32"/>
+      <c r="G2" s="27">
+        <v>6454</v>
+      </c>
+      <c r="H2" s="33"/>
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
       <c r="L2" s="45"/>
       <c r="M2" s="45"/>
       <c r="N2" s="45"/>
       <c r="O2" s="45"/>
       <c r="P2" s="45"/>
       <c r="Q2" s="45"/>
       <c r="R2" s="45"/>
       <c r="S2" s="45"/>
       <c r="T2" s="45"/>
       <c r="U2" s="45"/>
       <c r="V2" s="45"/>
     </row>
     <row r="3" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="28" t="s">
+      <c r="A3" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B3" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="26" t="s">
+      <c r="B3" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D3" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E3" s="26" t="s">
+      <c r="E3" s="27" t="s">
         <v>366</v>
       </c>
-      <c r="F3" s="26" t="s">
+      <c r="F3" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G3" s="26">
-[...2 lines deleted...]
-      <c r="H3" s="32"/>
+      <c r="G3" s="27"/>
+      <c r="H3" s="33"/>
       <c r="I3" s="45"/>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
       <c r="L3" s="45"/>
       <c r="M3" s="45"/>
       <c r="N3" s="45"/>
       <c r="O3" s="45"/>
       <c r="P3" s="45"/>
       <c r="Q3" s="45"/>
       <c r="R3" s="45"/>
       <c r="S3" s="45"/>
       <c r="T3" s="45"/>
       <c r="U3" s="45"/>
       <c r="V3" s="45"/>
     </row>
     <row r="4" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="28" t="s">
+      <c r="A4" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B4" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="26" t="s">
+      <c r="B4" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E4" s="26" t="s">
+      <c r="E4" s="27" t="s">
         <v>366</v>
       </c>
-      <c r="F4" s="26" t="s">
+      <c r="F4" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G4" s="26"/>
-      <c r="H4" s="32"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="33"/>
       <c r="I4" s="45"/>
       <c r="J4" s="45"/>
       <c r="K4" s="45"/>
       <c r="L4" s="45"/>
       <c r="M4" s="45"/>
       <c r="N4" s="45"/>
       <c r="O4" s="45"/>
       <c r="P4" s="45"/>
       <c r="Q4" s="45"/>
       <c r="R4" s="45"/>
       <c r="S4" s="45"/>
       <c r="T4" s="45"/>
       <c r="U4" s="45"/>
       <c r="V4" s="45"/>
     </row>
     <row r="5" spans="1:22" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="28" t="s">
+      <c r="A5" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B5" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="26" t="s">
+      <c r="B5" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="E5" s="27" t="s">
         <v>366</v>
       </c>
-      <c r="F5" s="26" t="s">
+      <c r="F5" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G5" s="26">
-[...2 lines deleted...]
-      <c r="H5" s="32"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="33"/>
       <c r="I5" s="45"/>
       <c r="J5" s="45"/>
       <c r="K5" s="45"/>
       <c r="L5" s="45"/>
       <c r="M5" s="45"/>
       <c r="N5" s="45"/>
       <c r="O5" s="45"/>
       <c r="P5" s="45"/>
       <c r="Q5" s="45"/>
       <c r="R5" s="45"/>
       <c r="S5" s="45"/>
       <c r="T5" s="45"/>
       <c r="U5" s="45"/>
       <c r="V5" s="45"/>
     </row>
     <row r="6" spans="1:22" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="28" t="s">
+      <c r="A6" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B6" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D6" s="26" t="s">
+      <c r="B6" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E6" s="26" t="s">
+      <c r="E6" s="27" t="s">
         <v>366</v>
       </c>
-      <c r="F6" s="26" t="s">
+      <c r="F6" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G6" s="57">
-[...2 lines deleted...]
-      <c r="H6" s="32"/>
+      <c r="G6" s="57"/>
+      <c r="H6" s="33"/>
       <c r="I6" s="45"/>
       <c r="J6" s="45"/>
       <c r="K6" s="45"/>
       <c r="L6" s="45"/>
       <c r="M6" s="45"/>
       <c r="N6" s="45"/>
       <c r="O6" s="45"/>
       <c r="P6" s="45"/>
       <c r="Q6" s="45"/>
       <c r="R6" s="45"/>
       <c r="S6" s="45"/>
       <c r="T6" s="45"/>
       <c r="U6" s="45"/>
       <c r="V6" s="45"/>
     </row>
     <row r="7" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="28" t="s">
+      <c r="A7" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B7" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="26" t="s">
+      <c r="B7" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D7" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E7" s="26" t="s">
+      <c r="E7" s="27" t="s">
         <v>366</v>
       </c>
-      <c r="F7" s="26" t="s">
+      <c r="F7" s="27" t="s">
         <v>373</v>
       </c>
-      <c r="G7" s="26"/>
-      <c r="H7" s="32"/>
+      <c r="G7" s="27"/>
+      <c r="H7" s="33"/>
       <c r="I7" s="45"/>
       <c r="J7" s="45"/>
       <c r="K7" s="45"/>
       <c r="L7" s="45"/>
       <c r="M7" s="45"/>
       <c r="N7" s="45"/>
       <c r="O7" s="45"/>
       <c r="P7" s="45"/>
       <c r="Q7" s="45"/>
       <c r="R7" s="45"/>
       <c r="S7" s="45"/>
       <c r="T7" s="45"/>
       <c r="U7" s="45"/>
       <c r="V7" s="45"/>
     </row>
     <row r="8" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A8" s="28" t="s">
+      <c r="A8" s="29" t="s">
         <v>368</v>
       </c>
       <c r="B8" s="46" t="s">
-        <v>430</v>
-[...4 lines deleted...]
-      <c r="D8" s="26" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" s="27" t="s">
         <v>365</v>
       </c>
       <c r="E8" s="47" t="s">
         <v>374</v>
       </c>
-      <c r="F8" s="27" t="s">
+      <c r="F8" s="28" t="s">
         <v>367</v>
       </c>
       <c r="G8" s="45"/>
-      <c r="H8" s="32"/>
+      <c r="H8" s="33"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="45"/>
       <c r="L8" s="45"/>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="45"/>
       <c r="Q8" s="45"/>
       <c r="R8" s="45"/>
       <c r="S8" s="45"/>
       <c r="T8" s="45"/>
       <c r="U8" s="45"/>
       <c r="V8" s="45"/>
     </row>
     <row r="9" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="28" t="s">
+      <c r="A9" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B9" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="26" t="s">
+      <c r="B9" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E9" s="26" t="s">
+      <c r="E9" s="27" t="s">
         <v>375</v>
       </c>
-      <c r="F9" s="26" t="s">
+      <c r="F9" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G9" s="26">
-[...2 lines deleted...]
-      <c r="H9" s="32"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="33"/>
       <c r="I9" s="45"/>
       <c r="J9" s="45"/>
       <c r="K9" s="45"/>
       <c r="L9" s="45"/>
       <c r="M9" s="45"/>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="45"/>
       <c r="Q9" s="45"/>
       <c r="R9" s="45"/>
       <c r="S9" s="45"/>
       <c r="T9" s="45"/>
       <c r="U9" s="45"/>
       <c r="V9" s="45"/>
     </row>
     <row r="10" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="28" t="s">
+      <c r="A10" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B10" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D10" s="26" t="s">
+      <c r="B10" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D10" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E10" s="26" t="s">
+      <c r="E10" s="27" t="s">
         <v>375</v>
       </c>
-      <c r="F10" s="26" t="s">
+      <c r="F10" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G10" s="26">
-[...2 lines deleted...]
-      <c r="H10" s="32"/>
+      <c r="G10" s="27"/>
+      <c r="H10" s="33"/>
       <c r="I10" s="45"/>
       <c r="J10" s="45"/>
       <c r="K10" s="45"/>
       <c r="L10" s="45"/>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="45"/>
       <c r="P10" s="45"/>
       <c r="Q10" s="45"/>
       <c r="R10" s="45"/>
       <c r="S10" s="45"/>
       <c r="T10" s="45"/>
       <c r="U10" s="45"/>
       <c r="V10" s="45"/>
     </row>
     <row r="11" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="28" t="s">
+      <c r="A11" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B11" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="26" t="s">
+      <c r="B11" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D11" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E11" s="26" t="s">
+      <c r="E11" s="27" t="s">
         <v>375</v>
       </c>
-      <c r="F11" s="26" t="s">
+      <c r="F11" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G11" s="26"/>
-      <c r="H11" s="32"/>
+      <c r="G11" s="27"/>
+      <c r="H11" s="33"/>
       <c r="I11" s="45"/>
       <c r="J11" s="45"/>
       <c r="K11" s="45"/>
       <c r="L11" s="45"/>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="45"/>
       <c r="P11" s="45"/>
       <c r="Q11" s="45"/>
       <c r="R11" s="45"/>
       <c r="S11" s="45"/>
       <c r="T11" s="45"/>
       <c r="U11" s="45"/>
       <c r="V11" s="45"/>
     </row>
     <row r="12" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="28" t="s">
+      <c r="A12" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B12" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="26" t="s">
+      <c r="B12" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E12" s="26" t="s">
+      <c r="E12" s="27" t="s">
         <v>375</v>
       </c>
-      <c r="F12" s="26" t="s">
+      <c r="F12" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G12" s="26">
-[...2 lines deleted...]
-      <c r="H12" s="32"/>
+      <c r="G12" s="27"/>
+      <c r="H12" s="33"/>
       <c r="I12" s="45"/>
       <c r="J12" s="45"/>
       <c r="K12" s="45"/>
       <c r="L12" s="45"/>
       <c r="M12" s="45"/>
       <c r="N12" s="45"/>
       <c r="O12" s="45"/>
       <c r="P12" s="45"/>
       <c r="Q12" s="45"/>
       <c r="R12" s="45"/>
       <c r="S12" s="45"/>
       <c r="T12" s="45"/>
       <c r="U12" s="45"/>
       <c r="V12" s="45"/>
     </row>
     <row r="13" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="28" t="s">
+      <c r="A13" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B13" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="26" t="s">
+      <c r="B13" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D13" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E13" s="26" t="s">
+      <c r="E13" s="27" t="s">
         <v>375</v>
       </c>
-      <c r="F13" s="26" t="s">
+      <c r="F13" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G13" s="57">
-[...2 lines deleted...]
-      <c r="H13" s="32"/>
+      <c r="G13" s="57"/>
+      <c r="H13" s="33"/>
       <c r="I13" s="45"/>
       <c r="J13" s="45"/>
       <c r="K13" s="45"/>
       <c r="L13" s="45"/>
       <c r="M13" s="45"/>
       <c r="N13" s="45"/>
       <c r="O13" s="45"/>
       <c r="P13" s="45"/>
       <c r="Q13" s="45"/>
       <c r="R13" s="45"/>
       <c r="S13" s="45"/>
       <c r="T13" s="45"/>
       <c r="U13" s="45"/>
       <c r="V13" s="45"/>
     </row>
     <row r="14" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B14" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D14" s="26" t="s">
+      <c r="B14" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D14" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E14" s="26" t="s">
+      <c r="E14" s="27" t="s">
         <v>376</v>
       </c>
-      <c r="F14" s="26" t="s">
+      <c r="F14" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G14" s="26"/>
-      <c r="H14" s="32"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="33"/>
       <c r="I14" s="45"/>
       <c r="J14" s="45"/>
       <c r="K14" s="45"/>
       <c r="L14" s="45"/>
       <c r="M14" s="45"/>
       <c r="N14" s="45"/>
       <c r="O14" s="45"/>
       <c r="P14" s="45"/>
       <c r="Q14" s="45"/>
       <c r="R14" s="45"/>
       <c r="S14" s="45"/>
       <c r="T14" s="45"/>
       <c r="U14" s="45"/>
       <c r="V14" s="45"/>
     </row>
     <row r="15" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="28" t="s">
+      <c r="A15" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B15" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D15" s="26" t="s">
+      <c r="B15" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E15" s="26" t="s">
+      <c r="E15" s="27" t="s">
         <v>376</v>
       </c>
-      <c r="F15" s="26" t="s">
+      <c r="F15" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G15" s="26"/>
-      <c r="H15" s="32"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="33"/>
       <c r="I15" s="45"/>
       <c r="J15" s="45"/>
       <c r="K15" s="45"/>
       <c r="L15" s="45"/>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="45"/>
       <c r="P15" s="45"/>
       <c r="Q15" s="45"/>
       <c r="R15" s="45"/>
       <c r="S15" s="45"/>
       <c r="T15" s="45"/>
       <c r="U15" s="45"/>
       <c r="V15" s="45"/>
     </row>
     <row r="16" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="28" t="s">
+      <c r="A16" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B16" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D16" s="26" t="s">
+      <c r="B16" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E16" s="26" t="s">
+      <c r="E16" s="27" t="s">
         <v>376</v>
       </c>
-      <c r="F16" s="26" t="s">
+      <c r="F16" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G16" s="26"/>
-      <c r="H16" s="32"/>
+      <c r="G16" s="27"/>
+      <c r="H16" s="33"/>
       <c r="I16" s="45"/>
       <c r="J16" s="45"/>
       <c r="K16" s="45"/>
       <c r="L16" s="45"/>
       <c r="M16" s="45"/>
       <c r="N16" s="45"/>
       <c r="O16" s="45"/>
       <c r="P16" s="45"/>
       <c r="Q16" s="45"/>
       <c r="R16" s="45"/>
       <c r="S16" s="45"/>
       <c r="T16" s="45"/>
       <c r="U16" s="45"/>
       <c r="V16" s="45"/>
     </row>
     <row r="17" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B17" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D17" s="26" t="s">
+      <c r="B17" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E17" s="26" t="s">
+      <c r="E17" s="27" t="s">
         <v>376</v>
       </c>
-      <c r="F17" s="26" t="s">
+      <c r="F17" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G17" s="26"/>
-      <c r="H17" s="32"/>
+      <c r="G17" s="27"/>
+      <c r="H17" s="33"/>
     </row>
     <row r="18" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="28" t="s">
+      <c r="A18" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B18" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D18" s="26" t="s">
+      <c r="B18" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D18" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E18" s="26" t="s">
+      <c r="E18" s="27" t="s">
         <v>376</v>
       </c>
-      <c r="F18" s="26" t="s">
+      <c r="F18" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G18" s="26"/>
-      <c r="H18" s="32"/>
+      <c r="G18" s="27"/>
+      <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B19" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D19" s="26" t="s">
+      <c r="B19" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D19" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E19" s="26" t="s">
+      <c r="E19" s="27" t="s">
         <v>377</v>
       </c>
-      <c r="F19" s="26" t="s">
+      <c r="F19" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G19" s="26">
-[...2 lines deleted...]
-      <c r="H19" s="32"/>
+      <c r="G19" s="27"/>
+      <c r="H19" s="33"/>
     </row>
     <row r="20" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
+      <c r="A20" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B20" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D20" s="26" t="s">
+      <c r="B20" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D20" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E20" s="26" t="s">
+      <c r="E20" s="27" t="s">
         <v>377</v>
       </c>
-      <c r="F20" s="26" t="s">
+      <c r="F20" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G20" s="26">
-[...2 lines deleted...]
-      <c r="H20" s="32"/>
+      <c r="G20" s="27"/>
+      <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="28" t="s">
+      <c r="A21" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B21" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D21" s="26" t="s">
+      <c r="B21" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E21" s="26" t="s">
+      <c r="E21" s="27" t="s">
         <v>377</v>
       </c>
-      <c r="F21" s="26" t="s">
+      <c r="F21" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G21" s="26"/>
-      <c r="H21" s="32"/>
+      <c r="G21" s="27"/>
+      <c r="H21" s="33"/>
     </row>
     <row r="22" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="28" t="s">
+      <c r="A22" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B22" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D22" s="26" t="s">
+      <c r="B22" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D22" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E22" s="26" t="s">
+      <c r="E22" s="27" t="s">
         <v>377</v>
       </c>
-      <c r="F22" s="26" t="s">
+      <c r="F22" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G22" s="26">
-[...2 lines deleted...]
-      <c r="H22" s="32"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="28" t="s">
+      <c r="A23" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B23" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="26" t="s">
+      <c r="B23" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C23" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D23" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E23" s="26" t="s">
+      <c r="E23" s="27" t="s">
         <v>377</v>
       </c>
-      <c r="F23" s="26" t="s">
+      <c r="F23" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G23" s="57">
-[...2 lines deleted...]
-      <c r="H23" s="32"/>
+      <c r="G23" s="57"/>
+      <c r="H23" s="33"/>
     </row>
     <row r="24" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="28" t="s">
+      <c r="A24" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B24" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="26" t="s">
+      <c r="B24" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C24" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D24" s="27" t="s">
         <v>365</v>
       </c>
       <c r="E24" s="36" t="s">
         <v>378</v>
       </c>
-      <c r="F24" s="26" t="s">
+      <c r="F24" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G24" s="26"/>
-      <c r="H24" s="32"/>
+      <c r="G24" s="27"/>
+      <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="28" t="s">
+      <c r="A25" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B25" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D25" s="26" t="s">
+      <c r="B25" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C25" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D25" s="27" t="s">
         <v>365</v>
       </c>
       <c r="E25" s="36" t="s">
         <v>378</v>
       </c>
-      <c r="F25" s="26" t="s">
+      <c r="F25" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G25" s="26"/>
-      <c r="H25" s="32"/>
+      <c r="G25" s="27"/>
+      <c r="H25" s="33"/>
     </row>
     <row r="26" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="28" t="s">
+      <c r="A26" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B26" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D26" s="26" t="s">
+      <c r="B26" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C26" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D26" s="27" t="s">
         <v>365</v>
       </c>
       <c r="E26" s="36" t="s">
         <v>378</v>
       </c>
-      <c r="F26" s="26" t="s">
+      <c r="F26" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G26" s="26"/>
-      <c r="H26" s="32"/>
+      <c r="G26" s="27"/>
+      <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="28" t="s">
+      <c r="A27" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B27" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D27" s="26" t="s">
+      <c r="B27" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D27" s="27" t="s">
         <v>365</v>
       </c>
       <c r="E27" s="36" t="s">
         <v>378</v>
       </c>
-      <c r="F27" s="26" t="s">
+      <c r="F27" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G27" s="26"/>
-      <c r="H27" s="32"/>
+      <c r="G27" s="27"/>
+      <c r="H27" s="33"/>
     </row>
     <row r="28" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="28" t="s">
+      <c r="A28" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B28" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D28" s="26" t="s">
+      <c r="B28" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C28" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D28" s="27" t="s">
         <v>365</v>
       </c>
       <c r="E28" s="36" t="s">
         <v>378</v>
       </c>
-      <c r="F28" s="26" t="s">
+      <c r="F28" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G28" s="26"/>
-      <c r="H28" s="32"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="28" t="s">
+      <c r="A29" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B29" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="26" t="s">
+      <c r="B29" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C29" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D29" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E29" s="26" t="s">
+      <c r="E29" s="27" t="s">
         <v>379</v>
       </c>
-      <c r="F29" s="26" t="s">
+      <c r="F29" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G29" s="26">
-[...2 lines deleted...]
-      <c r="H29" s="32"/>
+      <c r="G29" s="27"/>
+      <c r="H29" s="33"/>
     </row>
     <row r="30" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="28" t="s">
+      <c r="A30" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B30" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D30" s="26" t="s">
+      <c r="B30" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D30" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E30" s="26" t="s">
+      <c r="E30" s="27" t="s">
         <v>379</v>
       </c>
-      <c r="F30" s="26" t="s">
+      <c r="F30" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G30" s="26">
-[...2 lines deleted...]
-      <c r="H30" s="32"/>
+      <c r="G30" s="27"/>
+      <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="28" t="s">
+      <c r="A31" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B31" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D31" s="26" t="s">
+      <c r="B31" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D31" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E31" s="26" t="s">
+      <c r="E31" s="27" t="s">
         <v>379</v>
       </c>
-      <c r="F31" s="26" t="s">
+      <c r="F31" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G31" s="26"/>
-      <c r="H31" s="32"/>
+      <c r="G31" s="27"/>
+      <c r="H31" s="33"/>
     </row>
     <row r="32" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="28" t="s">
+      <c r="A32" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B32" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D32" s="26" t="s">
+      <c r="B32" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C32" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D32" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E32" s="26" t="s">
+      <c r="E32" s="27" t="s">
         <v>379</v>
       </c>
-      <c r="F32" s="26" t="s">
+      <c r="F32" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G32" s="26">
-[...2 lines deleted...]
-      <c r="H32" s="32"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="28" t="s">
+      <c r="A33" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B33" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D33" s="26" t="s">
+      <c r="B33" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D33" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E33" s="26" t="s">
+      <c r="E33" s="27" t="s">
         <v>379</v>
       </c>
-      <c r="F33" s="26" t="s">
+      <c r="F33" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G33" s="57">
-[...2 lines deleted...]
-      <c r="H33" s="32"/>
+      <c r="G33" s="57"/>
+      <c r="H33" s="33"/>
       <c r="I33" s="45"/>
     </row>
     <row r="34" spans="1:9" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="28" t="s">
+      <c r="A34" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B34" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D34" s="26" t="s">
+      <c r="B34" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C34" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D34" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E34" s="26" t="s">
+      <c r="E34" s="27" t="s">
         <v>380</v>
       </c>
-      <c r="F34" s="26" t="s">
+      <c r="F34" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G34" s="26"/>
-      <c r="H34" s="32"/>
+      <c r="G34" s="27"/>
+      <c r="H34" s="33"/>
       <c r="I34" s="45"/>
     </row>
     <row r="35" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="28" t="s">
+      <c r="A35" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B35" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D35" s="26" t="s">
+      <c r="B35" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D35" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E35" s="26" t="s">
+      <c r="E35" s="27" t="s">
         <v>380</v>
       </c>
-      <c r="F35" s="26" t="s">
+      <c r="F35" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G35" s="26"/>
-      <c r="H35" s="32"/>
+      <c r="G35" s="27"/>
+      <c r="H35" s="33"/>
       <c r="I35" s="45"/>
     </row>
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="28" t="s">
+      <c r="A36" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B36" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D36" s="26" t="s">
+      <c r="B36" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D36" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E36" s="26" t="s">
+      <c r="E36" s="27" t="s">
         <v>380</v>
       </c>
-      <c r="F36" s="26" t="s">
+      <c r="F36" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G36" s="26"/>
-      <c r="H36" s="32"/>
+      <c r="G36" s="27"/>
+      <c r="H36" s="33"/>
       <c r="I36" s="45"/>
     </row>
     <row r="37" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="28" t="s">
+      <c r="A37" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B37" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D37" s="26" t="s">
+      <c r="B37" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D37" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E37" s="26" t="s">
+      <c r="E37" s="27" t="s">
         <v>380</v>
       </c>
-      <c r="F37" s="26" t="s">
+      <c r="F37" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G37" s="26"/>
-      <c r="H37" s="32"/>
+      <c r="G37" s="27"/>
+      <c r="H37" s="33"/>
       <c r="I37" s="45"/>
     </row>
     <row r="38" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="28" t="s">
+      <c r="A38" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B38" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D38" s="26" t="s">
+      <c r="B38" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C38" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D38" s="27" t="s">
         <v>365</v>
       </c>
-      <c r="E38" s="26" t="s">
+      <c r="E38" s="27" t="s">
         <v>380</v>
       </c>
-      <c r="F38" s="26" t="s">
+      <c r="F38" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G38" s="26"/>
-      <c r="H38" s="32"/>
+      <c r="G38" s="27"/>
+      <c r="H38" s="33"/>
       <c r="I38" s="45"/>
     </row>
     <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="28" t="s">
+      <c r="A39" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B39" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D39" s="26" t="s">
+      <c r="B39" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D39" s="27" t="s">
         <v>381</v>
       </c>
-      <c r="E39" s="26" t="s">
+      <c r="E39" s="27" t="s">
         <v>382</v>
       </c>
-      <c r="F39" s="26" t="s">
+      <c r="F39" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G39" s="26"/>
-      <c r="H39" s="32"/>
+      <c r="G39" s="27"/>
+      <c r="H39" s="33"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="28" t="s">
+      <c r="A40" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B40" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D40" s="26" t="s">
+      <c r="B40" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C40" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D40" s="27" t="s">
         <v>381</v>
       </c>
-      <c r="E40" s="26" t="s">
+      <c r="E40" s="27" t="s">
         <v>382</v>
       </c>
-      <c r="F40" s="26" t="s">
+      <c r="F40" s="27" t="s">
         <v>369</v>
       </c>
-      <c r="G40" s="26"/>
-      <c r="H40" s="32"/>
+      <c r="G40" s="27"/>
+      <c r="H40" s="33"/>
       <c r="I40" s="45"/>
     </row>
     <row r="41" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="28" t="s">
+      <c r="A41" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B41" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D41" s="26" t="s">
+      <c r="B41" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C41" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D41" s="27" t="s">
         <v>381</v>
       </c>
-      <c r="E41" s="26" t="s">
+      <c r="E41" s="27" t="s">
         <v>382</v>
       </c>
-      <c r="F41" s="26" t="s">
+      <c r="F41" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="G41" s="26"/>
-      <c r="H41" s="32"/>
+      <c r="G41" s="27"/>
+      <c r="H41" s="33"/>
       <c r="I41" s="45"/>
     </row>
     <row r="42" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="28" t="s">
+      <c r="A42" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B42" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D42" s="26" t="s">
+      <c r="B42" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C42" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" s="27" t="s">
         <v>381</v>
       </c>
-      <c r="E42" s="26" t="s">
+      <c r="E42" s="27" t="s">
         <v>382</v>
       </c>
-      <c r="F42" s="26" t="s">
+      <c r="F42" s="27" t="s">
         <v>371</v>
       </c>
-      <c r="G42" s="26"/>
-      <c r="H42" s="32"/>
+      <c r="G42" s="27"/>
+      <c r="H42" s="33"/>
       <c r="I42" s="45"/>
     </row>
     <row r="43" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="28" t="s">
+      <c r="A43" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B43" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D43" s="26" t="s">
+      <c r="B43" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C43" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D43" s="27" t="s">
         <v>381</v>
       </c>
-      <c r="E43" s="26" t="s">
+      <c r="E43" s="27" t="s">
         <v>382</v>
       </c>
-      <c r="F43" s="26" t="s">
+      <c r="F43" s="27" t="s">
         <v>372</v>
       </c>
-      <c r="G43" s="26"/>
-      <c r="H43" s="32"/>
+      <c r="G43" s="27"/>
+      <c r="H43" s="33"/>
       <c r="I43" s="45"/>
     </row>
     <row r="44" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="28" t="s">
+      <c r="A44" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B44" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D44" s="26" t="s">
+      <c r="B44" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D44" s="27" t="s">
         <v>381</v>
       </c>
-      <c r="E44" s="26" t="s">
+      <c r="E44" s="27" t="s">
         <v>382</v>
       </c>
-      <c r="F44" s="26" t="s">
+      <c r="F44" s="27" t="s">
         <v>373</v>
       </c>
-      <c r="G44" s="26"/>
-      <c r="H44" s="32"/>
+      <c r="G44" s="27"/>
+      <c r="H44" s="33"/>
       <c r="I44" s="45"/>
     </row>
     <row r="45" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="28" t="s">
+      <c r="A45" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B45" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D45" s="26" t="s">
+      <c r="B45" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D45" s="27" t="s">
         <v>381</v>
       </c>
-      <c r="E45" s="26" t="s">
+      <c r="E45" s="27" t="s">
         <v>382</v>
       </c>
-      <c r="F45" s="26" t="s">
+      <c r="F45" s="27" t="s">
         <v>383</v>
       </c>
-      <c r="G45" s="26"/>
-      <c r="H45" s="32"/>
+      <c r="G45" s="27"/>
+      <c r="H45" s="33"/>
       <c r="I45" s="45"/>
     </row>
-    <row r="46" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="28" t="s">
+    <row r="46" spans="1:9" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B46" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D46" s="26" t="s">
+      <c r="B46" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C46" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" s="27" t="s">
         <v>384</v>
       </c>
-      <c r="E46" s="26" t="s">
+      <c r="E46" s="27" t="s">
         <v>385</v>
       </c>
-      <c r="F46" s="26" t="s">
+      <c r="F46" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G46" s="26"/>
-[...4 lines deleted...]
-      <c r="A47" s="28" t="s">
+      <c r="G46" s="27"/>
+      <c r="H46" s="33"/>
+      <c r="I46" s="25"/>
+    </row>
+    <row r="47" spans="1:9" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B47" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D47" s="26" t="s">
+      <c r="B47" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" s="27" t="s">
         <v>384</v>
       </c>
-      <c r="E47" s="26" t="s">
+      <c r="E47" s="27" t="s">
         <v>386</v>
       </c>
-      <c r="F47" s="26" t="s">
+      <c r="F47" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G47" s="26"/>
-[...4 lines deleted...]
-      <c r="A48" s="28" t="s">
+      <c r="G47" s="27"/>
+      <c r="H47" s="33"/>
+      <c r="I47" s="25"/>
+    </row>
+    <row r="48" spans="1:9" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B48" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D48" s="26" t="s">
+      <c r="B48" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" s="27" t="s">
         <v>384</v>
       </c>
-      <c r="E48" s="26" t="s">
+      <c r="E48" s="27" t="s">
         <v>387</v>
       </c>
-      <c r="F48" s="26" t="s">
+      <c r="F48" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G48" s="26"/>
-[...1 lines deleted...]
-      <c r="I48" s="24"/>
+      <c r="G48" s="27"/>
+      <c r="H48" s="33"/>
+      <c r="I48" s="25"/>
     </row>
   </sheetData>
   <phoneticPr fontId="15" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9E92AC9-AA5B-45C2-9D0D-56DB8B682C40}">
   <sheetPr codeName="Sheet9"/>
-  <dimension ref="A1:J36"/>
+  <dimension ref="A1:J49"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G13" sqref="G13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="50.28515625" style="18" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="18"/>
+    <col min="1" max="1" width="50.42578125" style="19" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" style="19" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="37.85546875" style="19" customWidth="1"/>
+    <col min="5" max="5" width="46.85546875" style="19" customWidth="1"/>
+    <col min="6" max="6" width="18.140625" style="19" customWidth="1"/>
+    <col min="7" max="7" width="10.42578125" style="19" customWidth="1"/>
+    <col min="8" max="8" width="21.42578125" style="19" customWidth="1"/>
+    <col min="9" max="9" width="32.42578125" style="19" customWidth="1"/>
+    <col min="10" max="10" width="36.42578125" style="19" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="41.140625" style="19" customWidth="1"/>
+    <col min="12" max="12" width="64.140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="9.140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.140625" style="19"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A1" s="32" t="s">
+      <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="32" t="s">
+      <c r="B1" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="32" t="s">
+      <c r="C1" s="33" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="32" t="s">
+      <c r="D1" s="33" t="s">
         <v>363</v>
       </c>
-      <c r="E1" s="32" t="s">
+      <c r="E1" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="F1" s="32" t="s">
+      <c r="F1" s="33" t="s">
         <v>291</v>
       </c>
-      <c r="G1" s="32" t="s">
+      <c r="G1" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="H1" s="32" t="s">
+      <c r="H1" s="33" t="s">
         <v>364</v>
       </c>
-      <c r="I1" s="17"/>
+      <c r="I1" s="18"/>
       <c r="J1" s="48"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A2" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D2" s="26" t="s">
+      <c r="A2" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D2" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E2" s="26" t="s">
+      <c r="E2" s="27" t="s">
         <v>389</v>
       </c>
-      <c r="F2" s="26" t="s">
+      <c r="F2" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G2" s="26">
-[...4 lines deleted...]
-      <c r="J2" s="24"/>
+      <c r="G2" s="27">
+        <v>231352</v>
+      </c>
+      <c r="H2" s="33"/>
+      <c r="I2" s="25"/>
+      <c r="J2" s="25"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A3" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D3" s="26" t="s">
+      <c r="A3" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D3" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E3" s="26" t="s">
+      <c r="E3" s="27" t="s">
         <v>390</v>
       </c>
-      <c r="F3" s="26" t="s">
+      <c r="F3" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G3" s="26">
-[...4 lines deleted...]
-      <c r="J3" s="24"/>
+      <c r="G3" s="27">
+        <v>152071</v>
+      </c>
+      <c r="H3" s="33"/>
+      <c r="I3" s="25"/>
+      <c r="J3" s="25"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A4" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D4" s="26" t="s">
+      <c r="A4" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E4" s="26" t="s">
+      <c r="E4" s="27" t="s">
         <v>391</v>
       </c>
-      <c r="F4" s="26" t="s">
+      <c r="F4" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G4" s="26"/>
-[...2 lines deleted...]
-      <c r="J4" s="24"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="33"/>
+      <c r="I4" s="25"/>
+      <c r="J4" s="25"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D5" s="26" t="s">
+      <c r="A5" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="E5" s="27" t="s">
         <v>392</v>
       </c>
-      <c r="F5" s="26" t="s">
+      <c r="F5" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G5" s="59">
-[...4 lines deleted...]
-      <c r="J5" s="24"/>
+      <c r="G5" s="58">
+        <v>0.99984439295964589</v>
+      </c>
+      <c r="H5" s="33"/>
+      <c r="I5" s="25"/>
+      <c r="J5" s="25"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D6" s="26" t="s">
+      <c r="A6" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E6" s="26" t="s">
+      <c r="E6" s="27" t="s">
         <v>393</v>
       </c>
-      <c r="F6" s="26" t="s">
+      <c r="F6" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G6" s="26"/>
-[...2 lines deleted...]
-      <c r="J6" s="24"/>
+      <c r="G6" s="27"/>
+      <c r="H6" s="33"/>
+      <c r="I6" s="25"/>
+      <c r="J6" s="25"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A7" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D7" s="26" t="s">
+      <c r="A7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D7" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E7" s="26" t="s">
+      <c r="E7" s="27" t="s">
         <v>389</v>
       </c>
-      <c r="F7" s="26" t="s">
+      <c r="F7" s="27" t="s">
         <v>394</v>
       </c>
-      <c r="G7" s="26">
-[...4 lines deleted...]
-      <c r="J7" s="24"/>
+      <c r="G7" s="27">
+        <v>231352</v>
+      </c>
+      <c r="H7" s="33"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A8" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D8" s="26" t="s">
+      <c r="A8" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E8" s="26" t="s">
+      <c r="E8" s="27" t="s">
         <v>390</v>
       </c>
-      <c r="F8" s="26" t="s">
+      <c r="F8" s="27" t="s">
         <v>394</v>
       </c>
-      <c r="G8" s="26">
-[...4 lines deleted...]
-      <c r="J8" s="24"/>
+      <c r="G8" s="27">
+        <v>152071</v>
+      </c>
+      <c r="H8" s="33"/>
+      <c r="I8" s="25"/>
+      <c r="J8" s="25"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A9" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D9" s="26" t="s">
+      <c r="A9" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E9" s="26" t="s">
+      <c r="E9" s="27" t="s">
         <v>391</v>
       </c>
-      <c r="F9" s="26" t="s">
+      <c r="F9" s="27" t="s">
         <v>394</v>
       </c>
-      <c r="G9" s="26"/>
-[...2 lines deleted...]
-      <c r="J9" s="24"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="33"/>
+      <c r="I9" s="25"/>
+      <c r="J9" s="25"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A10" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D10" s="26" t="s">
+      <c r="A10" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D10" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E10" s="26" t="s">
+      <c r="E10" s="27" t="s">
         <v>392</v>
       </c>
-      <c r="F10" s="26" t="s">
+      <c r="F10" s="27" t="s">
         <v>394</v>
       </c>
-      <c r="G10" s="59">
-[...4 lines deleted...]
-      <c r="J10" s="58"/>
+      <c r="G10" s="58">
+        <v>0.99984439295964589</v>
+      </c>
+      <c r="H10" s="33"/>
+      <c r="I10" s="25"/>
+      <c r="J10" s="55"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A11" s="26" t="s">
-[...8 lines deleted...]
-      <c r="D11" s="26" t="s">
+      <c r="A11" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D11" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E11" s="26" t="s">
+      <c r="E11" s="27" t="s">
         <v>393</v>
       </c>
-      <c r="F11" s="26" t="s">
+      <c r="F11" s="27" t="s">
         <v>394</v>
       </c>
-      <c r="G11" s="26"/>
-[...2 lines deleted...]
-      <c r="J11" s="24"/>
+      <c r="G11" s="27"/>
+      <c r="H11" s="33"/>
+      <c r="I11" s="25"/>
+      <c r="J11" s="25"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A12" s="19" t="s">
+      <c r="A12" s="20" t="s">
         <v>329</v>
       </c>
-      <c r="B12" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="26" t="s">
+      <c r="B12" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E12" s="26" t="s">
+      <c r="E12" s="27" t="s">
         <v>395</v>
       </c>
-      <c r="F12" s="26" t="s">
+      <c r="F12" s="27" t="s">
         <v>396</v>
       </c>
-      <c r="G12" s="26"/>
-[...2 lines deleted...]
-      <c r="J12" s="24"/>
+      <c r="G12" s="27"/>
+      <c r="H12" s="33"/>
+      <c r="I12" s="25"/>
+      <c r="J12" s="25"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A13" s="19" t="s">
+      <c r="A13" s="20" t="s">
         <v>329</v>
       </c>
-      <c r="B13" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="26" t="s">
+      <c r="B13" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D13" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E13" s="26" t="s">
+      <c r="E13" s="27" t="s">
         <v>397</v>
       </c>
-      <c r="F13" s="26" t="s">
+      <c r="F13" s="27" t="s">
         <v>396</v>
       </c>
-      <c r="G13" s="7">
-[...4 lines deleted...]
-      <c r="J13" s="24"/>
+      <c r="G13" s="27">
+        <v>373139</v>
+      </c>
+      <c r="H13" s="33"/>
+      <c r="I13" s="25"/>
+      <c r="J13" s="25"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A14" s="19" t="s">
+      <c r="A14" s="20" t="s">
         <v>329</v>
       </c>
-      <c r="B14" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D14" s="26" t="s">
+      <c r="B14" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D14" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E14" s="26" t="s">
+      <c r="E14" s="27" t="s">
         <v>391</v>
       </c>
-      <c r="F14" s="26" t="s">
+      <c r="F14" s="27" t="s">
         <v>396</v>
       </c>
-      <c r="G14" s="26"/>
-[...2 lines deleted...]
-      <c r="J14" s="24"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="33"/>
+      <c r="I14" s="25"/>
+      <c r="J14" s="25"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A15" s="19" t="s">
+      <c r="A15" s="20" t="s">
         <v>329</v>
       </c>
-      <c r="B15" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D15" s="26" t="s">
+      <c r="B15" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E15" s="26" t="s">
+      <c r="E15" s="27" t="s">
         <v>392</v>
       </c>
-      <c r="F15" s="26" t="s">
+      <c r="F15" s="27" t="s">
         <v>396</v>
       </c>
-      <c r="G15" s="26"/>
-[...2 lines deleted...]
-      <c r="J15" s="24"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="33"/>
+      <c r="I15" s="25"/>
+      <c r="J15" s="25"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A16" s="19" t="s">
+      <c r="A16" s="20" t="s">
         <v>329</v>
       </c>
-      <c r="B16" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D16" s="26" t="s">
+      <c r="B16" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E16" s="26" t="s">
+      <c r="E16" s="27" t="s">
         <v>393</v>
       </c>
-      <c r="F16" s="26" t="s">
+      <c r="F16" s="27" t="s">
         <v>396</v>
       </c>
-      <c r="G16" s="26"/>
-[...2 lines deleted...]
-      <c r="J16" s="24"/>
+      <c r="G16" s="27"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="25"/>
+      <c r="J16" s="25"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B17" s="26"/>
-[...3 lines deleted...]
-      <c r="D17" s="26" t="s">
+      <c r="B17" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E17" s="26" t="s">
+      <c r="E17" s="27" t="s">
         <v>395</v>
       </c>
-      <c r="F17" s="26" t="s">
+      <c r="F17" s="27" t="s">
         <v>398</v>
       </c>
-      <c r="G17" s="26"/>
-      <c r="H17" s="32"/>
+      <c r="G17" s="27"/>
+      <c r="H17" s="33"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="28" t="s">
+      <c r="A18" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B18" s="26"/>
-[...3 lines deleted...]
-      <c r="D18" s="26" t="s">
+      <c r="B18" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D18" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E18" s="26" t="s">
+      <c r="E18" s="27" t="s">
         <v>397</v>
       </c>
-      <c r="F18" s="26" t="s">
+      <c r="F18" s="27" t="s">
         <v>398</v>
       </c>
       <c r="G18" s="7"/>
-      <c r="H18" s="32"/>
+      <c r="H18" s="33"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B19" s="26"/>
-[...3 lines deleted...]
-      <c r="D19" s="26" t="s">
+      <c r="B19" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D19" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E19" s="26" t="s">
+      <c r="E19" s="27" t="s">
         <v>391</v>
       </c>
-      <c r="F19" s="26" t="s">
+      <c r="F19" s="27" t="s">
         <v>398</v>
       </c>
-      <c r="G19" s="26"/>
-      <c r="H19" s="32"/>
+      <c r="G19" s="27"/>
+      <c r="H19" s="33"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="28" t="s">
+      <c r="A20" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B20" s="26"/>
-[...3 lines deleted...]
-      <c r="D20" s="26" t="s">
+      <c r="B20" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D20" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E20" s="26" t="s">
+      <c r="E20" s="27" t="s">
         <v>392</v>
       </c>
-      <c r="F20" s="26" t="s">
+      <c r="F20" s="27" t="s">
         <v>398</v>
       </c>
-      <c r="G20" s="26"/>
-      <c r="H20" s="32"/>
+      <c r="G20" s="27"/>
+      <c r="H20" s="33"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="28" t="s">
+      <c r="A21" s="29" t="s">
         <v>368</v>
       </c>
-      <c r="B21" s="26"/>
-[...3 lines deleted...]
-      <c r="D21" s="26" t="s">
+      <c r="B21" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="27" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E21" s="26" t="s">
+      <c r="E21" s="27" t="s">
         <v>393</v>
       </c>
-      <c r="F21" s="26" t="s">
+      <c r="F21" s="27" t="s">
         <v>398</v>
       </c>
-      <c r="G21" s="26"/>
-      <c r="H21" s="32"/>
+      <c r="G21" s="27"/>
+      <c r="H21" s="33"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="21" t="s">
+      <c r="A22" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B22" s="7"/>
+      <c r="B22" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C22" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D22" s="26" t="s">
+      <c r="D22" s="27" t="s">
         <v>388</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>389</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>400</v>
       </c>
       <c r="G22" s="7"/>
-      <c r="H22" s="32"/>
+      <c r="H22" s="33"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="21" t="s">
+      <c r="A23" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B23" s="7"/>
+      <c r="B23" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C23" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D23" s="26" t="s">
+      <c r="D23" s="27" t="s">
         <v>388</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>389</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G23" s="7"/>
-      <c r="H23" s="32"/>
+      <c r="H23" s="33"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B24" s="7"/>
+      <c r="B24" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C24" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D24" s="26" t="s">
+      <c r="D24" s="27" t="s">
         <v>388</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>389</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>402</v>
       </c>
-      <c r="G24" s="24"/>
-      <c r="H24" s="32"/>
+      <c r="G24" s="25"/>
+      <c r="H24" s="33"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="21" t="s">
+      <c r="A25" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B25" s="7"/>
+      <c r="B25" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C25" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D25" s="26" t="s">
+      <c r="D25" s="27" t="s">
         <v>388</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>390</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>400</v>
       </c>
       <c r="G25" s="7"/>
-      <c r="H25" s="32"/>
+      <c r="H25" s="33"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="21" t="s">
+      <c r="A26" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B26" s="7"/>
+      <c r="B26" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C26" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D26" s="26" t="s">
+      <c r="D26" s="27" t="s">
         <v>388</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>390</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G26" s="7"/>
-      <c r="H26" s="32"/>
+      <c r="H26" s="33"/>
     </row>
     <row r="27" spans="1:8" ht="11.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="21" t="s">
+      <c r="A27" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B27" s="7"/>
+      <c r="B27" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C27" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D27" s="26" t="s">
+      <c r="D27" s="27" t="s">
         <v>388</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>390</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>402</v>
       </c>
       <c r="G27" s="7"/>
-      <c r="H27" s="32"/>
+      <c r="H27" s="33"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="21" t="s">
+      <c r="A28" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B28" s="7"/>
+      <c r="B28" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C28" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D28" s="26" t="s">
+      <c r="D28" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E28" s="26" t="s">
+      <c r="E28" s="27" t="s">
         <v>391</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>400</v>
       </c>
       <c r="G28" s="7"/>
-      <c r="H28" s="32"/>
+      <c r="H28" s="33"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="21" t="s">
+      <c r="A29" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B29" s="7"/>
+      <c r="B29" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C29" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D29" s="26" t="s">
+      <c r="D29" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E29" s="26" t="s">
+      <c r="E29" s="27" t="s">
         <v>392</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G29" s="7"/>
-      <c r="H29" s="32"/>
+      <c r="H29" s="33"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="21" t="s">
+      <c r="A30" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B30" s="7"/>
+      <c r="B30" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C30" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D30" s="26" t="s">
+      <c r="D30" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E30" s="26" t="s">
+      <c r="E30" s="27" t="s">
         <v>393</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>402</v>
       </c>
       <c r="G30" s="7"/>
-      <c r="H30" s="32"/>
+      <c r="H30" s="33"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="21" t="s">
+      <c r="A31" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B31" s="7"/>
+      <c r="B31" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C31" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D31" s="26" t="s">
+      <c r="D31" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E31" s="26" t="s">
+      <c r="E31" s="27" t="s">
         <v>391</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>400</v>
       </c>
       <c r="G31" s="7"/>
-      <c r="H31" s="32"/>
+      <c r="H31" s="33"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="21" t="s">
+      <c r="A32" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B32" s="7"/>
+      <c r="B32" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C32" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D32" s="26" t="s">
+      <c r="D32" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E32" s="26" t="s">
+      <c r="E32" s="27" t="s">
         <v>392</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G32" s="7"/>
-      <c r="H32" s="32"/>
+      <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="21" t="s">
+      <c r="A33" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B33" s="7"/>
+      <c r="B33" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C33" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D33" s="26" t="s">
+      <c r="D33" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E33" s="26" t="s">
+      <c r="E33" s="27" t="s">
         <v>393</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>402</v>
       </c>
       <c r="G33" s="7"/>
-      <c r="H33" s="32"/>
+      <c r="H33" s="33"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="21" t="s">
+      <c r="A34" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B34" s="7"/>
+      <c r="B34" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C34" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D34" s="26" t="s">
+      <c r="D34" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E34" s="26" t="s">
+      <c r="E34" s="27" t="s">
         <v>391</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>400</v>
       </c>
       <c r="G34" s="7"/>
-      <c r="H34" s="32"/>
+      <c r="H34" s="33"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="21" t="s">
+      <c r="A35" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B35" s="7"/>
+      <c r="B35" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C35" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D35" s="26" t="s">
+      <c r="D35" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E35" s="26" t="s">
+      <c r="E35" s="27" t="s">
         <v>392</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G35" s="7"/>
-      <c r="H35" s="32"/>
+      <c r="H35" s="33"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="21" t="s">
+      <c r="A36" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B36" s="7"/>
+      <c r="B36" s="7" t="s">
+        <v>5</v>
+      </c>
       <c r="C36" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D36" s="26" t="s">
+      <c r="D36" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E36" s="26" t="s">
+      <c r="E36" s="27" t="s">
         <v>393</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>402</v>
       </c>
       <c r="G36" s="7"/>
-      <c r="H36" s="32"/>
+      <c r="H36" s="33"/>
+    </row>
+    <row r="49" spans="9:9" x14ac:dyDescent="0.25">
+      <c r="I49" s="55"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K21" xr:uid="{0AE27137-013E-4BED-943F-D55130ADBB1F}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0B4AFE4-4272-4277-9FDA-C0551D55BC99}">
   <sheetPr codeName="Sheet10"/>
   <dimension ref="A1:H7"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E17" sqref="E17"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.85546875" style="18" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="20" max="16384" width="8.7109375" style="18"/>
+    <col min="1" max="1" width="27.85546875" style="19" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.85546875" style="19" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" style="19" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="41" style="23" customWidth="1"/>
+    <col min="5" max="5" width="60.140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12" style="19" customWidth="1"/>
+    <col min="7" max="7" width="6.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="9" max="19" width="9.42578125" style="19" customWidth="1"/>
+    <col min="20" max="16384" width="8.5703125" style="19"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+      <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="D1" s="15" t="s">
+      <c r="D1" s="16" t="s">
         <v>363</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>291</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="20" t="s">
         <v>399</v>
       </c>
-      <c r="B2" s="26"/>
-      <c r="C2" s="26" t="s">
+      <c r="B2" s="27"/>
+      <c r="C2" s="27" t="s">
         <v>306</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>403</v>
       </c>
-      <c r="E2" s="26" t="s">
+      <c r="E2" s="27" t="s">
         <v>404</v>
       </c>
-      <c r="F2" s="26" t="s">
+      <c r="F2" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G2" s="26"/>
-      <c r="H2" s="26"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="20" t="s">
         <v>399</v>
       </c>
-      <c r="B3" s="26"/>
-      <c r="C3" s="26" t="s">
+      <c r="B3" s="27"/>
+      <c r="C3" s="27" t="s">
         <v>306</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>403</v>
       </c>
-      <c r="E3" s="26" t="s">
+      <c r="E3" s="27" t="s">
         <v>405</v>
       </c>
-      <c r="F3" s="26" t="s">
+      <c r="F3" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G3" s="26"/>
-      <c r="H3" s="26"/>
+      <c r="G3" s="27"/>
+      <c r="H3" s="27"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="20" t="s">
         <v>399</v>
       </c>
-      <c r="B4" s="26"/>
-      <c r="C4" s="26" t="s">
+      <c r="B4" s="27"/>
+      <c r="C4" s="27" t="s">
         <v>306</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>403</v>
       </c>
-      <c r="E4" s="26" t="s">
+      <c r="E4" s="27" t="s">
         <v>406</v>
       </c>
-      <c r="F4" s="26" t="s">
+      <c r="F4" s="27" t="s">
         <v>367</v>
       </c>
-      <c r="G4" s="26"/>
-      <c r="H4" s="26"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="27"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="21" t="s">
+      <c r="A5" s="22" t="s">
         <v>399</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>403</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>406</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>400</v>
       </c>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="21" t="s">
+      <c r="A6" s="22" t="s">
         <v>399</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>403</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>406</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>401</v>
       </c>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="21" t="s">
+      <c r="A7" s="22" t="s">
         <v>399</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>403</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>406</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>402</v>
       </c>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009B9998F76B226B408389BD24B25049DA" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="30811f4e41554d22188590e1c2189774">
-[...2 lines deleted...]
-    <xsd:import namespace="3d773fd8-5df6-4e26-b464-76be9c5c7a6f"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100305338142ACA2645BDA336EFBF24B3F1" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="58ce6b40a641066900d027ba57db77cc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="7b4c8f35-6b51-4142-b9a7-83dd2d5ab70c" xmlns:ns4="5499668f-ede4-431f-87b8-88e384d82f43" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec90ec41e9a28c53c5f7e5ba80ba05ca" ns3:_="" ns4:_="">
+    <xsd:import namespace="7b4c8f35-6b51-4142-b9a7-83dd2d5ab70c"/>
+    <xsd:import namespace="5499668f-ede4-431f-87b8-88e384d82f43"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...13 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0404e7c2-8d3a-4ada-a8b4-f0c307b12f88" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7b4c8f35-6b51-4142-b9a7-83dd2d5ab70c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...4 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Linktowebpage" ma:index="21" nillable="true" ma:displayName="Link to webpage" ma:format="Hyperlink" ma:internalName="Linktowebpage">
-[...9 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="_activity" ma:index="22" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Link" ma:index="22" nillable="true" ma:displayName="Link" ma:format="Hyperlink" ma:internalName="Link">
-[...9 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSystemTags" ma:index="24" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3d773fd8-5df6-4e26-b464-76be9c5c7a6f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5499668f-ede4-431f-87b8-88e384d82f43" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c627ee73-4e2b-4807-b8db-c85c6b89f4a0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3d773fd8-5df6-4e26-b464-76be9c5c7a6f">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Sharing Hint Hash" ma:description="" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -24714,105 +25273,94 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="3d773fd8-5df6-4e26-b464-76be9c5c7a6f" xsi:nil="true"/>
-[...10 lines deleted...]
-    </Link>
+    <_activity xmlns="7b4c8f35-6b51-4142-b9a7-83dd2d5ab70c" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CA45F3F-ED4E-4DE8-8D53-C6861AB1CF99}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D324E9C3-4263-46C9-AC7E-900285D6405A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1031133-01DF-4567-ACD0-89CB2D5D385E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="0404e7c2-8d3a-4ada-a8b4-f0c307b12f88"/>
-    <ds:schemaRef ds:uri="3d773fd8-5df6-4e26-b464-76be9c5c7a6f"/>
+    <ds:schemaRef ds:uri="7b4c8f35-6b51-4142-b9a7-83dd2d5ab70c"/>
+    <ds:schemaRef ds:uri="5499668f-ede4-431f-87b8-88e384d82f43"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18AC663C-BA18-4A46-87C1-FCB42D80C5BC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="3d773fd8-5df6-4e26-b464-76be9c5c7a6f"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7b4c8f35-6b51-4142-b9a7-83dd2d5ab70c"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5499668f-ede4-431f-87b8-88e384d82f43"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -24840,51 +25388,51 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dara MacGreevy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101009B9998F76B226B408389BD24B25049DA</vt:lpwstr>
+    <vt:lpwstr>0x010100305338142ACA2645BDA336EFBF24B3F1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SetDate">
     <vt:lpwstr>2023-08-13T15:32:43Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Name">
     <vt:lpwstr>Commission Use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SiteId">
     <vt:lpwstr>b24c8b06-522c-46fe-9080-70926f8dddb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ActionId">
     <vt:lpwstr>73f96542-1e32-4861-908e-6c2a2772e15b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Order">
     <vt:r8>8800</vt:r8>
   </property>